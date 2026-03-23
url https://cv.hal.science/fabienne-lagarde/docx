--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabienne Lagarde </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (217)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where does the carbon go? A new carbon balance method to assess what happens to plastics under solar exposure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Bertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (9), pp.e0333021. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0333021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05347307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct toxicity profiles of conventional and biodegradable fishing nets’ leachates after artificial aging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edgar Dusacre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Le Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerian Hausard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rigolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faith Ekoja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 489, pp.137609. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2025.137609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05365754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pearl Farming Micro-Nanoplastics Affect Oyster Physiology and Pearl Quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Gardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Le Luyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Le Moullac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (1), pp.207-218. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.3c06684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04369670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of tire particles and associated-chemicals on the Pacific oyster (Magallana gigas) physiology, reproduction and next-generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilaria Bernardini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Peruzza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Dalla Rovere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 480, pp.135742. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2024.135742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaborating more realistic model microplastics by simulating polypropylene's environmental ageing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Glais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Falher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Deniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chassenieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 283, pp.116769. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2024.116769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of an environmental microplastic mixture from the Seine River and one of the main associated plasticizers, dibutylphthalate, on the sentinel species Hediste diversicolor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Perrein-Ettajani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mouloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coraline Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Guernic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 191, pp.106159. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marenvres.2023.106159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastics: What happens in the human digestive tract? First evidences in adults using in vitro gut models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elora Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jérémy ratel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Durif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 442, pp.130010. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2022.130010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fate of polystyrene and polyethylene nanoplastics exposed to UV in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gireeshkumar Balakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chassenieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Deniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental science‎.Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (9), pp.2448-2458. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d3en00150d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposure to polyethylene microplastics alters immature gut microbiome in an infant in vitro gut model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elora Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jérémy ratel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 443 (B), pp.130383. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2022.130383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of Very Low Concentrations of Colloids with Light Scattering Applied to Micro(Nano)Plastics in Seawater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gireeshkumar Balakrishnan Nair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chassenieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Nicolai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microplastics and Nanoplastics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (2), pp.202-214. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microplastics2020016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of an environmental microplastic mixture from the Seine River and one of the main associated plasticizers, dibutylphthalate, on the sentinel species Hediste diversicolor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Perrein-Ettajani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mouloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coraline Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Guernic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 191, pp.106159. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marenvres.2023.106159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion about suitable applications for biodegradable plastics regarding their sources, uses and end of life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ghiglione</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra ter Halle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Huvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 157, pp.242-248. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wasman.2022.12.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04186887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thin polyethylene (LDPE) films with controlled crystalline morphology for studying plastic weathering and microplastic generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanon Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bardeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Delorme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Degradation and Stability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 195, pp.109791. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2021.109791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal and spatial distribution of microplastics in sediments by FTIR imaging throughout a continuum lake - lagoon- beach from the Tunisian coast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rihab Jaouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mouneyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Châtel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Amiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Dellali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 838 (4), pp.156519. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.156519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemicals sorbed to environmental microplastics are toxic to early life stages of aquatic organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettie Cormier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Gambardella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tania Tato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Perdriat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 208, pp.111665. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2020.111665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03176074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolite Quantification by Fourier Transform Infrared Spectroscopy in Diatoms: Proof of Concept on Phaeodactylum tricornutum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Scarsini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Thurotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Veidl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Amiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederick Niepceron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.756421. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2021.756421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infrared spectroscopy as a tool to monitor interactions between nanoplastics and microalgae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maureen Déniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Caruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Errien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-020-02683-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02640896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollution des océans par les plastiques et les microplastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Galgani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bruzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.BIO9300. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-bio9300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03048415v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between polystyrene nanoparticles and Chlamydomonas reinhardtii monitored by infrared spectroscopy combined with molecular biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maureen Déniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Errien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zanella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Caruso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 266, pp.115227. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2020.115227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realistic environmental exposure to microplastics does not induce biological effects in the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messika Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Châtel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Perrein-Ettajani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Bruneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Akcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 150, pp.110627. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2019.110627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Irgafos® 168 story: when the ubiquity of an additive prevents studying its leaching from plastics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Hermabessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Himber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mazurais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Huvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 749, pp.141651. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.141651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-02915461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acetylcholine and acetylcholinesterase inhibitors detection using gold nanoparticles coupled with dynamic light scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal El Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qun Huo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianyu Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mimouna Baitoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1, pp.100007. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sintl.2020.100007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raman Tweezers for Small Microplastics and Nanoplastics Identification in Seawater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Gillibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gireeshkumar Balakrishnan Nair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deshoules</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Magazzù</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (15), pp.9003-9013. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.9b03105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the crystalline structure on the fragmentation of weathered polyolefines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Delorme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Degradation and Stability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 170, pp.109012. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2019.109012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02363200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tissue-Specific Biomarker Responses in the Blue Mussel Mytilus spp. Exposed to a Mixture of Microplastics at Environmentally Relevant oncentrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messika Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Perrein-Ettajani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Bruneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Akcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Environmental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fenvs.2019.00033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current methods to monitor microalgae-nanoparticle interaction and associated effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maureen Déniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Errien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Caruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.105311. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2019.105311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards more realistic reference microplastics and nanoplastics: preparation of polyethylene micro/nanoparticles with a biosurfactant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gireeshkumar Balakrishnan Nair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maureen Déniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Nicolai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chassenieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental science‎.Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (1), pp.315-324. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8EN01005F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From macroplastics to microplastics: Role of water in the fragmentation of polyethylene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanon Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 236, pp.124409. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2019.124409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term performance and longevity studies of the CMS Resistive Plate Chambers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.I. Rabadan-Trejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (08), pp.P08024. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/13/08/P08024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastic abundance and characteristics in French Atlantic coastal sediments using a new extraction method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Nam Phuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Kamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 243 (Part A), pp.228-237. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2018.08.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification and characterization of microplastics in blue mussels (Mytilus edulis): protocol setup and preliminary data on the contamination of the French Atlantic coast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Nam Phuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Kamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mouneyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Amiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (7), pp.6135-6144. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-017-8862-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints and Priorities for Conducting Experimental Exposures of Marine Organisms to Microplastics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen González-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.Article 252. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2018.00252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors influencing the microplastic contamination of bivalves from the French Atlantic coast: Location, season and/or mode of life?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Nam Phuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quoc Tuan Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 129 (2), pp.664-674. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2017.10.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for vectorlike light-flavor quark partners in proton-proton collisions at $\sqrt s$ =8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tumasyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Asilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bergauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97, pp.072008. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.072008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dijet resonances in proton-proton collisions at sqrt(s) = 13 TeV and constraints on dark matter and other models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 769, pp.520. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.02.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01396119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for invisible decays of the Higgs boson in pp collisions at sqrt(s) = 7, 8, and 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02 (2), pp.135. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01389974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the decay B+ to psi(2S) phi K+ in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 764, pp.66-86. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01344460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with photons and missing transverse energy in pp collisions at 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 769, pp.391. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01400604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the WZ production cross section in pp collisions at sqrt{s} = 7 and 8 TeV and search for anomalous triple gauge couplings at sqrt{s} = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.236. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4730-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01368774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the t-tbar production cross section in lepton+jets final states in pp collisions at 8 TeV and ratio of 8 to 7 TeV cross sections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.15. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4504-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01280700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusive search for supersymmetry using razor variables in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.012003. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.012003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01372217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross sections for top quark pair production using the lepton+jets final state in proton-proton collisions at 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.092001. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.092001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01381106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of vector-like quarks decaying to a Z boson and a top or a bottom quark in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 05, pp.029. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2017)029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01449422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coherent J/Psi photoproduction in ultra-peripheral PbPb collisions at sqrt(s[NN]) = 2.76 TeV with the CMS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 772, pp.489. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01320612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for collectivity in pp collisions at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 765, pp.193-220. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01334567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy gauge W' boson in events with an energetic lepton and large missing transverse momentum at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 770, pp.278-301. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.04.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01424863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the total and differential inclusive B(+) hadron cross sections in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 771, pp.435. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.05.074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01360531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of differential cross sections for associated production of a W boson and jets in proton-proton collisions at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.052002. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.052002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01381107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive energy spectrum in the very forward direction in proton-proton collisions at sqrt(s)=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 08 (8), pp.046. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2017)046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01450075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative modification of prompt psi(2S) and J/psi yields from pp to PbPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 118, pp.162301. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.162301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01393196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for leptophobic Z' bosons decaying into four-lepton final states in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 773, pp.563-584. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.08.069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01427751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass diphoton resonances in proton-proton collisions at 13 TeV and combination with 8 TeV search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 767, pp.147-170. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.01.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01362519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CMS trigger system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (01), pp.P01020. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/12/01/P01020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01362517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for massive resonances decaying into WW, WZ or ZZ bosons in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03 (3), pp.162. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01424867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new way to discriminate polluted wood by vibrational spectroscopies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Louarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talanta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 167, pp.436-441. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.talanta.2017.02.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the charm jet cross section and nuclear modification factor in pPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 772, pp.306-329. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.06.053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01424868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of inclusive jet cross-sections in pp and PbPb collisions at sqrt(s[NN])=2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96, pp.015202. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.96.015202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01368772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter and unparticles in events with a Z boson and missing transverse momentum in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03(2017) (3), pp.061. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01430542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for R-parity violating supersymmetry with displaced vertices in proton-proton collisions at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp. 012009 </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.012009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01383032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raman investigation of thermoplastic vulcanizates based on hydrogenated natural rubber/polypropylene blends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Korn Taksapattanakul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tulyapong Tulyapitak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pranee Phinyocheep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polphat Ruamcharoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jareerat Ruamcharoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 57, pp.107-114. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymertesting.2016.11.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the ttbbar production cross section using events in the e mu final state in pp collisions at sqrt(s)=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.172. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4718-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01396812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new physics in events with high jet multiplicity and low missing transverse momentum in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 770, pp.257. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.01.073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01351564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of Upsilon(1S) pair production in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 05, pp.013. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2017)013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01387006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top squark pair production in compressed-mass-spectrum scenarios in proton-proton collisions at sqrt(s) = 8 TeV using the alphaT variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 767, pp.403-430. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.02.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01323688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudorapidity dependence of long-range two-particle correlations in pPb collisions at sqrt(s[NN])=5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96, pp.014915. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.96.014915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01304604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppression and azimuthal anisotropy of prompt and nonprompt J/psi production in PbPb collisions at sqrt(s[NN]) = 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.252. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4781-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01376026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of jet quenching with Z+jet correlations in PbPb and pp collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 119, pp.082301. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.082301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01456783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the ttbar production cross section using events with one lepton and at least one jet in pp collisions at sqrt(s)=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 09(2017) (9), pp.051. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2017)051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01449500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for associated production of a Z boson with a single top quark and for tZ flavour-changing interactions in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 07(2017) (7), pp.003. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2017)003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01458780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiological identification by surface-enhanced Raman spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Thouand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Spectroscopy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 52 (2), pp.123 - 144. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/05704928.2016.1209760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for pair production for third-generation squarks in sqrt(s)=13 TeV pp collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.327. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4853-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01415369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass Z gamma resonances at sqrt(s) = 8 and 13 TeV using jet substructure techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 772, pp.363-387. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.06.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01424245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical stability of the CMS strip tracker measured with a laser alignment system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (04), pp.P04023. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/12/04/P04023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01430539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top quark decays via Higgs-boson-mediated flavor-changing neutral currents in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02 (2), pp.79. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01383030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for narrow resonances in dilepton mass spectra in proton-proton collisions at sqrt(s) = 13 TeV and combination with 8 TeV data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 768, pp.57-80. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01368773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement and QCD analysis of double-differential inclusive jet cross-sections in pp collisions at sqrt(s) = 8 TeV and ratios to 2.76 and 7 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03 (3), pp.156. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01368771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light bosons in decays of the 125 GeV Higgs boson in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10(2017) (10), pp.76. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01430540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into a vector boson and a Higgs boson in final states with charged leptons, neutrinos, and b quarks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 768, pp.137-162. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.02.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01388428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the transverse momentum spectra of weak vector bosons produced in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02 (2), pp.96. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01334566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter and supersymmetry with a compressed mass spectrum in the vector boson fusion topology in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 118 (021802), </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.021802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01323690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the associated production of a Z boson and b jets in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.751. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5140-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01400577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the transverse momentum spectrum of the Higgs boson produced in pp collisions at sqrt(s) = 8 TeV using H to WW decays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03 (3), pp.032. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01327679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying to tau lepton pairs in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02 (2), pp.48. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01400588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of vector-like quarks decaying into a b quark and a W boson in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 772, pp.634. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.07.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01450073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the differential production cross sections for a Z boson in association with jets in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 04 (4), pp.022. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2017)022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01396129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of percent hydrogenation and vulcanization system on ozone stability of hydrogenated natural rubber vulcanizates using Raman spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Korn Taksapattanakul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tulyapong Tulyapitak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pranee Phinyocheep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polphat Ruamcharoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jareerat Ruamcharoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Degradation and Stability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 141, pp.58-68. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2017.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass Z-gamma resonances in e+e-gamma and mu+mu-gamma final states in proton-proton collisions at sqrt(s)=8 and 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1701 (1), pp.06. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2017)076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01379157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for CP violation in top quark-antiquark production and decay in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03 (3), pp.101. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01404605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of prompt and nonprompt J/psi production in pp and pPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.269. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4828-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01458781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiplicity and rapidity dependence of strange hadron production in pp, pPb, and PbPb collisions at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 768, pp.103-129. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.01.075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01320601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet energy scale and resolution in the CMS experiment in pp collisions at 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (02), pp.P02014. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/12/02/P02014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01346043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of a vector-like quark decaying to a top quark and a Higgs boson using boosted topologies in fully hadronic final states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 04 (4), pp.136. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2017)136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01419177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry with multiple charged leptons in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.635. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5182-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01449457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross section of the W boson in association with two b jets in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.92. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4573-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01357547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of charge-dependent azimuthal correlations in pPb collisions and its implication for the search for the chiral magnetic effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 118 (12), pp.122301. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.122301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01376017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of a heavy vector-like T quark decaying to a Higgs boson and a top quark with a lepton and jets in the final state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 771, pp.80-105. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.05.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01409593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppression of Upsilon(1S), Upsilon(2S) and Upsilon(3S) production in PbPb collisions at sqrt(s[NN]) = 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 770, pp.357. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.04.031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01393197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of electroweak-induced production of W gamma with two jets in pp collisions at sqrt(s)=8 TeV and constraints on anomalous quartic gauge couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 06 (6), pp.106. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2017)106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01424865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the WZ production cross section in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 766, pp.268. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.01.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01348858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross section measurement of t-channel single top quark production in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 72, pp.752. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.07.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01376035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for standard model production of four top quarks in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 772, pp.336-358. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.06.064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01474088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with one lepton and multiple jets in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.012011. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.012011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01374203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in the all-hadronic final state using top quark tagging in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96, pp.012004. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.012004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01430537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of charginos in final states with two tau leptons in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 04 (4), pp.018. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2017)018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01383031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for anomalous Wtb couplings and flavour-changing neutral currents in t-channel single top quark production in pp collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02 (2), pp.028. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01380410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy neutrinos or third-generation leptoquarks in final states with two hadronically decaying tau leptons and two jets in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03 (3), pp.077. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01409594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastic interactions with freshwater microalgae: Hetero-aggregation and changes in plastic density appear strongly dependent on polymer type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zanella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 215, pp.331 - 339. </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2016.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for anomalous single top quark production in association with a photon in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 04, pp.035. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2016)035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01228467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlations between jets and charged particles in PbPb and pp collisions at sqrt(s[NN])= 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 02, pp.156. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2016)156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01250550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for narrow resonances in dijet final states at sqrt(s)=8 TeV with the novel CMS technique of data scouting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.031802. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.031802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01310279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross sections for Higgs boson production in the diphoton decay channel in pp collisions at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.13. </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3853-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01188998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for excited leptons in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 03 (3), pp.125. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2016)125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01224699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusive and differential measurements of the t t-bar charge asymmetry in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 757, pp.154-179. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.03.060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01334137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Majorana neutrinos in e+/- e+/- plus jets and e+/- mu+/- plus jets events in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 04, pp.169. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2016)169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01284717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for massive WH resonances decaying into the l nu b anti-b final state at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.237. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4067-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01261943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for two Higgs bosons in final states containing two photons and two bottom quarks in proton-proton collisions at 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.052012. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.052012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01292381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark mass using proton-proton data at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.072004. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.072004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01199147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Higgs boson production and decay rates and constraints on its couplings from a combined ATLAS and CMS analysis of the LHC $pp$ collision data at $\sqrt{s}=$ 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.045. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01328829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the production of an excited bottom quark decaying to tW in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016(01), pp.166. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01206391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for W' decaying to tau lepton and neutrino in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 755, pp.196-216. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01186099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomenological MSSM interpretation of CMS searches in pp collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10(2016), pp.129. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2016)129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y(nS) polarizations versus particle multiplicity in pp collisions at sqrt(s) = 7 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 761, pp.31-52. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.07.065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01285920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charge asymmetry in top quark pair production in pp collisions at sqrt(s) = 8 TeV using a template method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.034014. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.034014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01186112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined search for anomalous pseudoscalar HVV couplings in VH production and H to VV decay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.672-696. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01274541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson off-shell production in proton-proton collisions at 7 and 8 TeV and derivation of constraints on its total decay width</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09(2016), pp.51. </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01313475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decomposing transverse momentum balance contributions for quenched jets in PbPb collisions at sqrt(s[NN]) = 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1611 (11), pp.055. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2016)055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01362518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse momentum spectra of b jets in pPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 754, pp.59-80. </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in pp collisions at sqrt(s) = 8 TeV in final states with boosted W bosons and b jets using razor variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.092009 </w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.092009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01272008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of t-tbar production with additional jet activity, including b quark jets, in the dilepton channel using pp collisions at sqrt(s) = 8TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.379. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4105-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter and unparticles produced in association with a Z boson in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.052011 </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.052011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01235919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Z boson production in pPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.36-57. </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01247441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton flavour violating decays of heavy resonances and quantum black holes to an e-mu pair in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.317. </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4149-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01304029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of t t-bar charge asymmetry using dilepton final states in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 760, pp.365. </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01291737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the ZZ production cross section and Z to l+l-l'+l'- branching fraction in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 763, pp.280-303. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.10.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01350639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the differential cross sections for top quark pair production as a function of kinematic event variables in pp collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.052006. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.052006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01341853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of t-tbar spin correlations and top quark polarization using dilepton final states in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.052007. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.052007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01251944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Raman spectroscopy coupled to chemometrics for identification and quantification of acetylcholinesterase inhibitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal El Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugur Tamer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mimouna Baitoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vibrational Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 87, pp.27-33. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vibspec.2016.09.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the mass of the top quark in decays with a J/psi meson in pp collisions at 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12, pp.123. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2016)123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01353566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the CP-violating weak phase phi[s] and the decay width difference DeltaGamma[s] using the Bs to J/Psi phi(1020) decay channel in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 757, pp.97-120. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.03.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01180716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction and identification of tau lepton decays to hadrons and tau neutrino at CMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.P01019. </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/01/P01019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01220805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential and integrated fiducial cross sections for Higgs boson production in the four-lepton decay channel in pp collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 04 (4), pp.005. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2016)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01249888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton flavour violating decays of the Higgs boson to e tau and e mu in proton-proton collisions at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ganjour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Givernaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Hamel De Monchenault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 763, pp.472. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.09.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01346036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter particles in proton-proton collisions at sqrt(s) = 8 TeV using the razor variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12, pp.88. </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2016)088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01294908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the ttbar production cross section in the all-jets final state in pp collisions at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.128. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3956-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01202940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the double-differential inclusive jet cross section in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.451. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4286-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01316400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in electroweak production with photons and large missing transverse energy in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.479-500. </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01280699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct pair production of supersymmetric top quarks decaying to all-hadronic final states in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.460. </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4292-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01281909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for R-parity-violating supersymmetry in pp collisions at sqrt(s)=8 TeV in final states with 0-4 leptons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.112009. </w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.112009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01338139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct pair production of scalar top quarks in the single- and dilepton channels in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 07(2016), pp.027. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2016)027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01272009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the W boson helicity fractions in the decays of top quark pairs to lepton+jets final states produced in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 762, pp.512-534. </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01323689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for neutral resonances decaying into a Z boson and a pair of b jets or tau leptons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.369-394. </w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01285921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in proton-proton collisions at 8 TeV with missing transverse momentum and vector boson tagged jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 83, </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2016)083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01347429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new physics with the MT2 variable in all-jets final states produced in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fabbro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10(2016), pp.006. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2016)006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01288366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of inclusive four-jet production with two b-tagged jets in proton-proton collisions at 7 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.112005. </w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.112005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01364849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of transverse momentum relative to dijet systems in PbPb and pp collisions at sqrt(s[NN]) = 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1601, pp.006. </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01207510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in the multijet and missing transverse momentum final state in pp collisions at 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 758, pp.152-180. </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01277666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a very light NMSSM Higgs boson produced in decays of the 125 GeV scalar boson and decaying into tau leptons in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 01, pp.079. </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01219654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new physics in final states with two opposite-sign, same-flavor leptons, jets, and missing transverse momentum in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12, pp.13. </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2016)013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01341854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for exotic decays of a Higgs boson into undetectable particles and photons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 753, pp.363-388. </w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.12.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01171155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inelastic cross section in proton-lead collisions at a centre-of-mass energy per nucleon pair of 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.641-662. </w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.063.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01199146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of top quark pairs produced in association with a vector boson in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1601, pp.096. </w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of dijet azimuthal decorrelation in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.536. </w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4346-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01274544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Z gamma to nu nu-bar gamma production cross section in pp collisions at sqrt(s) = 8 TeV and limits on anomalous Z-Z-gamma and Z-gamma-gamma trilinear gauge boson couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 760, pp.448-468. </w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.06.080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01278250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for narrow resonances decaying to dijets in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.071801. </w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.071801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01237926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of long-range near-side two-particle angular correlations in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.172302. </w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.172302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived charged particles in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.112004 </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.112004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01372972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event generator tunes obtained from underlying event and multiparton scattering measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.155. </w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3988-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01237262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive jet cross section in pp collisions at sqrt(s) = 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.265. </w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4083-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01247439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in pp collisions at sqrt(s) = 13 TeV in the single-lepton final state using the sum of masses of large-radius jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1608, pp.122. </w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01316401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a low-mass pseudoscalar Higgs boson produced in association with a b-bbar pair in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 758, pp.296-320. </w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01227867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of inclusive jet production and nuclear modifications in pPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.372. </w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4205-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01253541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forward-backward asymmetry of Drell-Yan lepton pairs in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.325. </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4156-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01259158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying to two Higgs bosons in final states containing four b quarks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.371. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4206-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01280698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of spin correlations in t-tbar production using the matrix element method in the muon+jets final state in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 758, pp.321-346. </w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01231357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for exclusive gamma-gamma to W+ W- production and constraints on anomalous quartic gauge couplings at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1108, pp.119. </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01307116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of top quark polarisation in t-channel single top quark production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 04, pp.073. </w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2016)073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01226175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark pair production cross section in proton-proton collisions at sqrt(s)=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.052002. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.052002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01217659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is there any consistency between the microplastics found in the field and those used in laboratory experiments?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Nam Phuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Kamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Châtel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 211, pp.111-123. </w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2015.12.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark mass using charged particles in collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.092006. </w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.092006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01291738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the differential cross section and charge asymmetry for inclusive pp to W + X production at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.469. </w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4293-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01284716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the associated production of a Higgs boson with a single top quark in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1606, pp.177. </w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2016)177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01206392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the t-tbar production cross section in the e-mu channel in proton-proton collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.029. </w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01285308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the integrated and differential t-tbar production cross sections for high-pt top quarks in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.072002. </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.072002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01310733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of B Meson Production in p+Pb Collisions at root s(NN)=5.02 TeV Using Exclusive Hadronic Decays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp. 032301 </w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.032301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01187903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant production of high-mass photon pairs in proton-proton collisions at sqrt(s) = 8 and 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.051802 </w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.051802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new physics in same-sign dilepton events in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.439. </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4261-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01314226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with soft leptons, low jet multiplicity, and missing transverse momentum in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.9-35. </w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01249889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for R-parity violating decays of a top squark in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 760, pp.178-201. </w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.06.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01274542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for s channel single top quark production in pp collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.027. </w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01285309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of electroweak production of a W boson and two forward jets in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.147. </w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2016)147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01348859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for a heavy scalar boson H decaying to a pair of 125 GeV Higgs bosons hh or for a heavy pseudoscalar boson A decaying to Zh, in the final states with h to tautau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 755, pp.217-244. </w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.01.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for vector-like charge 2/3 T quarks in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.012003. </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.012003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01199148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limits on the Higgs boson lifetime and width from its decay to four charged leptons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.072010. </w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.072010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01180409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functionalized polyurethane applied for foodborne pathogen detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Triranat Peng-Ubol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pranee Phinyocheep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pilard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Measurement and Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9 (3), pp.248 - 258. </w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11694-015-9230-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudorapidity distribution of charged hadrons in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 751, pp.143-163. </w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01179198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in the vector-boson fusion topology in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1511, pp.189. </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2015)189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01188995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a light charged Higgs boson decaying to c-sbar in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1512, pp.178. </w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2015)178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01215807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a charged Higgs boson in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015(11), pp.18. </w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2015)018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01188996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-yield aqueous synthesis of multi-branched iron oxide core–gold shell nanoparticles: SERS substrate for immobilization and magnetic separation of bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugur Tamer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aykut Onay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakan Ciftci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akif Göktuğ Bozkurt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demet Cetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nanoparticle Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (10), pp.2624. </w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11051-014-2624-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raman spectroscopy and thermal analysis of gum and silica-filled NR/SBR blends prepared from latex system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarawut Prasertsri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nittaya Rattanasom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chakrit Sirisinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 32 (5), pp.852-861. </w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymertesting.2013.04.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initial staging of squamous cell carcinoma of the oral cavity, larynx and pharynx (excluding nasopharynx). Part 2: Remote extension assessment and exploration for secondary synchronous locations outside of the upper aerodigestive tract. 2012 SFORL guidelines.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan de Monès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bertolus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Salaun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dubrulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Ferrié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur Ann Otorhinolaryngol Head Neck Dis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 130 (2), pp.107-12. </w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anorl.2012.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00933898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initial staging of squamous cell carcinoma of the oral cavity, larynx and pharynx (excluding nasopharynx). Part I: Locoregional extension assessment: 2012 SFORL guidelines.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Morinière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dubrulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Salaun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. de Monès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur Ann Otorhinolaryngol Head Neck Dis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 130 (1), pp.39-45. </w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anorl.2012.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protein Interactions Investigated by the Raman Spectroscopy for Biosensor Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kengne-Momo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Jeyachandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pilard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2012/462901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polythiophene Synthesis Coupled to Quartz Crystal Microbalance and Raman Spectroscopy for Detecting Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kengne-Momo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pilard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biointerphases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (1), pp.67. </w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13758-012-0067-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974977v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two analytical methods for protein integrity characterization : application to myoglobin released poly (alpha-caprolactone) microspheres.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hnaien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ruffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bordes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Marcillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 78, pp.298-305</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple method of surface functionalisation for immuno-specific immobilisation of proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kengne-Momo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Jeyachandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Esnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 398 (3), pp.1249-1255. </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-010-4032-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02377994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M1-activated macrophages migration, a marker of aortic atheroma progression: a preclinical MRI study in mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bessaad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Sigovan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Alsaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Investigative Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 45 (5), pp.262-269. </w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/RLI.0b013e3181d78030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02076423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemiluminescence of Luminol for the Determination of Cobalt(II) Adsorbed on a Chitosan Membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Khadro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.D. Leca-Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.J. Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensor letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7 (5), pp.833-838. </w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1166/sl.2009.1158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative effects of cell internalization of two types of ultrasmall superparamagnetic iron oxide nanoparticles at 4.7T and 7T</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Brisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Desestret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Devillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marcellino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur Radiol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, in-press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00443170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring of Protein Release from Poly(\textlessI\textgreater\varepsilon\textless/I\textgreater-caprolactone) Microspheres Using a Conductometric Biosensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ruffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hnaien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bordes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Briancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensor Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7 (5), pp.818-823</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing chemical oxygen demand and nitrogen conversions in a multi-stage activated sludge plant with alternating aeration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lessard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Héduit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Technology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 82 (4), pp.367-375. </w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jctb.1679⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability estimation of urban wastewater biodegradable fractions by respirometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lessard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Héduit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dutrop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39 (19), pp.4768-4778. </w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2005.08.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitomycine C : prévention et traitement des synéchies glottiques antérieures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan de Mones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Ménard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ollivier Laccourreye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales d'oto-laryngologie et de chirurgie cervico faciale : bulletin de la Société d'oto-laryngologie des hôpitaux de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 121, pp.229-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00258881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen peroxide (H2O2) as a source of dissolved oxygen in COD-degradation respirometric experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chauviere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Héduit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 36 (3), pp.793-798. </w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0043-1354(01)00262-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen peroxide (H2O2) as a source of dissolved oxygen in COD-degradation respirometric experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-H. Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chauvière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heduit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 36 (3), pp.793-798</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging of Pseudo Oil Base Mud in Environmental Scanning Electron Microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. P. Tricart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut Français du Pétrole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 52 (2), pp.151-159. </w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst:1997014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02079109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LOCAL STRUCTURE IN A Cu2 Ti AMORPHOUS ALLOY BY EXAFS AND X-RAY SCATTERING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sadoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sadoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique Colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1980, 41 (C8), pp.C8-207-C8-210. </w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphyscol:1980853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00220360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How scientific networks can help advancing both scientific knowledge and public policies: the case study of the “Plastics, Environment and Health” network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Ocean Science Congress 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS; Ifremer, Jun 2025, Nice, France. </w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/oos2025-775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05022324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altération des plastiques biodégradables et compostables par des facteurs biotiques et abiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Bakhos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelia Rumpel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Felbacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Patureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées du GDR Plastiques, Environnement, Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Plastiques, Environnement, Santé, Jun 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alteration of biodegradable and compostable plastics by biotic and abiotic factors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Bakhos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelia Rumpel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Felbacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Patureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International Symposium on Soil Organic Matter (SOM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Ben Guerrir, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic Force Microscopy (AFM) to study polymer weathering and fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanon Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Delorme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIP 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Saint-Valery-en-Caux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altération des plastiques biodégradables et compostables par des facteurs biotiques et abiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Bakhos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelia Rumpel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Felbacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Patureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Séminaire du Réseau des Matières Organiques (ResMO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Matières Organiques, Mar 2024, Sémur-en-Auxois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Plasti-nium (2021-2025) : Débris plastiques dans le continuum Terre-Mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Gasperi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Ledieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc-Nam Phuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Tramoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Dris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Journée scientifique de l&amp;apos;OSUNA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nantes, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03708871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perliculture de Polynésie française menacée par les microplastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Gardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Le Luyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dehaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Polymères et Océans 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03878763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thin polymer films as a model platform for the study of microplastic formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanon Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque national du GFP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thin polymer films as a model platform for the study of microplastic formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanon Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la matière condensée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Rate RPC detector for LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C10037, </w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/10/C10037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RPC radiation background simulations for the high luminosity phase in the CMS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Uribe Estrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.Carpinteyro Bernardino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.Castaneda Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C09045, </w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/09/C09045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High voltage calibration method for the CMS RPC detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Reyes-Almanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dimitrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C09046, </w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/09/C09046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Heavy Stable Charged Particles in the CMS Experiment using the RPC Phase II upgraded detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ramirez-Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C11011, </w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/11/C11011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longevity studies on the CMS-RPC system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gelmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C05012, </w:t></w:r><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/05/C05012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CMS RPC Detector Performance and Stability during LHC RUN-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hadjiska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C11012, </w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/11/C11012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01876355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RE3/1 \& RE4/1 RPC chambers integration in the inner region of the forward muon spectrometer in the CMS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Voevodina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C10027, </w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/10/C10027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02363426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Thin Double-Gap RPCs for the CMS Muon System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.S. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.W. Cho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Accelerators and Beam Utilizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Gyeongju, South Korea. pp.1080-1087, </w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3938/jkps.73.1080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast timing measurement for CMS RPC Phase-II upgrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Zaganidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C09001, </w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/13/09/C09001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Resistive Plate Chambers installed during the first long shutdown of the CMS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Shopova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Aleksandrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hadjiiska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Iaydjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sultanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Workshop on Resistive Plate Chambers and Related Detectors (RPC2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01327899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R&amp;D towards the CMS RPC Phase-2 upgrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cimmino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crucy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. A. O. Rios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Workshop on Resistive Plate Chambers and Related Detectors (RPC2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Ghent, Belgium. pp.C09017, </w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/09/C09017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01337618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiation Tests of Real-Sized Prototype RPCs for the Future CMS RPC Upscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. S. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. S. Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. W. Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The XIII workshop on Resistive Plate Chambers and Related Detectors (RPC2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Gent, Belgium. pp.C08008, </w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/08/C08008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01313686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Electrografting on Self-Organized 3D Graphene Electrodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fortgang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Tite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Barnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Zehani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Maddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Material Research Society, E-MRS 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Lille, France. </w:t></w:r><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsami.5b10647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01416290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detector Control System and Efficiency Performance for CMS RPC at GIF++</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cimmino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crucy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Workshop on Resistive Plate Chambers and Related Detectors (RPC2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Ghent, Belgium. pp.C10013, </w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/10/C10013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01429776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cet article est publié. Merci de compléter les références de publication. Cdt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gouzevitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Laktineh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Buridon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01327074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and electrochemical properties of amorphous carbon nitride films deposited by femtosecond pulsed laser ablation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Maddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bourquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Titte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.C. Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Zehani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bad Homburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01261882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impedimetric biosensor based on electrospun PEI/PVA decorated with gold nanoparticles for glucose detection.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Braiek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ea Sapountzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. F. Chateaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vocanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MADICA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Mahdia, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-01081555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure conductitimétrique ultra-sensible des herbicides fondée sur l’inhibition de l’activité estérasique d’Arthrospira platensis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tekaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Namour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Saiapina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ben Ouada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biominnov, la biologie moléculaire appliquée à l'Environnement et au service de l'innovation industrielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Romainville, France. pp.3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Raman Spectroscopy for the identification of bacteria in the field of Food Science.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ganesh Sockalingum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pittcon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring of Mb-released from PCL microparticles by UV/VIS. Spectrometry & conductometric biosensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ruffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hnaien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bordes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Marcillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du Médicament</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of microorganisms by Raman spectroscopy for the development of new biosensors in the food industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ganesh Sockalingum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Biosensors for Food safety and environmental monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Ouarzazate, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization by Raman Spectroscopy of Gold Surface Functionalization and Immuno-specific protein binding for Biosensor applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.P. Kengne-Momo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Jeyachandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Esnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXII INTERNATIONAL CONFERENCE ON RAMAN SPECTROSCOPY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Boston (MA), United States. pp.342-343, </w:t></w:r><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3482548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les polluants arsenic et mercure en interaction avec la composante biologique dans les sols et les eaux des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Emmanuel Delphin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lievremont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Lett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la zone atelier du programme Environnement, Vie et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2003, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l’impact de facteurs environnementaux sur la contamination en microplastiques au niveau de la Loire : caractérisation des risques pour les bivalves par biosurveillance active</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evan Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Guernic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Plastique, Environnement, Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traité mondial contre la pollution plastique : en coulisses, le regard des scientifiques français présents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ghiglione</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabin Colombini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Baztan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Dignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.nxfehjfph⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dangers de l'invasion plastique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bruzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Galgani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livre vert 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Pommier, 2021, 9782746523609</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breaking Down the Plastic Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Baztan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Bergmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Booth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Broglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro 2016. Fate and Impact of Microplastics in Marine Ecosystems From the Coastline to the Open Sea. Edited by:Juan Baztan, Bethany Jorgensen, Sabine Pahl, Richard C. Thompson and Jean-Paul Vanderlinden ISBN: 978-0-12-812271-6. Part IV, pp.177-181</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-812271-6.00170-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining the Baselines and Standards for Microplastics Analyses in European Waters (JPI-O BASEMAN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gerdts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Herzke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Haeckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Scholz-Böttcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elsevier, pp.120-122, 2017, Micro 1016. Fate and Impact of Microplastics in Marine Ecosystems. From the Coastline to the Open Sea, </w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-812271-6.00118-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03961037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation du traitement de l'azote et du carbone par boues activées en temps de pluie à basse température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Doctorat en Sciences et techniques de l'environnement, Université Paris XII-Val de Marne, 2003. Français. </w:t></w:r><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02583736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId785"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabienne Lagarde </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (217)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where does the carbon go? A new carbon balance method to assess what happens to plastics under solar exposure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Bertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (9), pp.e0333021. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0333021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05347307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct toxicity profiles of conventional and biodegradable fishing nets’ leachates after artificial aging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edgar Dusacre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Le Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerian Hausard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rigolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faith Ekoja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 489, pp.137609. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2025.137609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05365754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of tire particles and associated-chemicals on the Pacific oyster (Magallana gigas) physiology, reproduction and next-generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilaria Bernardini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Peruzza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Dalla Rovere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 480, pp.135742. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2024.135742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pearl Farming Micro-Nanoplastics Affect Oyster Physiology and Pearl Quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Gardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Le Luyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Le Moullac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Soyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (1), pp.207-218. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.3c06684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04369670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaborating more realistic model microplastics by simulating polypropylene's environmental ageing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Glais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Falher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Deniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chassenieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 283, pp.116769. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2024.116769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fate of polystyrene and polyethylene nanoplastics exposed to UV in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gireeshkumar Balakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chassenieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Deniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental science‎.Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (9), pp.2448-2458. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d3en00150d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of an environmental microplastic mixture from the Seine River and one of the main associated plasticizers, dibutylphthalate, on the sentinel species Hediste diversicolor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Perrein-Ettajani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mouloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coraline Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Guernic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 191, pp.106159. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marenvres.2023.106159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposure to polyethylene microplastics alters immature gut microbiome in an infant in vitro gut model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elora Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jérémy ratel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 443 (B), pp.130383. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2022.130383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastics: What happens in the human digestive tract? First evidences in adults using in vitro gut models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elora Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Leveque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jérémy ratel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Durif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 442, pp.130010. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2022.130010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of Very Low Concentrations of Colloids with Light Scattering Applied to Micro(Nano)Plastics in Seawater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gireeshkumar Balakrishnan Nair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chassenieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Nicolai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microplastics and Nanoplastics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (2), pp.202-214. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microplastics2020016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of an environmental microplastic mixture from the Seine River and one of the main associated plasticizers, dibutylphthalate, on the sentinel species Hediste diversicolor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Perrein-Ettajani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Mouloud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coraline Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Guernic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 191, pp.106159. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marenvres.2023.106159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion about suitable applications for biodegradable plastics regarding their sources, uses and end of life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ghiglione</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra ter Halle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Huvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 157, pp.242-248. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wasman.2022.12.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04186887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thin polyethylene (LDPE) films with controlled crystalline morphology for studying plastic weathering and microplastic generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanon Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bardeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Delorme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Degradation and Stability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 195, pp.109791. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2021.109791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal and spatial distribution of microplastics in sediments by FTIR imaging throughout a continuum lake - lagoon- beach from the Tunisian coast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rihab Jaouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mouneyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Châtel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Amiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Dellali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 838 (4), pp.156519. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.156519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemicals sorbed to environmental microplastics are toxic to early life stages of aquatic organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettie Cormier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Gambardella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tania Tato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Perdriat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 208, pp.111665. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2020.111665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03176074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolite Quantification by Fourier Transform Infrared Spectroscopy in Diatoms: Proof of Concept on Phaeodactylum tricornutum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Scarsini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Thurotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Veidl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Amiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederick Niepceron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.756421. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2021.756421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollution des océans par les plastiques et les microplastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Galgani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bruzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Gastaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.BIO9300. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-bio9300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03048415v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infrared spectroscopy as a tool to monitor interactions between nanoplastics and microalgae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maureen Déniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Caruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Errien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-020-02683-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02640896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between polystyrene nanoparticles and Chlamydomonas reinhardtii monitored by infrared spectroscopy combined with molecular biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maureen Déniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Errien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zanella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Caruso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 266, pp.115227. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2020.115227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Irgafos® 168 story: when the ubiquity of an additive prevents studying its leaching from plastics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Hermabessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Receveur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Himber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mazurais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Huvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 749, pp.141651. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.141651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-02915461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realistic environmental exposure to microplastics does not induce biological effects in the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messika Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Châtel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Perrein-Ettajani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Bruneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Akcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 150, pp.110627. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2019.110627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acetylcholine and acetylcholinesterase inhibitors detection using gold nanoparticles coupled with dynamic light scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal El Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qun Huo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianyu Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mimouna Baitoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1, pp.100007. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sintl.2020.100007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the crystalline structure on the fragmentation of weathered polyolefines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Delorme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Degradation and Stability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 170, pp.109012. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2019.109012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02363200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tissue-Specific Biomarker Responses in the Blue Mussel Mytilus spp. Exposed to a Mixture of Microplastics at Environmentally Relevant oncentrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messika Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Perrein-Ettajani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Bruneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Akcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Environmental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fenvs.2019.00033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raman Tweezers for Small Microplastics and Nanoplastics Identification in Seawater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Gillibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gireeshkumar Balakrishnan Nair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Deshoules</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Magazzù</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (15), pp.9003-9013. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.9b03105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current methods to monitor microalgae-nanoparticle interaction and associated effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maureen Déniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Errien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Caruso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.105311. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aquatox.2019.105311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards more realistic reference microplastics and nanoplastics: preparation of polyethylene micro/nanoparticles with a biosurfactant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gireeshkumar Balakrishnan Nair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maureen Déniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Nicolai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chassenieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental science‎.Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (1), pp.315-324. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8EN01005F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From macroplastics to microplastics: Role of water in the fragmentation of polyethylene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanon Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 236, pp.124409. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2019.124409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastic abundance and characteristics in French Atlantic coastal sediments using a new extraction method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Nam Phuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Kamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 243 (Part A), pp.228-237. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2018.08.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term performance and longevity studies of the CMS Resistive Plate Chambers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.I. Rabadan-Trejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (08), pp.P08024. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/13/08/P08024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification and characterization of microplastics in blue mussels (Mytilus edulis): protocol setup and preliminary data on the contamination of the French Atlantic coast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Nam Phuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Kamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mouneyrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Amiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (7), pp.6135-6144. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-017-8862-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints and Priorities for Conducting Experimental Exposures of Marine Organisms to Microplastics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen González-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.Article 252. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2018.00252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for vectorlike light-flavor quark partners in proton-proton collisions at $\sqrt s$ =8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tumasyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Asilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bergauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97, pp.072008. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.97.072008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors influencing the microplastic contamination of bivalves from the French Atlantic coast: Location, season and/or mode of life?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Nam Phuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quoc Tuan Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 129 (2), pp.664-674. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2017.10.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for R-parity violating supersymmetry with displaced vertices in proton-proton collisions at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp. 012009 </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.012009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01383032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of inclusive jet cross-sections in pp and PbPb collisions at sqrt(s[NN])=2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96, pp.015202. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.96.015202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01368772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CMS trigger system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (01), pp.P01020. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/12/01/P01020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01362517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter and unparticles in events with a Z boson and missing transverse momentum in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03(2017) (3), pp.061. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01430542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass diphoton resonances in proton-proton collisions at 13 TeV and combination with 8 TeV search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 767, pp.147-170. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.01.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01362519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the charm jet cross section and nuclear modification factor in pPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 772, pp.306-329. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.06.053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01424868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new way to discriminate polluted wood by vibrational spectroscopies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Louarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talanta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 167, pp.436-441. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.talanta.2017.02.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for massive resonances decaying into WW, WZ or ZZ bosons in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03 (3), pp.162. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01424867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the decay B+ to psi(2S) phi K+ in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 764, pp.66-86. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01344460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with photons and missing transverse energy in pp collisions at 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 769, pp.391. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01400604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of vector-like quarks decaying to a Z boson and a top or a bottom quark in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 05, pp.029. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2017)029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01449422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross sections for top quark pair production using the lepton+jets final state in proton-proton collisions at 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.092001. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.092001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01381106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the WZ production cross section in pp collisions at sqrt{s} = 7 and 8 TeV and search for anomalous triple gauge couplings at sqrt{s} = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.236. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4730-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01368774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for invisible decays of the Higgs boson in pp collisions at sqrt(s) = 7, 8, and 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02 (2), pp.135. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01389974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dijet resonances in proton-proton collisions at sqrt(s) = 13 TeV and constraints on dark matter and other models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 769, pp.520. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.02.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01396119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusive search for supersymmetry using razor variables in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.012003. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.012003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01372217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the t-tbar production cross section in lepton+jets final states in pp collisions at 8 TeV and ratio of 8 to 7 TeV cross sections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.15. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4504-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01280700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for associated production of a Z boson with a single top quark and for tZ flavour-changing interactions in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 07(2017) (7), pp.003. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2017)003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01458780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the ttbar production cross section using events with one lepton and at least one jet in pp collisions at sqrt(s)=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 09(2017) (9), pp.051. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2017)051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01449500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raman investigation of thermoplastic vulcanizates based on hydrogenated natural rubber/polypropylene blends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Korn Taksapattanakul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tulyapong Tulyapitak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pranee Phinyocheep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polphat Ruamcharoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jareerat Ruamcharoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 57, pp.107-114. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymertesting.2016.11.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of Upsilon(1S) pair production in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 05, pp.013. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP05(2017)013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01387006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppression and azimuthal anisotropy of prompt and nonprompt J/psi production in PbPb collisions at sqrt(s[NN]) = 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.252. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4781-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01376026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new physics in events with high jet multiplicity and low missing transverse momentum in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 770, pp.257. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.01.073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01351564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of jet quenching with Z+jet correlations in PbPb and pp collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 119, pp.082301. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.082301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01456783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the ttbbar production cross section using events in the e mu final state in pp collisions at sqrt(s)=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.172. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4718-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01396812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudorapidity dependence of long-range two-particle correlations in pPb collisions at sqrt(s[NN])=5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96, pp.014915. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevC.96.014915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01304604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top squark pair production in compressed-mass-spectrum scenarios in proton-proton collisions at sqrt(s) = 8 TeV using the alphaT variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 767, pp.403-430. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.02.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01323688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for collectivity in pp collisions at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 765, pp.193-220. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01334567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coherent J/Psi photoproduction in ultra-peripheral PbPb collisions at sqrt(s[NN]) = 2.76 TeV with the CMS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 772, pp.489. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01320612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative modification of prompt psi(2S) and J/psi yields from pp to PbPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 118, pp.162301. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.162301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01393196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive energy spectrum in the very forward direction in proton-proton collisions at sqrt(s)=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 08 (8), pp.046. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2017)046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01450075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy gauge W' boson in events with an energetic lepton and large missing transverse momentum at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 770, pp.278-301. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.04.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01424863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for leptophobic Z' bosons decaying into four-lepton final states in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 773, pp.563-584. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.08.069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01427751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the total and differential inclusive B(+) hadron cross sections in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 771, pp.435. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.05.074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01360531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of differential cross sections for associated production of a W boson and jets in proton-proton collisions at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.052002. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.052002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01381107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for pair production for third-generation squarks in sqrt(s)=13 TeV pp collisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.327. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4853-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01415369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement and QCD analysis of double-differential inclusive jet cross-sections in pp collisions at sqrt(s) = 8 TeV and ratios to 2.76 and 7 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03 (3), pp.156. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01368771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical stability of the CMS strip tracker measured with a laser alignment system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (04), pp.P04023. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/12/04/P04023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01430539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for top quark decays via Higgs-boson-mediated flavor-changing neutral currents in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02 (2), pp.79. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01383030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiological identification by surface-enhanced Raman spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Thouand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Spectroscopy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 52 (2), pp.123 - 144. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/05704928.2016.1209760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass Z gamma resonances at sqrt(s) = 8 and 13 TeV using jet substructure techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 772, pp.363-387. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.06.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01424245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for narrow resonances in dilepton mass spectra in proton-proton collisions at sqrt(s) = 13 TeV and combination with 8 TeV data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 768, pp.57-80. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01368773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the transverse momentum spectrum of the Higgs boson produced in pp collisions at sqrt(s) = 8 TeV using H to WW decays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03 (3), pp.032. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01327679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter and supersymmetry with a compressed mass spectrum in the vector boson fusion topology in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 118 (021802), </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.021802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01323690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for light bosons in decays of the 125 GeV Higgs boson in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10(2017) (10), pp.76. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2017)076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01430540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the transverse momentum spectra of weak vector bosons produced in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02 (2), pp.96. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01334566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying to tau lepton pairs in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02 (2), pp.48. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01400588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the differential production cross sections for a Z boson in association with jets in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 04 (4), pp.022. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2017)022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01396129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of vector-like quarks decaying into a b quark and a W boson in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 772, pp.634. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.07.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01450073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the associated production of a Z boson and b jets in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.751. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5140-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01400577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying into a vector boson and a Higgs boson in final states with charged leptons, neutrinos, and b quarks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 768, pp.137-162. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.02.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01388428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for high-mass Z-gamma resonances in e+e-gamma and mu+mu-gamma final states in proton-proton collisions at sqrt(s)=8 and 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1701 (1), pp.06. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2017)076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01379157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of percent hydrogenation and vulcanization system on ozone stability of hydrogenated natural rubber vulcanizates using Raman spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Korn Taksapattanakul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tulyapong Tulyapitak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pranee Phinyocheep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polphat Ruamcharoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jareerat Ruamcharoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Degradation and Stability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 141, pp.58-68. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2017.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for CP violation in top quark-antiquark production and decay in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03 (3), pp.101. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01404605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of charge-dependent azimuthal correlations in pPb collisions and its implication for the search for the chiral magnetic effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 118 (12), pp.122301. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.122301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01376017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the production cross section of the W boson in association with two b jets in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.92. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4573-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01357547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry with multiple charged leptons in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.635. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-5182-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01449457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of prompt and nonprompt J/psi production in pp and pPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 77, pp.269. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-017-4828-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01458781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiplicity and rapidity dependence of strange hadron production in pp, pPb, and PbPb collisions at the LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 768, pp.103-129. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.01.075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01320601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet energy scale and resolution in the CMS experiment in pp collisions at 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (02), pp.P02014. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/12/02/P02014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01346043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of a vector-like quark decaying to a top quark and a Higgs boson using boosted topologies in fully hadronic final states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 04 (4), pp.136. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2017)136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01419177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for standard model production of four top quarks in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 772, pp.336-358. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.06.064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01474088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in the all-hadronic final state using top quark tagging in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96, pp.012004. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.96.012004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01430537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross section measurement of t-channel single top quark production in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Sirunyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 72, pp.752. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.07.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01376035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for single production of a heavy vector-like T quark decaying to a Higgs boson and a top quark with a lepton and jets in the final state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 771, pp.80-105. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.05.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01409593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy neutrinos or third-generation leptoquarks in final states with two hadronically decaying tau leptons and two jets in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 03 (3), pp.077. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2017)077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01409594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for anomalous Wtb couplings and flavour-changing neutral currents in t-channel single top quark production in pp collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 02 (2), pp.028. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2017)028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01380410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppression of Upsilon(1S), Upsilon(2S) and Upsilon(3S) production in PbPb collisions at sqrt(s[NN]) = 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 770, pp.357. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.04.031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01393197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with one lepton and multiple jets in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 95, pp.012011. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.95.012011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01374203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for electroweak production of charginos in final states with two tau leptons in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 04 (4), pp.018. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2017)018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01383031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of electroweak-induced production of W gamma with two jets in pp collisions at sqrt(s)=8 TeV and constraints on anomalous quartic gauge couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 06 (6), pp.106. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2017)106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01424865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the WZ production cross section in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 766, pp.268. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2017.01.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01348858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter and unparticles produced in association with a Z boson in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.052011 </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.052011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01235919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Z boson production in pPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.36-57. </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01247441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of t-tbar spin correlations and top quark polarization using dilepton final states in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.052007. </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.052007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01251944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse momentum spectra of b jets in pPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 754, pp.59-80. </w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of t-tbar production with additional jet activity, including b quark jets, in the dilepton channel using pp collisions at sqrt(s) = 8TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.379. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4105-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton flavour violating decays of heavy resonances and quantum black holes to an e-mu pair in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.317. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4149-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01304029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of t t-bar charge asymmetry using dilepton final states in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 760, pp.365. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01291737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the ZZ production cross section and Z to l+l-l'+l'- branching fraction in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 763, pp.280-303. </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.10.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01350639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the differential cross sections for top quark pair production as a function of kinematic event variables in pp collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.052006. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.052006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01341853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in pp collisions at sqrt(s) = 8 TeV in final states with boosted W bosons and b jets using razor variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.092009 </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.092009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01272008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decomposing transverse momentum balance contributions for quenched jets in PbPb collisions at sqrt(s[NN]) = 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1611 (11), pp.055. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2016)055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01362518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for massive WH resonances decaying into the l nu b anti-b final state at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.237. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4067-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01261943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of the Higgs boson production and decay rates and constraints on its couplings from a combined ATLAS and CMS analysis of the LHC $pp$ collision data at $\sqrt{s}=$ 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Aad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Barnovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delmastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Di Ciaccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 08, pp.045. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01328829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for anomalous single top quark production in association with a photon in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 04, pp.035. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2016)035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01228467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusive and differential measurements of the t t-bar charge asymmetry in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 757, pp.154-179. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.03.060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01334137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for excited leptons in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 03 (3), pp.125. </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP03(2016)125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01224699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastic interactions with freshwater microalgae: Hetero-aggregation and changes in plastic density appear strongly dependent on polymer type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zanella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 215, pp.331 - 339. </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2016.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for narrow resonances in dijet final states at sqrt(s)=8 TeV with the novel CMS technique of data scouting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.031802. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.031802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01310279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for two Higgs bosons in final states containing two photons and two bottom quarks in proton-proton collisions at 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.052012. </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.052012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01292381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlations between jets and charged particles in PbPb and pp collisions at sqrt(s[NN])= 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 02, pp.156. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP02(2016)156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01250550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy Majorana neutrinos in e+/- e+/- plus jets and e+/- mu+/- plus jets events in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 04, pp.169. </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2016)169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01284717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark mass using proton-proton data at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.072004. </w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.072004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01199147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential cross sections for Higgs boson production in the diphoton decay channel in pp collisions at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.13. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3853-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01188998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of differential and integrated fiducial cross sections for Higgs boson production in the four-lepton decay channel in pp collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 04 (4), pp.005. </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2016)005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01249888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Raman spectroscopy coupled to chemometrics for identification and quantification of acetylcholinesterase inhibitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal El Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugur Tamer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mimouna Baitoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vibrational Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 87, pp.27-33. </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vibspec.2016.09.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction and identification of tau lepton decays to hadrons and tau neutrino at CMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.P01019. </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/01/P01019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01220805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the CP-violating weak phase phi[s] and the decay width difference DeltaGamma[s] using the Bs to J/Psi phi(1020) decay channel in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 757, pp.97-120. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.03.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01180716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct pair production of scalar top quarks in the single- and dilepton channels in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 07(2016), pp.027. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP07(2016)027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01272009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in electroweak production with photons and large missing transverse energy in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.479-500. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01280699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the ttbar production cross section in the all-jets final state in pp collisions at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.128. </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3956-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01202940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for lepton flavour violating decays of the Higgs boson to e tau and e mu in proton-proton collisions at sqrt(s)=8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ganjour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Givernaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Hamel De Monchenault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 763, pp.472. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.09.062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01346036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the W boson helicity fractions in the decays of top quark pairs to lepton+jets final states produced in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 762, pp.512-534. </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01323689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for direct pair production of supersymmetric top quarks decaying to all-hadronic final states in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.460. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4292-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01281909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for R-parity-violating supersymmetry in pp collisions at sqrt(s)=8 TeV in final states with 0-4 leptons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.112009. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.112009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01338139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the double-differential inclusive jet cross section in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.451. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4286-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01316400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter particles in proton-proton collisions at sqrt(s) = 8 TeV using the razor variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12, pp.88. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2016)088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01294908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the mass of the top quark in decays with a J/psi meson in pp collisions at 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12, pp.123. </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2016)123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01353566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomenological MSSM interpretation of CMS searches in pp collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10(2016), pp.129. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2016)129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Higgs boson off-shell production in proton-proton collisions at 7 and 8 TeV and derivation of constraints on its total decay width</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09(2016), pp.51. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01313475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined search for anomalous pseudoscalar HVV couplings in VH production and H to VV decay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.672-696. </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01274541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y(nS) polarizations versus particle multiplicity in pp collisions at sqrt(s) = 7 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 761, pp.31-52. </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.07.065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01285920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the production of an excited bottom quark decaying to tW in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016(01), pp.166. </w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01206391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the charge asymmetry in top quark pair production in pp collisions at sqrt(s) = 8 TeV using a template method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.034014. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.034014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01186112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for W' decaying to tau lepton and neutrino in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 755, pp.196-216. </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01186099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in the multijet and missing transverse momentum final state in pp collisions at 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 758, pp.152-180. </w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01277666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new physics with the MT2 variable in all-jets final states produced in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fabbro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10(2016), pp.006. </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP10(2016)006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01288366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for neutral resonances decaying into a Z boson and a pair of b jets or tau leptons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.369-394. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01285921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of transverse momentum relative to dijet systems in PbPb and pp collisions at sqrt(s[NN]) = 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1601, pp.006. </w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01207510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a very light NMSSM Higgs boson produced in decays of the 125 GeV scalar boson and decaying into tau leptons in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 01, pp.079. </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01219654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new physics in final states with two opposite-sign, same-flavor leptons, jets, and missing transverse momentum in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12, pp.13. </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2016)013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01341854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter in proton-proton collisions at 8 TeV with missing transverse momentum and vector boson tagged jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 83, </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2016)083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01347429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of inclusive four-jet production with two b-tagged jets in proton-proton collisions at 7 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.112005. </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.112005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01364849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in pp collisions at sqrt(s) = 13 TeV in the single-lepton final state using the sum of masses of large-radius jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1608, pp.122. </w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01316401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event generator tunes obtained from underlying event and multiparton scattering measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.155. </w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-3988-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01237262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of top quark pairs produced in association with a vector boson in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1601, pp.096. </w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP01(2016)096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inclusive jet cross section in pp collisions at sqrt(s) = 2.76 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.265. </w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4083-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01247439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of inclusive jet production and nuclear modifications in pPb collisions at sqrt(s[NN]) = 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.372. </w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4205-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01253541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forward-backward asymmetry of Drell-Yan lepton pairs in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.325. </w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4156-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01259158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of long-range near-side two-particle angular correlations in pp collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.172302. </w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.172302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for long-lived charged particles in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.112004 </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.112004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01372972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Z gamma to nu nu-bar gamma production cross section in pp collisions at sqrt(s) = 8 TeV and limits on anomalous Z-Z-gamma and Z-gamma-gamma trilinear gauge boson couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 760, pp.448-468. </w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.06.080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01278250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for narrow resonances decaying to dijets in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.071801. </w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.071801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01237926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for exotic decays of a Higgs boson into undetectable particles and photons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 753, pp.363-388. </w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.12.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01171155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a low-mass pseudoscalar Higgs boson produced in association with a b-bbar pair in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 758, pp.296-320. </w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01227867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the inelastic cross section in proton-lead collisions at a centre-of-mass energy per nucleon pair of 5.02 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.641-662. </w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.063.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01199146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of dijet azimuthal decorrelation in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.536. </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4346-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01274544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for exclusive gamma-gamma to W+ W- production and constraints on anomalous quartic gauge couplings at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1108, pp.119. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01307116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark pair production cross section in proton-proton collisions at sqrt(s)=13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.052002. </w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.052002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01217659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of spin correlations in t-tbar production using the matrix element method in the muon+jets final state in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 758, pp.321-346. </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01231357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of top quark polarisation in t-channel single top quark production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 04, pp.073. </w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP04(2016)073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01226175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for heavy resonances decaying to two Higgs bosons in final states containing four b quarks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.371. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4206-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01280698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of electroweak production of a W boson and two forward jets in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.147. </w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2016)147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01348859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the integrated and differential t-tbar production cross sections for high-pt top quarks in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.072002. </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.94.072002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01310733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the top quark mass using charged particles in collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.092006. </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.092006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01291738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for R-parity violating decays of a top squark in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 760, pp.178-201. </w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.06.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01274542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of B Meson Production in p+Pb Collisions at root s(NN)=5.02 TeV Using Exclusive Hadronic Decays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp. 032301 </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.032301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01187903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the t-tbar production cross section in the e-mu channel in proton-proton collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.029. </w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP08(2016)029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01285308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in events with soft leptons, low jet multiplicity, and missing transverse momentum in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 759, pp.9-35. </w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.05.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01249889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the differential cross section and charge asymmetry for inclusive pp to W + X production at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.469. </w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4293-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01284716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for vector-like charge 2/3 T quarks in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.012003. </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.93.012003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01199148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for s channel single top quark production in pp collisions at sqrt(s) = 7 and 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 09, pp.027. </w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP09(2016)027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01285309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the associated production of a Higgs boson with a single top quark in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1606, pp.177. </w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP06(2016)177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01206392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for new physics in same-sign dilepton events in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 76, pp.439. </w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4261-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01314226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for resonant production of high-mass photon pairs in proton-proton collisions at sqrt(s) = 8 and 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.051802 </w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.051802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01331545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for a heavy scalar boson H decaying to a pair of 125 GeV Higgs bosons hh or for a heavy pseudoscalar boson A decaying to Zh, in the final states with h to tautau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 755, pp.217-244. </w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2016.01.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01214597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is there any consistency between the microplastics found in the field and those used in laboratory experiments?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Nam Phuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Kamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Châtel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 211, pp.111-123. </w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2015.12.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for supersymmetry in the vector-boson fusion topology in proton-proton collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1511, pp.189. </w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2015)189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01188995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudorapidity distribution of charged hadrons in proton-proton collisions at sqrt(s) = 13 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Letters B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 751, pp.143-163. </w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physletb.2015.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01179198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limits on the Higgs boson lifetime and width from its decay to four charged leptons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.072010. </w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.92.072010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01180409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functionalized polyurethane applied for foodborne pathogen detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Triranat Peng-Ubol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pranee Phinyocheep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Pilard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Measurement and Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9 (3), pp.248 - 258. </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11694-015-9230-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a light charged Higgs boson decaying to c-sbar in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1512, pp.178. </w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP12(2015)178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01215807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for a charged Higgs boson in pp collisions at sqrt(s) = 8 TeV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Khachatryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dejardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Denegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of High Energy Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015(11), pp.18. </w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/JHEP11(2015)018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01188996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-yield aqueous synthesis of multi-branched iron oxide core–gold shell nanoparticles: SERS substrate for immobilization and magnetic separation of bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugur Tamer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aykut Onay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakan Ciftci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akif Göktuğ Bozkurt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demet Cetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nanoparticle Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (10), pp.2624. </w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11051-014-2624-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initial staging of squamous cell carcinoma of the oral cavity, larynx and pharynx (excluding nasopharynx). Part 2: Remote extension assessment and exploration for secondary synchronous locations outside of the upper aerodigestive tract. 2012 SFORL guidelines.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan de Monès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bertolus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Salaun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dubrulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Ferrié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur Ann Otorhinolaryngol Head Neck Dis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 130 (2), pp.107-12. </w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anorl.2012.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00933898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raman spectroscopy and thermal analysis of gum and silica-filled NR/SBR blends prepared from latex system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarawut Prasertsri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nittaya Rattanasom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chakrit Sirisinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 32 (5), pp.852-861. </w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymertesting.2013.04.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initial staging of squamous cell carcinoma of the oral cavity, larynx and pharynx (excluding nasopharynx). Part I: Locoregional extension assessment: 2012 SFORL guidelines.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Morinière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dubrulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Salaun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. de Monès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur Ann Otorhinolaryngol Head Neck Dis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 130 (1), pp.39-45. </w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anorl.2012.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protein Interactions Investigated by the Raman Spectroscopy for Biosensor Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kengne-Momo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Jeyachandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pilard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2012/462901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polythiophene Synthesis Coupled to Quartz Crystal Microbalance and Raman Spectroscopy for Detecting Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kengne-Momo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pilard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biointerphases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (1), pp.67. </w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13758-012-0067-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974977v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two analytical methods for protein integrity characterization : application to myoglobin released poly (alpha-caprolactone) microspheres.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hnaien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ruffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bordes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Marcillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 78, pp.298-305</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple method of surface functionalisation for immuno-specific immobilisation of proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kengne-Momo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Jeyachandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Esnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 398 (3), pp.1249-1255. </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-010-4032-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02377994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M1-activated macrophages migration, a marker of aortic atheroma progression: a preclinical MRI study in mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bessaad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Sigovan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Alsaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Investigative Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 45 (5), pp.262-269. </w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/RLI.0b013e3181d78030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02076423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative effects of cell internalization of two types of ultrasmall superparamagnetic iron oxide nanoparticles at 4.7T and 7T</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Brisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Desestret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Devillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marcellino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eur Radiol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, in-press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00443170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemiluminescence of Luminol for the Determination of Cobalt(II) Adsorbed on a Chitosan Membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Khadro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.D. Leca-Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.J. Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensor letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7 (5), pp.833-838. </w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1166/sl.2009.1158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring of Protein Release from Poly(\textlessI\textgreater\varepsilon\textless/I\textgreater-caprolactone) Microspheres Using a Conductometric Biosensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ruffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hnaien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bordes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Briancon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensor Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7 (5), pp.818-823</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing chemical oxygen demand and nitrogen conversions in a multi-stage activated sludge plant with alternating aeration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lessard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Héduit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Technology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 82 (4), pp.367-375. </w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jctb.1679⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability estimation of urban wastewater biodegradable fractions by respirometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Lessard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Héduit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dutrop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39 (19), pp.4768-4778. </w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2005.08.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02587104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitomycine C : prévention et traitement des synéchies glottiques antérieures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan de Mones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Ménard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ollivier Laccourreye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales d'oto-laryngologie et de chirurgie cervico faciale : bulletin de la Société d'oto-laryngologie des hôpitaux de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 121, pp.229-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00258881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen peroxide (H2O2) as a source of dissolved oxygen in COD-degradation respirometric experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chauviere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Héduit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 36 (3), pp.793-798. </w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0043-1354(01)00262-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02580137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen peroxide (H2O2) as a source of dissolved oxygen in COD-degradation respirometric experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-H. Tusseau-Vuillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chauvière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Heduit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 36 (3), pp.793-798</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01974838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging of Pseudo Oil Base Mud in Environmental Scanning Electron Microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. P. Tricart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut Français du Pétrole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 52 (2), pp.151-159. </w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst:1997014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02079109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LOCAL STRUCTURE IN A Cu2 Ti AMORPHOUS ALLOY BY EXAFS AND X-RAY SCATTERING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sadoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sadoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique Colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1980, 41 (C8), pp.C8-207-C8-210. </w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jphyscol:1980853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00220360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l’impact de facteurs environnementaux sur la contamination en microplastiques au niveau de la Loire : caractérisation des risques pour les bivalves par biosurveillance active</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evan Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Guernic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Métais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Plastique, Environnement, Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How scientific networks can help advancing both scientific knowledge and public policies: the case study of the “Plastics, Environment and Health” network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Ocean Science Congress 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS; Ifremer, Jun 2025, Nice, France. </w:t></w:r><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/oos2025-775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05022324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altération des plastiques biodégradables et compostables par des facteurs biotiques et abiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Bakhos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelia Rumpel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Felbacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Patureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées du GDR Plastiques, Environnement, Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Plastiques, Environnement, Santé, Jun 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alteration of biodegradable and compostable plastics by biotic and abiotic factors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Bakhos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelia Rumpel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Felbacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Patureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International Symposium on Soil Organic Matter (SOM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Ben Guerrir, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic Force Microscopy (AFM) to study polymer weathering and fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanon Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Delorme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIP 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Saint-Valery-en-Caux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altération des plastiques biodégradables et compostables par des facteurs biotiques et abiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Bakhos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelia Rumpel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Felbacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Patureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Séminaire du Réseau des Matières Organiques (ResMO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Matières Organiques, Mar 2024, Sémur-en-Auxois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Plasti-nium (2021-2025) : Débris plastiques dans le continuum Terre-Mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Gasperi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Ledieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc-Nam Phuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Tramoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Dris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Journée scientifique de l&amp;apos;OSUNA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nantes, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03708871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perliculture de Polynésie française menacée par les microplastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Gardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Le Luyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dehaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Polymères et Océans 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03878763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thin polymer films as a model platform for the study of microplastic formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanon Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque national du GFP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thin polymer films as a model platform for the study of microplastic formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanon Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la matière condensée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High voltage calibration method for the CMS RPC detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Reyes-Almanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dimitrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C09046, </w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/09/C09046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for Heavy Stable Charged Particles in the CMS Experiment using the RPC Phase II upgraded detectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ramirez-Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C11011, </w:t></w:r><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/11/C11011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RPC radiation background simulations for the high luminosity phase in the CMS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Uribe Estrada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.Carpinteyro Bernardino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.Castaneda Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C09045, </w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/09/C09045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Rate RPC detector for LHC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C10037, </w:t></w:r><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/10/C10037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longevity studies on the CMS-RPC system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gelmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C05012, </w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/05/C05012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RE3/1 \& RE4/1 RPC chambers integration in the inner region of the forward muon spectrometer in the CMS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Voevodina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C10027, </w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/10/C10027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02363426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CMS RPC Detector Performance and Stability during LHC RUN-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Shah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hadjiska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C11012, </w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/14/11/C11012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01876355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Thin Double-Gap RPCs for the CMS Muon System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.S. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.W. Cho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Accelerators and Beam Utilizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Gyeongju, South Korea. pp.1080-1087, </w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3938/jkps.73.1080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast timing measurement for CMS RPC Phase-II upgrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roskas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tytgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Zaganidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Puerto Vallarta, Mexico. pp.C09001, </w:t></w:r><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/13/09/C09001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R&amp;D towards the CMS RPC Phase-2 upgrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cimmino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crucy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. A. O. Rios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Workshop on Resistive Plate Chambers and Related Detectors (RPC2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Ghent, Belgium. pp.C09017, </w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/09/C09017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01337618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Electrografting on Self-Organized 3D Graphene Electrodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fortgang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Tite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Barnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Zehani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Maddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Material Research Society, E-MRS 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Lille, France. </w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsami.5b10647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01416290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiation Tests of Real-Sized Prototype RPCs for the Future CMS RPC Upscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. S. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. S. Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. W. Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The XIII workshop on Resistive Plate Chambers and Related Detectors (RPC2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Gent, Belgium. pp.C08008, </w:t></w:r><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/08/C08008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01313686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Resistive Plate Chambers installed during the first long shutdown of the CMS experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Shopova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Aleksandrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hadjiiska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Iaydjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sultanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Workshop on Resistive Plate Chambers and Related Detectors (RPC2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01327899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detector Control System and Efficiency Performance for CMS RPC at GIF++</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Gul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cimmino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Crucy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Workshop on Resistive Plate Chambers and Related Detectors (RPC2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Ghent, Belgium. pp.C10013, </w:t></w:r><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/11/10/C10013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01429776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cet article est publié. Merci de compléter les références de publication. Cdt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gouzevitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Laktineh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Buridon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII Workshop on Resistive Plate Chambers and Related Detectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01327074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and electrochemical properties of amorphous carbon nitride films deposited by femtosecond pulsed laser ablation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Maddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bourquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Titte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.C. Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Zehani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bad Homburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01261882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impedimetric biosensor based on electrospun PEI/PVA decorated with gold nanoparticles for glucose detection.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Braiek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ea Sapountzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. F. Chateaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vocanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MADICA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Mahdia, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-01081555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure conductitimétrique ultra-sensible des herbicides fondée sur l’inhibition de l’activité estérasique d’Arthrospira platensis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tekaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Namour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Saiapina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ben Ouada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biominnov, la biologie moléculaire appliquée à l'Environnement et au service de l'innovation industrielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Romainville, France. pp.3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Raman Spectroscopy for the identification of bacteria in the field of Food Science.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ganesh Sockalingum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pittcon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring of Mb-released from PCL microparticles by UV/VIS. Spectrometry & conductometric biosensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ruffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hnaien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bordes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Marcillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du Médicament</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of microorganisms by Raman spectroscopy for the development of new biosensors in the food industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ganesh Sockalingum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Biosensors for Food safety and environmental monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Ouarzazate, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization by Raman Spectroscopy of Gold Surface Functionalization and Immuno-specific protein binding for Biosensor applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.P. Kengne-Momo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Jeyachandran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Esnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXII INTERNATIONAL CONFERENCE ON RAMAN SPECTROSCOPY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Boston (MA), United States. pp.342-343, </w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3482548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les polluants arsenic et mercure en interaction avec la composante biologique dans les sols et les eaux des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Emmanuel Delphin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lievremont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Lett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la zone atelier du programme Environnement, Vie et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2003, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traité mondial contre la pollution plastique : en coulisses, le regard des scientifiques français présents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ghiglione</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabin Colombini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Baztan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Dignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.nxfehjfph⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dangers de l'invasion plastique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bruzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Galgani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livre vert 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Pommier, 2021, 9782746523609</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breaking Down the Plastic Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Baztan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Bergmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Booth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Broglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro 2016. Fate and Impact of Microplastics in Marine Ecosystems From the Coastline to the Open Sea. Edited by:Juan Baztan, Bethany Jorgensen, Sabine Pahl, Richard C. Thompson and Jean-Paul Vanderlinden ISBN: 978-0-12-812271-6. Part IV, pp.177-181</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-812271-6.00170-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining the Baselines and Standards for Microplastics Analyses in European Waters (JPI-O BASEMAN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gerdts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Herzke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Haeckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Scholz-Böttcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elsevier, pp.120-122, 2017, Micro 1016. Fate and Impact of Microplastics in Marine Ecosystems. From the Coastline to the Open Sea, </w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-812271-6.00118-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03961037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation du traitement de l'azote et du carbone par boues activées en temps de pluie à basse température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Lagarde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Doctorat en Sciences et techniques de l'environnement, Université Paris XII-Val de Marne, 2003. Français. </w:t></w:r><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02583736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId785"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347307v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Bertier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Martel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu George" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fabre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Boucher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0333021" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365754v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Dusacre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Le Picard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerian Hausard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rigolet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faith Ekoja" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2025.137609" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04369670v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Gardon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Le Luyer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Moullac" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Soyez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lagarde" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.3c06684" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04723828v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Bernardini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tallec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ika Paul-Pont" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Peruzza" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Dalla Rovere" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.135742" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680202v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Glais" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Falher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Deniau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chassenieux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2024.116769" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454259v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle M&#233;tais" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Perrein-Ettajani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Mouloud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Roman" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Guernic" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2023.106159" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799643v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elora Fournier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leveque" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ruiz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=j&#233;r&#233;my ratel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Durif" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.130010" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04235865v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gireeshkumar Balakrishnan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3en00150d" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791155v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Denis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.130383" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04235901v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gireeshkumar Balakrishnan Nair" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taco Nicolai" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microplastics2020016" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04493047v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186887v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ghiglione" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gastaldi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra ter Halle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huvet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2022.12.022" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796776v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanon Julienne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bardeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delorme" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2021.109791" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04223111v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Jaouani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mouneyrac" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ch&#226;tel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amiard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Dellali" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.156519" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03176074v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettie Cormier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Gambardella" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Tato" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Perdriat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Costa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2020.111665" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04223132v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Scarsini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Thurotte" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Veidl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Amiard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Niepceron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.756421" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640896v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen D&#233;niel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Caruso" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Errien" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-020-02683-9" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048415v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Galgani" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bruzaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-bio9300" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324542v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zanella" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2020.115227" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02482996v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messika Revel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bruneau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Akcha" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2019.110627" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02915461v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hermabessiere" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Receveur" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Himber" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mazurais" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.141651" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519601v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal El Alami" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qun Huo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyu Zheng" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimouna Baitoul" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sintl.2020.100007" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02445516v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Gillibert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Deshoules" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Tardivel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Magazz&#249;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b03105" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363200v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Julienne" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delorme" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2019.109012" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3F2LFWXC-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146660v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2019.00033" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02318758v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Daniel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2019.105311" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350653v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8EN01005F" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318540v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.124409" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875931v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Rabadan-Trejo" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fagot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gul" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roskas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tytgat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/13/08/P08024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01904599v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Nam Phuong" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Poirier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Kamari" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Zalouk-Vergnoux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.08.032" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4C3HQPKT-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974804v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-8862-3" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904890v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Gonz&#225;lez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Vincent" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00252" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904894v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuan Pham" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2017.10.054" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RVSHF0T5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768074v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Sirunyan" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tumasyan" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Adam" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Asilar" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bergauer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.072008" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01396119v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Sirunyan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besancon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Couderc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dejardin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Denegri" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.02.012" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01389974v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Khachatryan" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besan&#231;on" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)135" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01344460v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.11.001" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01400604v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.04.005" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01368774v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4730-z" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01280700v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4504-z" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01372217v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.012003" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01381106v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.092001" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01449422v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2017)029" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01320612v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.07.001" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01334567v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.12.009" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01424863v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.04.043" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01360531v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.05.074" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01381107v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.052002" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01450075v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2017)046" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01393196v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.162301" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01427751v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.08.069" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01362519v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.01.027" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01362517v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/01/P01020" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01424867v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)162" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974787v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Nguyen" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Louarn" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2017.02.032" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01424868v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.06.053" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01368772v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.015202" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01430542v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)061" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01383032v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.012009" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974806v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korn Taksapattanakul" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tulyapong Tulyapitak" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranee Phinyocheep" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polphat Ruamcharoen" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jareerat Ruamcharoen" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2016.11.016" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0DVS8DZD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01396812v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4718-8" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01351564v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.01.073" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01387006v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2017)013" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01323688v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.02.007" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01304604v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.014915" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01376026v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4781-1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01456783v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.082301" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01449500v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2017)051" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01458780v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2017)003" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533379v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chauvet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charrier" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assaf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Thouand" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/05704928.2016.1209760" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01415369v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4853-2" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01424245v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.06.062" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01430539v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/04/P04023" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01383030v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)079" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01368773v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.02.010" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01368771v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)156" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01430540v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)076" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01388428v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.02.040" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01334566v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)096" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01323690v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.021802" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01400577v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5140-y" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01327679v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)032" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01400588v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)048" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01450073v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.07.022" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01396129v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2017)022" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974802v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2017.04.006" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2JXV456B-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01379157v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2017)076" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01404605v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)101" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01458781v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4828-3" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01320601v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.01.075" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346043v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/02/P02014" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01419177v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2017)136" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01449457v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5182-1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01357547v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4573-z" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01376017v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.122301" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01409593v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.05.019" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01393197v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.04.031" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01424865v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2017)106" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01348858v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.01.011" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01376035v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.07.047" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01474088v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.06.064" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01374203v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.012011" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01430537v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.012004" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01383031v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2017)018" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01380410v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)028" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01409594v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)077" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01899039v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Olivier" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hiard" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.05.006" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHKHPVX3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01228467v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2016)035" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01250550v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2016)156" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01310279v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.031802" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01188998v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3853-3" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01224699v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2016)125" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01334137v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.03.060" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01284717v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2016)169" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01261943v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4067-z" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01292381v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.052012" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199147v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.072004" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01328829v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aad" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Barnovska" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Berger" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delmastro" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Di Ciaccio" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)045" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01206391v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)166" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01186099v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.02.002" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331544v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2016)129" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01285920v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.07.065" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01186112v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.034014" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01274541v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.06.004" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01313475v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)051" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01362518v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2016)055" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214882v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.01.010" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01272008v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.092009" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214881v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4105-x" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01235919v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.052011" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01247441v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.044" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01304029v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4149-y" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291737v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.07.006" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01350639v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.10.054" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01341853v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.052006" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01251944v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.052007" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974818v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugur Tamer" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vibspec.2016.09.005" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X8J625FQ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01353566v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2016)123" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01180716v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.03.046" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01220805v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/01/P01019" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01249888v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2016)005" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346036v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ganjour" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Givernaud" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gras" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hamel De Monchenault" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.09.062" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01294908v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2016)088" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01202940v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3956-5" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01316400v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4286-3" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01280699v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.088" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01281909v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4292-5" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338139v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.112009" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01272009v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2016)027" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01323689v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.10.007" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01285921v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.087" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01347429v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2016)083" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01288366v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fabbro" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2016)006" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01364849v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.112005" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01207510v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)006" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01277666v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.002" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01219654v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)079" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01341854v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2016)013" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01171155v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.12.017" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199146v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.063.027" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214587v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)096" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01274544v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4346-8" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01278250v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.06.080" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01237926v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.071801" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214854v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.172302" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01372972v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.112004" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01237262v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3988-x" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01247439v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4083-z" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01316401v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)122" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01227867v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.003" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01253541v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4205-7" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01259158v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4156-z" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01280698v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4206-6" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01231357v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.005" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01307116v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)119" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01226175v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2016)073" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01217659v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.052002" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974813v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.12.035" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5VM6FXBT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291738v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.092006" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01284716v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4293-4" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01206392v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2016)177" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01285308v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)029" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01310733v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.072002" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01187903v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.032301" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331545v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.051802" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01314226v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4261-z" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01249889v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.033" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01274542v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.06.039" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01285309v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)027" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01348859v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2016)147" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214597v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.01.056" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199148v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.012003" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01180409v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.072010" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01899047v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Triranat Peng-Ubol" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pilard" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11694-015-9230-y" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01179198v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.10.004" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01188995v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2015)189" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01215807v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2015)178" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01188996v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2015)018" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974827v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aykut Onay" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakan Ciftci" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akif G&#246;ktu&#287; Bozkurt" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demet Cetin" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-014-2624-7" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974811v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarawut Prasertsri" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nittaya Rattanasom" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakrit Sirisinha" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2013.04.007" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TKH9RD6L-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00933898v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan de Mon&#232;s" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bertolus" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Salaun" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dubrulle" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Ferri&#233;" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anorl.2012.09.003" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2ZFKDK5M-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00935963v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vergez" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Morini&#232;re" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Mon&#232;s" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anorl.2012.09.004" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HTB8FSWV-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334802v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kengne-Momo" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Daniel" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jeyachandran" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pilard" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/462901" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974977v2" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Durand" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13758-012-0067-1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599312v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hnaien" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ruffin" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bordes" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Marcillat" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377994v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Esnault" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Daniel" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-010-4032-x" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-T0ZXS9RX-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076423v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bessaad" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sigovan" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alsaid" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Souza" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Provost" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/RLI.0b013e3181d78030" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511710v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Khadro" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Leca-Bouvier" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barbier" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Blum" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sl.2009.1158" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443170v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Brisset" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Desestret" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devillard" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcellino" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chauveau" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013680v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Briancon" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589546v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lessard" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;duit" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.1679" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2X9CTL2X-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587104v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dutrop" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2005.08.026" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VMCDVK50-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00258881v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan de Mones" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hans" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine M&#233;nard" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollivier Laccourreye" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580137v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chauviere" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0043-1354(01)00262-7" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0FRC0TPL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974838v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Heduit" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079109v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Tricart" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Durrieu" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst:1997014" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00220360v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Raoux" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sadoc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sadoc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fontaine" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:1980853" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1783A653D5A3B0AB72C427647E8194CAE0EB7B1A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05022324v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynaud" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-775" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705459v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Bakhos" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Rumpel" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Biron" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Felbacq" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Patureau" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705440v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505425v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705488v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708871v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Ledieu" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Nam Phuong" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tramoy" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Dris" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03878763v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehaut" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505483v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505476v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862019v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/10/C10037" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338397v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Uribe Estrada" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.Carpinteyro Bernardino" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.Castaneda Hernandez" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/09/C09045" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338396v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Reyes-Almanza" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dimitrov" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/09/C09046" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403553v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ramirez-Sanchez" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/11/C11011" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148269v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gelmi" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/05/C05012" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876355v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Shah" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hadjiska" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/11/C11012" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363426v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Voevodina" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/10/C10027" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186308v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.S. Lee" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.W. Cho" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Choi" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hong" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kang" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3938/jkps.73.1080" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897175v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zaganidis" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/13/09/C09001" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01327899v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shopova" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Aleksandrov" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hadjiiska" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Iaydjiev" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sultanov" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01337618v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cimmino" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crucy" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. O. Rios" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/09/C09017" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01313686v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. S. Lee" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. S. Hong" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jo" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. W. Kang" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/08/C08008" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416290v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fortgang" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tite" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barnier" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zehani" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maddi" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5b10647" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01429776v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Gul" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanco" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/10/C10013" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01327074v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gouzevitch" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Laktineh" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Buridon" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261882v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourquard" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Titte" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.C. Rojas" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01081555v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Braiek" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ea Sapountzi" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Chateaux" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vocanson" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599548v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tekaya" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Namour" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Saiapina" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ouada" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349757v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganesh Sockalingum" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013714v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349766v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349777v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. Kengne-Momo" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assaf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3482548" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761890v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Emmanuel Delphin" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lievremont" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Lett" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Muller" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493600v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Bossard" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703685v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Colombini" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Baztan" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dignac" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.nxfehjfph" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185541v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309538v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bergmann" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Booth" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Broglio" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Carrasco" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00170-8" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961037v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gerdts" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Thomas" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Herzke" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haeckel" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Scholz-B&#246;ttcher" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00118-6" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02583736v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347307v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Bertier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Martel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu George" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fabre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Boucher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0333021" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365754v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Dusacre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Le Picard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerian Hausard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rigolet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faith Ekoja" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2025.137609" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04723828v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Bernardini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tallec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ika Paul-Pont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Peruzza" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Dalla Rovere" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.135742" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04369670v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Gardon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Le Luyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Le Moullac" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Soyez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lagarde" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.3c06684" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680202v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Glais" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Falher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Deniau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chassenieux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2024.116769" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04235865v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gireeshkumar Balakrishnan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3en00150d" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454259v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle M&#233;tais" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Perrein-Ettajani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Mouloud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Roman" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Guernic" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2023.106159" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791155v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elora Fournier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=j&#233;r&#233;my ratel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Denis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leveque" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ruiz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.130383" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799643v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Durif" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.130010" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04235901v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gireeshkumar Balakrishnan Nair" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taco Nicolai" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microplastics2020016" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04493047v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186887v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ghiglione" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gastaldi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra ter Halle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huvet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2022.12.022" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796776v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanon Julienne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bardeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delorme" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2021.109791" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04223111v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Jaouani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mouneyrac" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ch&#226;tel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amiard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Dellali" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.156519" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03176074v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettie Cormier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Gambardella" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Tato" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Perdriat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Costa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2020.111665" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04223132v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Scarsini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Thurotte" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Veidl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Amiard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Niepceron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.756421" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048415v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Galgani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bruzaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-bio9300" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640896v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen D&#233;niel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Caruso" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Errien" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-020-02683-9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324542v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zanella" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2020.115227" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02915461v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hermabessiere" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Receveur" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Himber" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mazurais" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.141651" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02482996v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messika Revel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bruneau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Akcha" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2019.110627" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519601v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal El Alami" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qun Huo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyu Zheng" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimouna Baitoul" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sintl.2020.100007" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363200v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Julienne" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delorme" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2019.109012" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3F2LFWXC-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146660v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvs.2019.00033" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02445516v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Gillibert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Deshoules" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Tardivel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Magazz&#249;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b03105" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02318758v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Daniel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2019.105311" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350653v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8EN01005F" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318540v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.124409" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01904599v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Nam Phuong" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Poirier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Kamari" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Zalouk-Vergnoux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.08.032" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4C3HQPKT-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875931v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Rabadan-Trejo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fagot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gul" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roskas" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tytgat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/13/08/P08024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974804v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-8862-3" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904890v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Gonz&#225;lez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Vincent" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00252" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768074v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Sirunyan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tumasyan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Adam" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Asilar" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bergauer" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.97.072008" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904894v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuan Pham" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2017.10.054" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RVSHF0T5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01383032v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Khachatryan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besan&#231;on" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Couderc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dejardin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Denegri" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.012009" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01368772v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.015202" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01362517v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/01/P01020" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01430542v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Sirunyan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)061" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01362519v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.01.027" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01424868v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.06.053" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974787v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Nguyen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Louarn" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2017.02.032" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01424867v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)162" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01344460v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.11.001" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01400604v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.04.005" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01449422v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2017)029" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01381106v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.092001" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01368774v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4730-z" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01389974v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)135" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01396119v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besancon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.02.012" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01372217v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.012003" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01280700v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4504-z" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01458780v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2017)003" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01449500v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2017)051" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974806v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korn Taksapattanakul" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tulyapong Tulyapitak" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranee Phinyocheep" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polphat Ruamcharoen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jareerat Ruamcharoen" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2016.11.016" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0DVS8DZD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01387006v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2017)013" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01376026v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4781-1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01351564v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.01.073" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01456783v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.082301" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01396812v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4718-8" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01304604v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.96.014915" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01323688v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.02.007" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01334567v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.12.009" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01320612v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.07.001" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01393196v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.162301" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01450075v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2017)046" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01424863v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.04.043" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01427751v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.08.069" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01360531v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.05.074" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01381107v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.052002" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01415369v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4853-2" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01368771v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)156" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01430539v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/04/P04023" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01383030v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)079" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533379v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chauvet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charrier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assaf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Thouand" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/05704928.2016.1209760" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01424245v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.06.062" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01368773v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.02.010" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01327679v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)032" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01323690v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.021802" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01430540v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2017)076" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01334566v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)096" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01400588v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)048" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01396129v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2017)022" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01450073v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.07.022" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01400577v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5140-y" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01388428v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.02.040" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01379157v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2017)076" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974802v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2017.04.006" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2JXV456B-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01404605v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)101" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01376017v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.122301" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01357547v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4573-z" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01449457v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-5182-1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01458781v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4828-3" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01320601v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.01.075" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346043v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/02/P02014" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01419177v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2017)136" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01474088v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.06.064" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01430537v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.96.012004" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01376035v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.07.047" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01409593v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.05.019" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01409594v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2017)077" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01380410v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2017)028" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01393197v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.04.031" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01374203v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.95.012011" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01383031v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2017)018" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01424865v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2017)106" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01348858v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.01.011" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01235919v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.052011" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01247441v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.044" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01251944v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.052007" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214882v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.01.010" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214881v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4105-x" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01304029v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4149-y" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291737v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.07.006" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01350639v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.10.054" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01341853v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.052006" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01272008v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.092009" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01362518v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2016)055" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01261943v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4067-z" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01328829v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aad" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Barnovska" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Berger" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delmastro" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Di Ciaccio" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)045" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01228467v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2016)035" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01334137v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.03.060" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01224699v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2016)125" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01899039v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Olivier" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hiard" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.05.006" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHKHPVX3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01310279v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.031802" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01292381v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.052012" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01250550v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2016)156" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01284717v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2016)169" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199147v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.072004" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01188998v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3853-3" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01249888v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2016)005" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974818v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugur Tamer" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vibspec.2016.09.005" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X8J625FQ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01220805v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/01/P01019" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01180716v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.03.046" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01272009v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2016)027" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01280699v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.088" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01202940v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3956-5" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346036v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ganjour" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Givernaud" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gras" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hamel De Monchenault" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.09.062" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01323689v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.10.007" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01281909v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4292-5" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01338139v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.112009" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01316400v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4286-3" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01294908v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2016)088" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01353566v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2016)123" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331544v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2016)129" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01313475v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)051" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01274541v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.06.004" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01285920v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.07.065" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01206391v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)166" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01186112v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.034014" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01186099v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.02.002" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01277666v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.002" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01288366v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fabbro" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2016)006" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01285921v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.087" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01207510v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)006" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01219654v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)079" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01341854v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2016)013" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01347429v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2016)083" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01364849v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.112005" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01316401v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)122" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01237262v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-3988-x" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214587v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2016)096" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01247439v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4083-z" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01253541v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4205-7" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01259158v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4156-z" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214854v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.172302" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01372972v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.112004" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01278250v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.06.080" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01237926v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.071801" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01171155v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.12.017" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01227867v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.003" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199146v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.063.027" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01274544v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4346-8" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01307116v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)119" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01217659v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.052002" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01231357v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.005" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01226175v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2016)073" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01280698v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4206-6" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01348859v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2016)147" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01310733v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.94.072002" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291738v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.092006" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01274542v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.06.039" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01187903v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.032301" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01285308v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP08(2016)029" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01249889v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.05.033" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01284716v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4293-4" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199148v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.93.012003" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01285309v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2016)027" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01206392v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP06(2016)177" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01314226v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4261-z" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01331545v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.051802" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01214597v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.01.056" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974813v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.12.035" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5VM6FXBT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01188995v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2015)189" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01179198v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.10.004" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01180409v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.072010" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01899047v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Triranat Peng-Ubol" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pilard" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11694-015-9230-y" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01215807v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP12(2015)178" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01188996v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP11(2015)018" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974827v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aykut Onay" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakan Ciftci" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akif G&#246;ktu&#287; Bozkurt" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demet Cetin" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-014-2624-7" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00933898v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan de Mon&#232;s" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bertolus" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Salaun" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dubrulle" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Ferri&#233;" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anorl.2012.09.003" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2ZFKDK5M-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974811v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarawut Prasertsri" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nittaya Rattanasom" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakrit Sirisinha" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2013.04.007" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TKH9RD6L-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00935963v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vergez" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Morini&#232;re" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Mon&#232;s" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anorl.2012.09.004" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HTB8FSWV-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334802v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kengne-Momo" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Daniel" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jeyachandran" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pilard" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/462901" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974977v2" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Durand" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13758-012-0067-1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599312v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hnaien" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ruffin" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bordes" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Marcillat" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377994v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Esnault" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Daniel" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-010-4032-x" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-T0ZXS9RX-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076423v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bessaad" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sigovan" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alsaid" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Souza" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Provost" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/RLI.0b013e3181d78030" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443170v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Brisset" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Desestret" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devillard" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcellino" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chauveau" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511710v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Khadro" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Leca-Bouvier" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barbier" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Blum" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sl.2009.1158" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013680v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Briancon" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589546v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lessard" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;duit" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.1679" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2X9CTL2X-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587104v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dutrop" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2005.08.026" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VMCDVK50-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00258881v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan de Mones" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hans" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine M&#233;nard" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollivier Laccourreye" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580137v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chauviere" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0043-1354(01)00262-7" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0FRC0TPL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974838v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Heduit" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079109v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Tricart" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Durrieu" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst:1997014" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00220360v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Raoux" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sadoc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sadoc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fontaine" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:1980853" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1783A653D5A3B0AB72C427647E8194CAE0EB7B1A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493600v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Bossard" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05022324v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynaud" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-775" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705459v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Bakhos" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Rumpel" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Biron" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Felbacq" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Patureau" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705440v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505425v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705488v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708871v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Ledieu" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Nam Phuong" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tramoy" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Dris" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03878763v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehaut" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505483v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505476v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338396v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Reyes-Almanza" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dimitrov" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/09/C09046" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403553v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ramirez-Sanchez" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/11/C11011" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338397v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Uribe Estrada" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.Carpinteyro Bernardino" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.Castaneda Hernandez" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/09/C09045" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862019v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/10/C10037" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148269v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gelmi" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/05/C05012" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363426v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Voevodina" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/10/C10027" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876355v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Shah" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hadjiska" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/11/C11012" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186308v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.S. Lee" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.W. Cho" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Choi" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hong" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kang" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3938/jkps.73.1080" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897175v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zaganidis" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/13/09/C09001" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01337618v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cimmino" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crucy" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. O. Rios" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/09/C09017" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416290v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fortgang" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tite" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barnier" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zehani" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maddi" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5b10647" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01313686v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. S. Lee" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. S. Hong" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jo" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. W. Kang" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/08/C08008" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01327899v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shopova" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Aleksandrov" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hadjiiska" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Iaydjiev" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sultanov" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01429776v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Gul" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanco" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/10/C10013" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01327074v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gouzevitch" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Laktineh" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Buridon" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261882v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourquard" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Titte" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.C. Rojas" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01081555v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Braiek" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ea Sapountzi" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Chateaux" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vocanson" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599548v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tekaya" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Namour" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Saiapina" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ouada" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349757v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganesh Sockalingum" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013714v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349766v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349777v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. Kengne-Momo" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Assaf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3482548" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761890v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Emmanuel Delphin" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lievremont" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Lett" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Muller" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703685v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Colombini" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Baztan" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dignac" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.nxfehjfph" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185541v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309538v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bergmann" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Booth" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Broglio" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Carrasco" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00170-8" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961037v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gerdts" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Thomas" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Herzke" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haeckel" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Scholz-B&#246;ttcher" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-812271-6.00118-6" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02583736v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>