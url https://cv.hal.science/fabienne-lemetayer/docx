--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -100,5027 +100,5036 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation d’une équipe mobile de résolution de crise, mieux à la maison qu’à l’hôpital ?</w:t>
+                <w:t xml:space="preserve">Relationship between negative emotions and physical activity engagement after colorectal cancer: a network analysis study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Saez</w:t>
+                <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tassadit Taïeb</w:t>
+                <w:t xml:space="preserve">Priscille Reinert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laken Ndjoh Eton</w:t>
+                <w:t xml:space="preserve">Marine Asselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Demessance</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christine Rotonda</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soins Psychiatrie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Supportive Care in Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (5), pp.437. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00520-025-09439-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05448901v1</w:t>
+                <w:t xml:space="preserve">hal-05448930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between negative emotions and physical activity engagement after colorectal cancer: a network analysis study</w:t>
+                <w:t xml:space="preserve">Evaluation d’une équipe mobile de résolution de crise, mieux à la maison qu’à l’hôpital ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+                <w:t xml:space="preserve">Laura Saez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscille Reinert</w:t>
+                <w:t xml:space="preserve">Tassadit Taïeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Asselin</w:t>
+                <w:t xml:space="preserve">Laken Ndjoh Eton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Rotonda</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valérie Demessance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Rundstadler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Supportive Care in Cancer</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Soins Psychiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 46 (358), pp.34-38</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05448930v1</w:t>
+                <w:t xml:space="preserve">hal-05448901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can a crisis resolution team replace an inpatient ward? Results from a French quasi-experimental study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Saez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laken Ndjoh Eton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Demessance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Rundstadler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Harquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Health Services Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 25 (404), pp.1-11</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, 25 (404), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12913-025-12396-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’expérience des pères ayant un enfant hospitalisé pour tumeur cérébrale : une étude exploratoire sur les points de vue des pères et des soignants français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Hassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Julie Bourque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin du Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 112 (12), pp.1360-1370. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bulcan.2025.05.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05230393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceptions des patientes ostéoporotiques vis-à-vis des traitements prescrits : une étude qualitative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Poivret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemetayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue québécoise de psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 44 (3), pp.82-107. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7202/1114901ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le corps dans la relation soignant-soigné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérontologie et Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 45 (175), pp.235-248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between prescribed anti-osteoporotic treatment and necessity-concerns assessment: a psychological network analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Poivret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 43, pp.4098-4112. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12144-023-04611-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04402059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pleine conscience et thérapie des schémas dans l’addiction au cannabis : une revue systématique de la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Becker - Veinnant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Fall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Francophone de Clinique Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, XXVII (2), pp.48-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04402024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieillissement normal et trisomie 21 : quels effets sur la cognition ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neuropsychological assessment of adults with Down syndrome in Memory Centers: A systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïck Besozzi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+                <w:t xml:space="preserve">Amelie Coquelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaick Besozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Lemetayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de Neuropsychologie Clinique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (1), pp.79-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/pnv.2022.1025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402174v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life engagement and anxiety-depressive symptoms in adolescents and young adults with or without a cancer history and their mothers: a dyadic analytic approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Vieillissement normal et trisomie 21 : quels effets sur la cognition ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Coquelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïck Besozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J.-B. Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer Care</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Cahiers de Neuropsychologie Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.71-76</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402157v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04402174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropsychological assessment of adults with Down syndrome in Memory Centers: A systematic review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amelie Coquelet</w:t>
+                <w:t xml:space="preserve">Life engagement and anxiety-depressive symptoms in adolescents and young adults with or without a cancer history and their mothers: a dyadic analytic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaick Besozzi</w:t>
+                <w:t xml:space="preserve">Manon Florquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Roussel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Lemetayer</w:t>
+                <w:t xml:space="preserve">Pascal Chastagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-B. Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/pnv.2022.1025⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31 (6), pp.e13745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ecc.13745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03712143v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04402157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de la représentation des traitements anti-ostéoporotiques sur l’observance thérapeutique : revue systématique de la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Poivret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Marocaine de Rhumatologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 61, pp.30-39. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24398/A.461.2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03844084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation et validation de la version française de l’échelle d’évaluation de la relation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Saramago</w:t>
+                <w:t xml:space="preserve">French Validation of the Life Engagement Test Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Florquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+                <w:t xml:space="preserve">Laura Saez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamel Gana</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">International journal of psychology &amp; behavior analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, pp.176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psfr.2020.09.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15344/2455-3867/2021/176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03161406v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03254517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French Validation of the Life Engagement Test Scale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Adaptation et validation de la version française de l’échelle d’évaluation de la relation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Saramago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamel Gana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International journal of psychology &amp; behavior analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15344/2455-3867/2021/176⟩</w:t>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2020.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03254517v1</w:t>
+                <w:t xml:space="preserve">hal-03161406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualitative Methods Used to Generate Questionnaire Items: A Systematic Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Laetitia Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Rotonda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Qualitative Health Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 29 (1), pp.149-156. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/1049732318783186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01885992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illness perception and quality of life of HIV-positive persons: mediation effects of tenacious and flexible goal pursuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Catunda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Maria Fleury Seidl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychology, Health and Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 22 (2), pp.129-137. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/13548506.2016.1146404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01817499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualidade de vida de pessoas vivendo com HIV/aids: efeitos da percepção da doença e de estratégias de enfrentamento</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Catunda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Maria Fleury Seidl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psicologia: Teoria e Pesquisa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 32 (esp Brasilia), pp.1-7. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1590/0102-3772e32ne218⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation de la qualité de vie au quotidien des enfants ayant un passé de cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-B. Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chastagner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 23 (5), pp.447-454. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.arcped.2016.02.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality of life in pediatric cancer survivors : A new contribution including goal concept</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chastagner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Child, Youth and Family Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6 (4-1), pp.709 - 729. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18357/ijcyfs.641201515054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01815769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revealing the creative process in music psychotherapy by applying a test of creative thinking and clinical observational frames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Scholer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lony Schiltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nordic Journal of Music Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 25 (3), pp.229 - 247. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/08098131.2015.1034757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01815985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liens entre tracas de la vie quotidienne à l’âge scolaire et symptômes dépressifs : apports des échelles ISQVE©</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation et francophonie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Le stress à l'école, 18 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01816641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Children’s Quality of Life Assessment: Child Quality of Life Systemic Inventory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Missotten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psicologia : Reflexão e Crítica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 27 (2), pp.282 - 290. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1590/1678-7153.201427208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01793983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le groupe thérapeutique comme objet de recherche en réhabilitation psychiatrique stationnaire. Mise en place et évolution d’une psychothérapie à médiation musicale de groupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Scholer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lony Schiltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de musicothérapie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (1), pp.29-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’élaboration de schémas d’observation clinique en psychothérapie à médiation musicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Scholer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lony Schiltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de musicothérapie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 33 (3), pp.65-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Item reduction based on rigorous methodological guidelines is necessary to maintain validity when shortening composite measurement scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Goetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Christine Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Montel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 66 (7), pp.710 - 718. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jclinepi.2012.12.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01795566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mesure de la qualité de vie à travers les âges : apport de l'Inventaire Systémique de Qualité de Vie©</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Francophone de Clinique Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 17 (1), pp.2-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrépance et domaines de vie de l’ISQV-E : quels liens avec le mal-être de l’enfant ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Missotten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Dupuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Francophone de Clinique Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 17 (1), pp.34-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Gap Concept as a Quality of Life Measure: Validation Study of the Child Quality of Life Systemic Inventory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Spitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Missotten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Indicators Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 100 (2), pp.241-257. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11205-010-9614-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse canonique des interactions de tutelle parentale face à de jeunes enfants typiques et porteurs d’une trisomie 21</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année psychologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 110 (03), pp.379-399. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4074/S0003503310003040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obésité infantile et 'style causal' : étude comparative entre un groupe d'enfants obèses et un groupe d'enfants témoins de poids normal</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Les instruments de mesure des stratégies adaptatives des enfants face à une maladie chronique : une revue de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Chateaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 15 (2), pp.162-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.arcped.2007.11.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949943v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les instruments de mesure des stratégies adaptatives des enfants face à une maladie chronique : une revue de la littérature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Les instruments de mesure des stratégies adaptatives des enfants face à une maladie chronique : une revue de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Chateaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 15 (2), pp.162-169. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.arcped.2007.11.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.arcped.2007.11.004⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02954026v1</w:t>
+                <w:t xml:space="preserve">hal-02949948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les instruments de mesure des stratégies adaptatives des enfants face à une maladie chronique : une revue de la littérature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Obésité infantile et 'style causal' : étude comparative entre un groupe d'enfants obèses et un groupe d'enfants témoins de poids normal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Wolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Véronique Chateaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 56 (1), pp.32-58</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949948v1</w:t>
+                <w:t xml:space="preserve">hal-02949943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'enfant atteint d'un cancer : répercussions sur sa vie scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Francophone du Stress et Trauma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 7 (3), pp.226-232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déficience mentale, conduites d'autonomisation et résolution de problème en période précoce : analyse factorielle des comportements parent–enfant non déficient et porteur d'une trisomie 21</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Pratiques éducatives parentales face à des enfants porteurs d'une trisomie 21 et des enfants non déficients : étude comparative d'une activité conjointe d'encastrement en période précoce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-B. Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 51 (4), pp.461-474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.PSFR.2006.04.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.erap.2005.09.001⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02949952v1</w:t>
+                <w:t xml:space="preserve">hal-02949946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques éducatives parentales face à des enfants porteurs d'une trisomie 21 et des enfants non déficients : étude comparative d'une activité conjointe d'encastrement en période précoce</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Déficience mentale, conduites d’autonomisation et résolution de problème en période précoce : analyse factorielle des comportements parent–enfant non déficient et porteur d’une trisomie 21</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J.-B. Lanfranchi</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 56 (3), pp.179-189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.erap.2005.09.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.PSFR.2006.04.001⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02949946v1</w:t>
+                <w:t xml:space="preserve">hal-02954079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déficience mentale, conduites d’autonomisation et résolution de problème en période précoce : analyse factorielle des comportements parent–enfant non déficient et porteur d’une trisomie 21</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Evaluation de la qualité de vie des enfants et des adolescents avec une déficience intellectuelle pris en charge dans un institut spécialisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gueffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Francophone de la Déficience Intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 17, pp.65-77</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02954079v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approches sociocognitives du développement des enfants porteurs de trisomie 21</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.-E. Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 51 (4), pp.377-380. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2006.07.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de la qualité de vie des enfants et des adolescents avec une déficience intellectuelle pris en charge dans un institut spécialisé</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Déficience mentale, conduites d'autonomisation et résolution de problème en période précoce : analyse factorielle des comportements parent–enfant non déficient et porteur d'une trisomie 21</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Gueffier</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Francophone de la Déficience Intellectuelle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 56 (3), pp.179-189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.erap.2005.09.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02954017v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement de l'autorégulation du comportement dans un contexte interactionnel au cours de la deuxième année de vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année psychologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 105 (4), pp.573-590. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/psy.2005.30493⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contexte scolaire et estime de soi à l'adolescence : étude comparative entre adolescents non déficients et adolescents présentant une déficience intellectuelle légère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Kraemer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Psychoéducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 34 (1), pp.57-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What kinds of input influence the memorization of object names by 4- and 5-year-olds?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Germaine Pêcheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Developmental Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 2 (2), pp.147-162. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/17405620444000292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies d'ajustement des mères et des pères d'enfants anciens prématurés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Recchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Devenir - Revue européenne du développement de l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 17 (4), pp.303-321. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/dev.054.0303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le DLPF : un nouvel outil pour l'évaluation du développement du langage de production en français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bassano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Champaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 57 (2), pp.171-208. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/enf.572.0171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mémorisation des noms d'objets à 4 ans : effets du type d'organisation et du discours parental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 56 (466), pp.599-608</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of parental input and effect of children’s competence on the recall of object names in preschool children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Germaine Pêcheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Psychologie Cognitive - Current Psychology of Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 21 (1), pp.91-111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le recours à l’aide d’autrui chez de jeunes enfants trisomiques 21</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Francophone de la Déficience Intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 12 (2), pp.101-109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des caractéristiques propres à l'enfant sur les modalités d'étayage parental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 36 (3), pp.145-151. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207590042000083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a suitable concept for tutoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 15 (2), pp.221-233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrichir la notion d’interaction de tutelle : Contributions de recherches empiriques sur les résolutions de problème avec de jeunes enfants déficients et sur les interventions d’aides paternelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 67 (262-63), pp.275-292</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5130,3318 +5139,3318 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre les représentations des patientes ostéoporotiques : un enjeu majeur pour améliorer l’observance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Poivret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemetayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38e Journée Scientifique du GRIO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe de Recherche et d’Information sur les Ostéoporoses, Jan 2025, Salons de l'Aveyron (Paris), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04896422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les aspects psychologiques des traitements anti-ostéoporotiques : une analyse en réseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Poivret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les apports de la psychologie au regard des inégalités sociales de santé : comprendre et agir tout au long de la vie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Francophone de Psychologie de la Santé (AFPSA), Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05230358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nécessité-Préoccupations : une perception clé pour optimiser la prise en charge des femmes avec ostéoporose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Poivret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les apports de la psychologie au regard des inégalités sociales de santé : comprendre et agir tout au long de la vie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Francophone de Psychologie de la Santé (AFPSA), Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05230371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles sont les perceptions des patientes ostéoporotiques et de leurs rhumatologues sur la maladie, le traitement et la relation patient-médecin ? Une analyse qualitative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Poivret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36è Congrès de la Société Française de Rhumatologie (SFR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04346084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet du conflit vie professionnelle-vie privée sur le burnout des femmes avec un passé de cancer du sein : étude comparative avec un groupe contrôle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Saramago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Travail et Cancer du Cancéropôle Grand Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de stresseurs relatifs à la vie professionnelle sur le burnout : étude comparative entre des femmes avec et sans passé de cancer du sein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Saramago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Congrès de l’Association Française de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bien-être psychologique au travail chez les femmes avec un passé de cancer du sein : étude comparative avec un groupe contrôle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Saramago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59e Congrès de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burnout et retour au travail après un cancer : étude comparative entre des adultes avec et sans passé de cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Saramago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23e Journées Internationales de Psychologie Différentielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Luxembourg, Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des mesures de santé et des ressources psychologiques sur la qualité de vie des PVVIH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Catunda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Maria Fleury Seidl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Congrès de l’Association Française de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment gérer le doute du patient en ETP ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7èmes Journées ETP Rhumato Grand Est « Education Thérapeutique du Patient »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02948584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminants de la qualité de vie chez les adolescents en situation d’après cancer : Étude comparative avec une population d’adolescents sans passé de cancer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Répercussions de l’après cancer sur les ressources psychologiques à l’adolescence : une approche comparative avec des adolescents sans passé de cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Florquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Saramago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Chastagner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e journée interrégionale Recherche et Pédiatrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">9e Congrès de l’Association Française de Psychologie de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949689v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality of life in adolescents survivors of cancer compared to adolescents from the general population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Florquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chastagner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Forum du Cancéropôle Grand-Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Répercussions de l’après cancer sur les ressources psychologiques à l’adolescence : une approche comparative avec des adolescents sans passé de cancer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Qualité de vie des dyades mères-adolescents avec un passé de cancer : Étude comparative avec une population contrôle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Florquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chastagner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e Congrès de l’Association Française de Psychologie de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">3e Journée d’Échanges sur la Recherche en Cancérologie en Lorraine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949734v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité de vie des dyades mères-adolescents avec un passé de cancer : Étude comparative avec une population contrôle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Reprise de l'activité professionnelle après un cancer : une approche dyadique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Saramago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Chastagner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3e Journée d’Échanges sur la Recherche en Cancérologie en Lorraine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949726v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualité de vie et passé de cancer en période pédiatrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chastagner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2e journée interrégionale Recherche et Pédiatrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reprise de l'activité professionnelle après un cancer : une approche dyadique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Qualité de vie et influences réciproques au sein des dyades mère-adolescent en rémission d’un cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Florquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3e Journée d’Échanges sur la Recherche en Cancérologie en Lorraine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Nancy, France</w:t>
+              <w:t xml:space="preserve">18e colloque de la Recherche de la Ligue Nationale Contre le Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949729v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité de vie et influences réciproques au sein des dyades mère-adolescent en rémission d’un cancer</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Impact of illness perception in the quality of life of Brazilians living with HIV/AIDS.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Catunda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Maria Fleury Seidl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18e colloque de la Recherche de la Ligue Nationale Contre le Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Nancy, France</w:t>
+              <w:t xml:space="preserve">30th European Health Psychology Society European Health Psychology Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Aberdeen, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949686v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of illness perception in the quality of life of Brazilians living with HIV/AIDS.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Déterminants de la qualité de vie chez les adolescents en situation d’après cancer : Étude comparative avec une population d’adolescents sans passé de cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Florquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chastagner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th European Health Psychology Society European Health Psychology Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Aberdeen, United Kingdom</w:t>
+              <w:t xml:space="preserve">2e journée interrégionale Recherche et Pédiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949719v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'impact de la gestion des buts sur la détresse émotionnelle et la qualité de vie : Comparaison entre des personnes vivant ou non avec le VIH.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Catunda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Maria Fleury Seidl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e Congrès International de Psychologie de la Santé de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goal Pursuit and Illness Perception: Effects on Quality of Life of People Living With HIV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Catunda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Maria Fleury Seidl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conceptual Framework about the representation among HIV Women: the Health Models.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Catunda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Maria Fleury Seidl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference for the Social Sciences and Humanities in HIV Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Impact of Time Span into the Quality of Life of HIV Positive Individuals.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Catunda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Maria Fleury Seidl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la prédiction à 1 an du mal-être de l'enfant par les domaines de vie de l’ISQV-E©</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Horn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53e Congrès National de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualité de vie en oncologie pédiatrique : analyse comparative d’enfants en traitement et hors traitement au moyen d’un outil modulaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Missotten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hoyoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Spitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">78ème Congrès de l’Association francophone pour le savoir (ACFAS): "Découvrir aujourd’hui ce que sera demain"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels sont les processus et les domaines de vie de l’ISQV-E les plus prédicteurs de la souffrance dépressive chez l’enfant ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-B. Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">78ème Congrès de l’Association francophone pour le savoir (ACFAS): "Découvrir aujourd’hui ce que sera demain"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Inventaire Systémique de Qualité de Vie pour Enfants (ISQV-E ) : Etude de validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Missotten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Spitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Dupuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IVe Congrès International de Psychologie de la Santé de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Canonical correlation analysis of parental scaffolding with no deficient and Down syndrome children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixth European Conference on Psychological Theory and Research on Mental Retardation and Cognitive Developmental Disabilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire face à la prématurité : étude comparative portant sur des stratégies d’ajustement des mères et des pères d’enfants anciens prématurés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Recchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées internationales de la prématurité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions de tutelle, compétence et déficience mentale précoce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entretiens de la Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2004, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évaluation du développement lexical entre 1 an et 4 ans : présentation du DLPF (Développement du Langage de Production en Français)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bassano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Champaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Enseignement et Apprentissage du Lexique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2003, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la méthodologie sur l’étude du lexique : Production naturelle vs rapports parentaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bassano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Champaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès « Early Lexical Development » : longitudinal and crosslinguistic perspectives"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2002, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prévention des troubles des interactions mère-enfant lors des naissances prématurées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Loria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Premier Congrès Français de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2001, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une comparaison entre production spontanée et rapports parentaux : le lexique de production à 30 mois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bassano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Champaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Early lexicon acquisition: normal and pathological development"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2001, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of parental interventions and of children’s age on memorizing object names in preschoolers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Germaine Pêcheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Communication, Problem-solving and Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2001, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recours à l’aide d’autrui, développement cognitif et déficience mentale précoce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’étude sur formation et apprentissages de la personne déficiente intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2000, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8451,4492 +8460,4492 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La perception que les patientes ostéoporotiques ont de leur maladie influence-t-elle la perception de la nécessité de prendre son traitement et les préoccupations inhérentes à celui-ci ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Poivret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36è Congrès Français de Rhumatologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04346105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre nécessité et préoccupations vis-à-vis des traitements anti-ostéoporotiques : quels sont les facteurs d'influence ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Poivret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Promouvoir des comportements favorables pour la santé : Enjeux théoriques et méthodologiques. 12ème congrès de l'Association Francophone de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations cognitives et émotionnelles de l’ostéoporose sur les croyances liées aux traitements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Poivret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Promouvoir des comportements favorables pour la santé : Enjeux théoriques et méthodologiques. 12ème congrès de l'Association Francophone de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations par les patientes et leurs médecins rhumatologues du traitement médicamenteux anti-ostéoporotique : résultats préliminaires d'une approche qualitative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème Congrès de l'Association Francophone de Psychologie de la Santé.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03282115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management of the disease by osteoporotic patients : Preliminary results of a qualitative approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35th Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Bratislava, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The patient physician relationship across therapeutic observance and their expectations of treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd International Congress of Psychology (ICP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Prague, Czech Republic. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03291864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osteoporosis, perception of disease and observance to therapy : presentation of a thesis work design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd Annual Conference of the European Health Psychology Society - EHPS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02945491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillissement, Ostéoporose et Adhésion thérapeutique : Premiers résultats d'un travail de recherche exploratoire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">60e Congrès annuel de la Société Française de Psychologie : Apprentissages, Vulnérabilités, Préventions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02945465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation française de l’échelle Health Engagement Control Strategies (HECS) de Wrosch, Schulz et Heckhausen (2002)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Quality of life in adolescent survivors of childhood cancer: a comparative approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Florquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e Congrès de l’Association Française de Psychologie de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Metz, France</w:t>
+              <w:t xml:space="preserve">International Congress of Applied Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949736v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variables Involved in Burnout among Couples with and without a Past Cancer: Preliminary Results</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">La santé mentale au travail au sein des couples ayant un passé de cancer : Influences réciproques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Saramago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress of Applied Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">11e Forum du Canceropôle Grand Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949769v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quality of life in adolescent survivors of childhood cancer: a comparative approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Variables Involved in Burnout among Couples with and without a Past Cancer: Preliminary Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Saramago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manon Florquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress of Applied Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949770v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La santé mentale au travail au sein des couples ayant un passé de cancer : Influences réciproques.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Adaptation française de l’échelle Health Engagement Control Strategies (HECS) de Wrosch, Schulz et Heckhausen (2002)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Catunda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Maria Fleury Seidl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Forum du Canceropôle Grand Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Reims, France</w:t>
+              <w:t xml:space="preserve">10e Congrès de l’Association Française de Psychologie de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949772v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fear of cancer recurrence: A Franco-German approach project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Westerkamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st annual conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Padova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variables Involved in Burnout among Couples with and without a Past Cancer: Preliminary Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Saramago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Florquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st annual conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Padova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Life engagement: a predictive variable of quality of life in adolescents survivors of cancer ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Florquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Saramago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st annual conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Padova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of disease perception : coping, quality of life of people living with HIV/AIDS</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Bien être au travail et influences réciproques chez les couples face à la reprise de l'activité professionnelle après un cancer, une approche dyadique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Saramago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Florquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th European Health Psychology Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Aberdeen, United Kingdom</w:t>
+              <w:t xml:space="preserve">9e Congrès de l’Association Française de Psychologie de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949683v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reciprocal influences in the adjustment of couple facing return to work after cancer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Analysis of dyadic relationships between mothers and adolescents cancer survivors using the Actor-Partner Interdependence Model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Florquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Saramago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Aberdeen, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949681v1</w:t>
+                <w:t xml:space="preserve">hal-02949680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bien être au travail et influences réciproques chez les couples face à la reprise de l'activité professionnelle après un cancer, une approche dyadique</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Etude d'une nouvelle forme abrégée de l'échelle ténacité-flexibilité à partir de la version allemande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e Congrès de l’Association Française de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949684v1</w:t>
+                <w:t xml:space="preserve">hal-02949685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of dyadic relationships between mothers and adolescents cancer survivors using the Actor-Partner Interdependence Model.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Reciprocal influences in the adjustment of couple facing return to work after cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Saramago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Florquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Aberdeen, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949680v1</w:t>
+                <w:t xml:space="preserve">hal-02949681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude d'une nouvelle forme abrégée de l'échelle ténacité-flexibilité à partir de la version allemande</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Impact of disease perception : coping, quality of life of people living with HIV/AIDS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleida Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Catunda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e Congrès de l’Association Française de Psychologie de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">30th European Health Psychology Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Aberdeen, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949685v1</w:t>
+                <w:t xml:space="preserve">hal-02949683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mindfulness and alimentation : comprehend differently emotions, food sensations and sensoriality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Florquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Limassol, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patient-Reported Outcomes: a systematic review on how items are generated using a qualitative research approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Spitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Limasso, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stressors and Post-traumatic Embitterment Disorder Among Asylum Seekers and Refugees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Ndzebir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lony Schiltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation de la version française de l’échelle de ténacité / flexibilité (TGP/FGA) auprès des personnes vivant avec le VIH.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Catunda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Maria Fleury Seidl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e Congrès International de Psychologie de la Santé de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Impact of Social Support on Quality of Life and Emotional Distress of HIV-positive People</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Catunda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Desannaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorine Drouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patients’ evolution on the emotional dimension during music therapy sessions in psychiatric rehabilitation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Coping with stress and quality of life among refugees and asylum seekers: A systematic review of literature.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Ndzebir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lony Schiltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949645v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping with stress and quality of life among refugees and asylum seekers: A systematic review of literature.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patients’ evolution on the emotional dimension during music therapy sessions in psychiatric rehabilitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Myriam Scholer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lony Schiltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949642v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The psychosocial aspects of motherhood among drug-addicted mothers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Dautel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The fall in the elderly, a stressful life event.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fisselbrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Catunda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité de vie des enfants atteints de mucoviscidose et de leurs parents: Quels sont les prédicteurs ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Père et mère face à l’hospitalisation de leur enfant : approches différentes, complémentaires ou similaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Catunda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e Congrès de l'Association Francophone de Psychologie de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Lille, France</w:t>
+              <w:t xml:space="preserve">54e Congrès National de la Société Française de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949615v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Père et mère face à l’hospitalisation de leur enfant : approches différentes, complémentaires ou similaires ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">La qualité de vie des aidants familiaux de patients atteints de démences type Alzheimer.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Catunda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54e Congrès National de la Société Française de Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Montpellier, France</w:t>
+              <w:t xml:space="preserve">7e Congrès de l'Association Francophone de Psychologie de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949634v1</w:t>
+                <w:t xml:space="preserve">hal-02949620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La qualité de vie des aidants familiaux de patients atteints de démences type Alzheimer.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Qualité de vie des enfants atteints de mucoviscidose et de leurs parents: Quels sont les prédicteurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malorie Touchèque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Missotten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7e Congrès de l'Association Francophone de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2012, Metz, France</w:t>
+              <w:t xml:space="preserve">, Dec 2012, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949620v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictors of generic and specific quality of life among paediatric cancer patients.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Les activités culturelles favorisent-elles la qualité de vie des enfants hospitalisés ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Catunda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25rd Annual Conference of the European Health Psychology Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Crete, Greece</w:t>
+              <w:t xml:space="preserve">53e Congrès National de la Société Française de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949576v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les activités culturelles favorisent-elles la qualité de vie des enfants hospitalisés ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Qualité de vie des personnes souffrant d’obésité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Jeanmougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53e Congrès National de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949597v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité de vie des personnes souffrant d’obésité</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">School-aged children’s comprehension of coping with pain: interviews based on quantitative self-reports. Example with a 9-year-old child</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Horn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53e Congrès National de la Société Française de Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Metz, France</w:t>
+              <w:t xml:space="preserve">25rd Annual Conference of the European Health Psychology Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949604v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">School-aged children’s comprehension of coping with pain: interviews based on quantitative self-reports. Example with a 9-year-old child</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Le vécu des enfants hospitalisés en attente de soins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vautaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25rd Annual Conference of the European Health Psychology Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Crete, Greece</w:t>
+              <w:t xml:space="preserve">6e Congrès International de Psychologie de la Santé de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949585v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le vécu des enfants hospitalisés en attente de soins.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">The Impact of Cultural Activities on Pediatric Hospitalized Patients’ Quality of Life.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Catunda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6e Congrès International de Psychologie de la Santé de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, Chambéry, France</w:t>
+              <w:t xml:space="preserve">25rd Annual Conference of the European Health Psychology Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949567v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Cultural Activities on Pediatric Hospitalized Patients’ Quality of Life.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Predictors of generic and specific quality of life among paediatric cancer patients.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Missotten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25rd Annual Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949589v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité de vie chez les enfants atteints de cancer ou non : Évaluation générique et modulaire.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Enfants en et hors traitements oncologiques : analyse comparative de leur qualité de vie et de leur vécu émotionnel.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Missotten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Badot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Hoyoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Dresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Forget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">78ème Congrès de l’Association francophone pour le savoir (ACFAS): "Découvrir aujourd’hui ce que sera demain"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Colloque réseau mère-enfant de la Francophonie. L’enfant différent : du diagnostic à la vie sociale.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949540v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enfants en et hors traitements oncologiques : analyse comparative de leur qualité de vie et de leur vécu émotionnel.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Organisation catégorielle et apprentissage chez les enfants avec trisomie 21</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque réseau mère-enfant de la Francophonie. L’enfant différent : du diagnostic à la vie sociale.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Liège, Belgique</w:t>
+              <w:t xml:space="preserve">11e Congrès de l’Association Internationale de Recherche scientifique en faveur des personnes Handicapées Mentales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949633v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organisation catégorielle et apprentissage chez les enfants avec trisomie 21</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Impact du diabète et du surpoids sur la qualité de vie à l’âge scolaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Cécile Beau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Congrès de l’Association Internationale de Recherche scientifique en faveur des personnes Handicapées Mentales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Mons, Belgique</w:t>
+              <w:t xml:space="preserve">3e édition des Journées Scientifiques de l’Université de Nantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949629v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact du diabète et du surpoids sur la qualité de vie à l’âge scolaire.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Qualité de vie chez les enfants atteints de cancer ou non : Évaluation générique et modulaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Missotten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3e édition des Journées Scientifiques de l’Université de Nantes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Nantes, France</w:t>
+              <w:t xml:space="preserve">78ème Congrès de l’Association francophone pour le savoir (ACFAS): "Découvrir aujourd’hui ce que sera demain"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949623v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques éducatives parentales face à des enfants porteurs d’une trisomie 21 et des enfants non déficients : étude d’une activité conjointe d’encastrement en période précoce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-B. Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès National de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2005, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02950006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire face a un placement en internat : étude de la situation particulière des enfants porteurs d’une déficience intellectuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gueffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IIIe Congrès International de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02950001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self esteem in school during adolescence : a comparison study of mentally deficient and non deficient adolescents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Kraemer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5e Conférence européenne "Psychological Theory and Research on Mental Retardation and Cognitive Developmental Disabilities"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La perception de la douleur physique par le personnel soignant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Walter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IIe Congrès international de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2003, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réactions du parent à la performance de l’enfant : une étude comparative entre enfants non déficients et trisomiques 21</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Perception of polyhandicapped pain by nurses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Walter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIIIe Symposium de l’Association de Psychologie Scientifique de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2002, Rouen, France</w:t>
+              <w:t xml:space="preserve">16th Conference of the European Health Psychology Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2002, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949984v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perception of polyhandicapped pain by nurses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Réactions du parent à la performance de l’enfant : une étude comparative entre enfants non déficients et trisomiques 21</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marielle Walter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Conference of the European Health Psychology Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2002, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">XXVIIIe Symposium de l’Association de Psychologie Scientifique de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2002, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949989v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coping strategies and prematurity : the early interactions in mother-premature newborn dyads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Loria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Spitz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th Conference of the European Health Psychology Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2002, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12946,117 +12955,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigénétique et santé psychologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trousselard Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Tarquinio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Collection UniversPsy. Dunod, pp.428, 2024, ISBN 9782100843442</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13066,455 +13075,455 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transmission transgénérationnelle traumatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ABC des Psychotraumas. Approches biologiques et cliniques des psychotraumas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ellipses, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05449000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’alliance thérapeutique dans les psychothérapies parent-bébé.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dunod, collection Aide-mémoire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’alliance thérapeutique en 66 notions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, pp.205-209, 2021, 9782100820887</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04402208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement émotionnel et communicatif chez les personnes avec une trisomie 21</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Labrell. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser autrement le développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mardaga, 2021, 9782804720049</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03316191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche développementale de l’adaptation : deux exemples d’analyse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Nader-Grosbois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cyril Tarquinio; Elisabeth Spitz. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie de l’adaptation : l’adaptation psychologique en question, théories et modèles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, de Boeck, pp.97-122, 2012, 2804169464</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évaluation du développement lexical entre 1 et 4 ans : présentation du DLPF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bassano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Champaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Francis Grossmann; Marie-Anne Paveau; Gérard Petit. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Didactique du lexique : langue, cognition, discours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ELLUG, pp.51-61, 2005, 9782843100680</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13524,236 +13533,236 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protocole VAL-RAS-FR : adaptation transculturelle et validation française de la Recovery Assessment Scale (RAS-FR) et développement des versions RAS-FR-EX (dimension existentielle) et RAS-FR-SF (Short Form)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Willig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Saez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Goetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (working paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05378105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contre-validation française des échelles de ténacité (TEN) et de flexibilité (FLEX) de Brandtstädter et Renner (1990)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Lemétayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03000483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId263"/>
+      <w:footerReference w:type="default" r:id="rId264"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13900,51 +13909,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448901v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Saez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tassadit Ta&#239;eb" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laken Ndjoh Eton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demessance" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Rundstadler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448930v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lem&#233;tayer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Reinert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Asselin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rotonda" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-025-09439-0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448956v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Harquet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230393v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Labrell" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lepage" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hassler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Julie Bourque" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2025.05.013" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834790v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poivret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lemetayer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1114901ar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448973v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Boutin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04402059v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-023-04611-3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04402024v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Becker - Veinnant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Fall" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04402174v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coquelet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Besozzi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04402157v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Florquin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chastagner" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Lanfranchi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecc.13745" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03712143v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Coquelet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Besozzi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Roussel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2022.1025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844084v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24398/A.461.2022" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03161406v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Saramago" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Gana" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2020.09.004" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03254517v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lanfranchi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15344/2455-3867/2021/176" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01885992v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Laetitia Ricci" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Guillemin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1049732318783186" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01817499v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Catunda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Maria Fleury Seidl" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2016.1146404" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949459v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0102-3772e32ne218" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949956v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2016.02.008" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01815769v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18357/ijcyfs.641201515054" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01815985v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Scholer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lony Schiltz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08098131.2015.1034757" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01816641v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01793983v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Fonseca" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Missotten" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Etienne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dupuis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1678-7153.201427208" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949828v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949827v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01795566v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Goetz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Coste" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Rat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Montel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2012.12.015" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F2BQ6G7H-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949815v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949820v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949404v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Spitz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11205-010-9614-7" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949393v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0003503310003040" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949943v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Wolf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954026v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chateaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2007.11.004" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9S87JRJ7-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949948v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949941v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949952v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2005.09.001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DN02BWG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949946v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.PSFR.2006.04.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P6NZCQZX-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954079v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949950v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-E. Laroche" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2006.07.001" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T9TMBQNP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954017v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gueffier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949925v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/psy.2005.30493" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949923v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Kraemer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949949v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Germaine P&#234;cheux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17405620444000292" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949940v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Recchia" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.054.0303" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949928v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bassano" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Champaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonnet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf.572.0171" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949930v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949934v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949931v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949936v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207590042000083" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GH25RNSZ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949938v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949939v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896422v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230358v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230371v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04346084v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949781v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949774v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949777v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949776v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949773v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02948584v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949689v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949732v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949734v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949726v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949688v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949729v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949686v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949719v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949656v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949649v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949635v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949647v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949592v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Horn" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949551v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoyoux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949542v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949958v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949959v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949962v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949963v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949965v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949968v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949974v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Loria" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949977v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949972v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949979v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04346105v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180005v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180003v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03282115v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325884v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03291864v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02945491v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02945465v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949736v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949769v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949770v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949772v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949866v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Westerkamp" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949870v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949880v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949683v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleida Lopes" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949681v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949684v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949680v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949685v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949839v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949844v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ricci" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949654v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Ndzebir" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949657v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949652v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Desannaux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorine Drouet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949645v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949642v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949640v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Dautel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949638v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fisselbrand" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949615v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malorie Touch&#232;que" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949634v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949620v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Grandjean" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949576v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949597v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949604v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Jeanmougin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949585v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949567v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vautaret" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949589v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949540v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949633v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Badot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Dresse" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Forget" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949629v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Plessis" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949623v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Beau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02950006v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02950001v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949998v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949994v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Walter" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949984v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949989v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949990v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04643366v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trousselard Marion" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Tarquinio" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449000v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04402208v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03316191v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949812v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nader-Grosbois" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949953v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378105v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Willig" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Soler" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03000483v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448930v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lem&#233;tayer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Reinert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Asselin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rotonda" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-025-09439-0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448901v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Saez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tassadit Ta&#239;eb" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laken Ndjoh Eton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demessance" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Rundstadler" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448956v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Harquet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-025-12396-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230393v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Labrell" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lepage" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hassler" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Julie Bourque" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2025.05.013" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834790v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poivret" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lemetayer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1114901ar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448973v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Boutin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04402059v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-023-04611-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04402024v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Becker - Veinnant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Fall" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03712143v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Coquelet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Besozzi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Roussel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2022.1025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04402174v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Coquelet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Besozzi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04402157v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Florquin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chastagner" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Lanfranchi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecc.13745" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844084v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24398/A.461.2022" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03254517v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lanfranchi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15344/2455-3867/2021/176" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03161406v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Saramago" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Gana" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2020.09.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01885992v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Laetitia Ricci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Guillemin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1049732318783186" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01817499v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Catunda" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Maria Fleury Seidl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2016.1146404" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949459v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0102-3772e32ne218" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949956v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2016.02.008" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01815769v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18357/ijcyfs.641201515054" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01815985v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Scholer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lony Schiltz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08098131.2015.1034757" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01816641v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01793983v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Fonseca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Missotten" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Etienne" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dupuis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1678-7153.201427208" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949828v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949827v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01795566v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Goetz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Coste" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Rat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Montel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2012.12.015" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F2BQ6G7H-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949815v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949820v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949404v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Spitz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11205-010-9614-7" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949393v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0003503310003040" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954026v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chateaux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2007.11.004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9S87JRJ7-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949948v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949943v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Wolf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949941v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949946v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.PSFR.2006.04.001" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P6NZCQZX-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954079v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2005.09.001" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DN02BWG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02954017v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gueffier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949950v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-E. Laroche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2006.07.001" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T9TMBQNP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949952v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949925v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/psy.2005.30493" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949923v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Kraemer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949949v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Germaine P&#234;cheux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17405620444000292" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949940v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Recchia" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.054.0303" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949928v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bassano" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Champaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonnet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf.572.0171" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949930v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949934v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949931v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949936v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207590042000083" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GH25RNSZ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949938v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949939v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896422v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230358v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230371v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04346084v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949781v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949774v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949777v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949776v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949773v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02948584v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949734v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949732v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949726v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949729v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949688v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949686v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949719v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949689v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949656v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949649v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949635v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949647v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949592v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Horn" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949551v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoyoux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949542v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949958v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949959v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949962v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949963v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949965v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949968v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949974v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Loria" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949977v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949972v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949979v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04346105v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180005v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180003v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03282115v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325884v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03291864v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02945491v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02945465v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949770v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949772v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949769v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949736v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949866v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Westerkamp" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949870v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949880v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949684v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949680v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949685v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949681v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949683v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleida Lopes" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949839v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949844v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ricci" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949654v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Ndzebir" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949657v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949652v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Desannaux" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorine Drouet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949642v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949645v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949640v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Dautel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949638v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fisselbrand" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949634v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949620v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Grandjean" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949615v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malorie Touch&#232;que" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949597v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949604v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Jeanmougin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949585v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949567v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vautaret" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949589v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949576v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949633v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Badot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Dresse" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Forget" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949629v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Plessis" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949623v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Beau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949540v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02950006v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02950001v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949998v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949994v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Walter" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949989v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949984v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949990v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04643366v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trousselard Marion" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Tarquinio" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449000v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04402208v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03316191v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949812v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nader-Grosbois" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02949953v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378105v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Willig" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Soler" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03000483v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>