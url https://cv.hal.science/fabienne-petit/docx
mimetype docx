--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabienne Petit </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Starting from the bottom: Contrasted trophic transfer of antibiotics and pesticides through a riverine food web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lorrain-Soligon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1002, pp.180617. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.180617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the impact of urban and hospital eco-exposomes on antibiotic-resistance dynamics in wastewaters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Henriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Buelow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Ploy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 924, pp.171643. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.171643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wild fish from a highly urbanized river (Orge, France) as vectors of culturable Enterobacterales resistant to antibiotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Vivant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Guigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/cjm-2023-01211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysbiosis of fish gut microbiota is associated with helminths parasitism rather than exposure to PAHs at environmentally relevant concentrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlie Molbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.11084. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-15010-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental contamination in a high-income country (France) by antibiotics, antibiotic-resistant bacteria, and antibiotic resistance genes: Status and possible causes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marisa Haenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bibbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Labanowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 159, pp.107047. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envint.2021.107047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: How effective are strategies to control the dissemination of antibiotic resistance in the environment? A systematic review (vol 9, 4, 2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drifa Belhadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Andremont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Evidence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (1), pp.9. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13750-021-00222-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03216922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Record of trace organic contaminants in a river sediment core: from historical wastewater management to historical use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thiebault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Blanchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 773, pp.145694. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.145694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03134012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How effective are strategies to control the dissemination of antibiotic resistance in the environment? A systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drifa Belhadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Andremont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Evidence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (1), pp.4. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13750-020-0187-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: What are the effective solutions to control the dissemination of antibiotic resistance in the environment? A systematic review protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Livoreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Couderc-Obert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Evidence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (1), pp.35. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13750-019-0179-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctionnement dégradé de la station d'épuration Seine Aval (Yvelines) du 3 au 5 juillet 2019 suite à l’incendie de l’unité de clarifloculation - Analyse de l’impact environnemental de l’événement sur la Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Guerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Richoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Garcia-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Azimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Rocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue L'Eau, L'Industrie, Les Nuisances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 424, pp.65-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02440142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are the effective solutions to control the dissemination of antibiotic resistance in the environment? A systematic review protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Livoreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Couderc-Obert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Evidence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (1), </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13750-018-0118-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spread of antibiotic resistance in water: a public health and environmental issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement, Risques &amp; Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17, pp.40-46. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/ers.2017.1098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02438961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct Aeromonas Populations in Water Column and Associated with Copepods from Estuarine Environment (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Jumas-Bilak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.1259. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.01259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change in the Structure of Escherichia coli Population and the Pattern of Virulence Genes along a Rural Aquatic Continuum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne P Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier P Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre P Servais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle P Gourmelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.609. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.00609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delineation of Taxonomic Species within Complex of Species: Aeromonas media and Related Species as a Test Case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Talagrand-Reboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Kimper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie M. Colston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joerg Graf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.621. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.00621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity of active microbial communities subjected to long-term exposure to chemical contaminants along a 40-year-old sediment core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cecillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 23 (5), pp.4095-4110. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-4506-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02110969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxicity of sediment-bound pollutants in the Seine estuary, France, using a Eurytemora affinis larval bioassay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Boulangé-Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Xuereb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 113, pp.169-175. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2014.11.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposure to vancomycin causes a shift in the microbial community structure without affecting nitrate reduction rates in river sediments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anniet M. Laverman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Cazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Roose-Amsaleg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22 (18), pp.13702-13709. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-4159-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01146843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct diversity of the czcA gene in two sedimentary horizons from a contaminated estuarine core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (18), pp.10787-10802. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-014-3029-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a larval bioassay using the calanoid copepod, Eurytemora affinis to assess the toxicity of sediment-bound pollutants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Boulangé-Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Xuereb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Cachot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 94 (4), pp.60 - 66. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2013.04.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for a Complex Relationship between Antibiotics and Antibiotic-Resistant Escherichia Coli: From Medical Center Patients to a Receiving Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Oberlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46, pp.1859−1868. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es203399h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of methylmercury production and modification of the microbial community structure in estuary sediments contaminated with wastewater treatment plant effluents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baghdad Ouddane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 62 (5), pp.1073-1080. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2011.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00735680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport of antibiotic-resistant Escherichia coli in a public rural karst water supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Pawlak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 392, pp.12-21. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2010.07.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of hydrological conditions on the Escherichia coli population structure in the water of a creek on a rural watershed.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ratajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pawlak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (1), pp.222. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2180-10-222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00663723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tolerance in organisms chronically exposed to estuarine pollution. In: Claude Amiard-Triquet, Philip S. Rainbow.Environmental assessment of estuarine ecosystems, a case study. Eds: CRC Press / Taylor & Francis Group, 2009. Chapitre 7, p. 135-157.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Amiard-Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Créach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 978 (1), pp.4200-6260-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurrence ofantibiotic resistance and class1, 2 and 3 integrons in Escherichia coli isolated froma densely populated estuary (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pawlak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Skurnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 68 (1), pp.118-130. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1574-6941.2009.00655.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00436572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative effects of mercury contamination and wastewater effluent input on Gram-negative merA gene abundance in mudflats of an anthropized estuary (Seine, France): a microcosm approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 160, pp.10-18. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resmic.2008.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00433902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between hydrosedimentary processes and occurrence of mercury-resistant bacteria (merA) in estuary mudflats (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lafite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baghdad Ouddane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 56 (6), pp.1168-1176. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2008.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00358814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faecal-indicator bacteria and sedimentary processes in estuarine mudflats (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Touron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 57 (1-5), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2007.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of faecal contamination and the relationship between pathogens and faecal bacterial indicators in an estuarine environment (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Touron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Gargala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdy Ratajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 54 (9), pp.1441-1450. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2007.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Sulfate-Reducing Microorganisms (dsrAB genes) in Two Contrasting Mudflats of the Seine Estuary (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bally</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 50, pp.307-314. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-004-0034-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00203239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statics and dynamics in giant magnetostrictive Tbx/Fe(1-x)/-Fe0.6Co0.4 multilayers for MEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Preobrazhensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 38 (5), pp.2817-2819. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMAG.2002.803568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statics and dynamics in giant magnetostrictive TbxFe1-xFe0.6Co0.4 multilayers for MEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Preobrazhensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 38, pp.2817-2819</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstitution d'une unité transcriptionnelle à partir du promoteur du gène du récepteur aux oestrogènes de truite arc-en-ciel dans la levure Saccharomyces cerevisiae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Métivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Valotaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pakdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BFPP. Bulletin français de la pêche et de la protection des milieux aquatiques [Bulletin francais de la pêche et de la pisciculture]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 350-351, pp.609-621. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/kmae:1998029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du cadmium (Cd ++ ) sur l'activité biologique du récepteur des oestrogènes de la truite arc-en-ciel (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Le Guével</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Valotaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pakdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BFPP. Bulletin français de la pêche et de la protection des milieux aquatiques [Bulletin francais de la pêche et de la pisciculture]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 350-351, pp.585-595. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/kmae:1998027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relathionship between hydrological conditions and Escherichia coli contamination in a karstic rural watershed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Michaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th EGU General Assembly, Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial biofilms' microenvironments and metals cycling in the Seine River, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Rollot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategies to control the dissemination of antibiotic resistance in the environment: A systematic review including a meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Nelieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drifa Belhadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Conference on Risk Assessment of Pharmaceuticals in the Environment - ICRAPHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions to control the dissemination of antibiotic resistance in the environment: systematic review including a meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drifa Belhadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Andremont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Colloque de l'Association Francophone d'Ecologie Microbienne (AFEM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Bussang, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abundance and diversity of Aeromonas spp. associated with copepods in the Seine estuary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamy, B</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Jumas-Bilak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leray, J</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th international symposium on Aeromonas and Plesiomonas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Montpellier, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biofilms as bioindicators of urban contamination: linking community tolerance to the presence of microbial metal resistance genes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piriyanthini Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on mycrobial ecology, ISME14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Copenhagen, Denmark. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contaminants of emerging concern in the Seine river basin: Overview of recent research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soline Alligant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Bigot-Clivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Flipo; Pierre Labadie; Laurence Lestel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Seine River Basin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 90, Springer, pp.355-380, 2021, The Handbook of Environmental Chemistry, 978-3-030-54259-7. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/698_2019_381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des micro-organismes dans la biodisponibilité des contaminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Compere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Duran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin; Emmanuelle Uher; Catherine Gourlay-Francé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodisponibles - Une histoire entre le vivant et son exposome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE, pp.163-202, 2018, 978-1-78405-354-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors Influencing the Occurrence and the Fate of E. coli Population in Karst Hydrosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Denamur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">William B. White; Janet S. Herman; Ellen K. Herman; Marian Rutigliano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst Groundwater Contamination and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.219-230, 2017, 978-3-319-51069-9. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-51070-5_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité et résilience des estuaires à la contamination en antibiotiques et en bactéries antibiorésistantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Cattoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monaco, A.; Prouzet, P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Risques côtiers et adaptations des Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions, pp.105-130, 2014, 978-1-78405-002-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive methodology for the assessment of the health status of estuarine ecosystems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Amiard−triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Durou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Amiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Billon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00481482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opinion of the French Agency for Food, Environmental and Occupational Health &amp; Safety (ANSES) on the risks to human health associated with the proliferation of Ostreopsis spp. on the Basque coast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Lemée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐françois Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Abadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouher Amzil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Berdalet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANSES. 2025, pp.0061E</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à une évaluation des risques sanitaires liés aux prions pour les consommateurs humains d’eau destinée à la consommation humaine en provenance de la prise d’eau superficielle de Sérignac-sur-Garonne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Arsac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Béringue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2024-AST-0062, Anses. 2025, 85 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-05175557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective Surfaces et Interfaces Continentales : 2024-2028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ferrage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Abcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ackerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSU, CNRS; INEE, CNRS. 2024, 147 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05045026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif au projet « Jourdain » de réutilisation des eaux usées traitées pour l'alimentation d'une retenue d'eau destinée à la production d’eau destinée à la consommation humaine (Vendée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Badot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Garnaud-Corbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Feder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0037, Anses. 2024, 66 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04663715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « une demande d’avis relatif à une demande d'autorisation d'utilisation d'eaux usées traitées au titre de l'article R. 211-131 du code de l'environnement déposée par le consortium Life ReWa Métropole de Montpellier »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bornert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph de Laat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0198, Anses. 2024, 43 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04665808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif aux « projets de décret et d'arrêté relatifs à l'utilisation d'eaux non potables pour certains usages domestiques»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bornert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Boudenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cimetière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Coulomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denooz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0064, Anses. 2023, 75 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04668198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antibiorésistance et environnement - État et causes possibles de la contamination des milieux en France par les antibiotiques, les bactéries résistantes aux antibiotiques et les supports génétiques de la résistance aux antibiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Hocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bibbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2016-SA-025, Anses. 2020, 263 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04301762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId258"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabienne Petit </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Starting from the bottom: Contrasted trophic transfer of antibiotics and pesticides through a riverine food web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lorrain-Soligon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1002, pp.180617. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.180617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the impact of urban and hospital eco-exposomes on antibiotic-resistance dynamics in wastewaters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Henriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Buelow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Ploy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 924, pp.171643. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.171643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wild fish from a highly urbanized river (Orge, France) as vectors of culturable Enterobacterales resistant to antibiotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Vivant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Guigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/cjm-2023-01211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04417454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysbiosis of fish gut microbiota is associated with helminths parasitism rather than exposure to PAHs at environmentally relevant concentrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlie Molbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.11084. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-15010-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental contamination in a high-income country (France) by antibiotics, antibiotic-resistant bacteria, and antibiotic resistance genes: Status and possible causes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marisa Haenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bibbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Labanowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 159, pp.107047. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envint.2021.107047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: How effective are strategies to control the dissemination of antibiotic resistance in the environment? A systematic review (vol 9, 4, 2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drifa Belhadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Andremont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Evidence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (1), pp.9. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13750-021-00222-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03216922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Record of trace organic contaminants in a river sediment core: from historical wastewater management to historical use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thiebault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Blanchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 773, pp.145694. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.145694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03134012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How effective are strategies to control the dissemination of antibiotic resistance in the environment? A systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drifa Belhadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Andremont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Evidence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (1), pp.4. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13750-020-0187-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: What are the effective solutions to control the dissemination of antibiotic resistance in the environment? A systematic review protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Livoreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Couderc-Obert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Evidence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (1), pp.35. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13750-019-0179-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctionnement dégradé de la station d'épuration Seine Aval (Yvelines) du 3 au 5 juillet 2019 suite à l’incendie de l’unité de clarifloculation - Analyse de l’impact environnemental de l’événement sur la Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Guerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Richoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Garcia-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Azimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Rocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue L'Eau, L'Industrie, Les Nuisances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 424, pp.65-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02440142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are the effective solutions to control the dissemination of antibiotic resistance in the environment? A systematic review protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Livoreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Couderc-Obert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Evidence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (1), </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13750-018-0118-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spread of antibiotic resistance in water: a public health and environmental issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement, Risques &amp; Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17, pp.40-46. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/ers.2017.1098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02438961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct Aeromonas Populations in Water Column and Associated with Copepods from Estuarine Environment (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Jumas-Bilak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.1259. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.01259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change in the Structure of Escherichia coli Population and the Pattern of Virulence Genes along a Rural Aquatic Continuum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne P Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier P Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre P Servais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle P Gourmelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.609. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.00609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delineation of Taxonomic Species within Complex of Species: Aeromonas media and Related Species as a Test Case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Talagrand-Reboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Kimper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie M. Colston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joerg Graf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.621. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.00621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity of active microbial communities subjected to long-term exposure to chemical contaminants along a 40-year-old sediment core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cecillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 23 (5), pp.4095-4110. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-4506-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02110969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxicity of sediment-bound pollutants in the Seine estuary, France, using a Eurytemora affinis larval bioassay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Boulangé-Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Restoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Xuereb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 113, pp.169-175. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2014.11.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposure to vancomycin causes a shift in the microbial community structure without affecting nitrate reduction rates in river sediments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anniet M. Laverman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Cazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Roose-Amsaleg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22 (18), pp.13702-13709. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-4159-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01146843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct diversity of the czcA gene in two sedimentary horizons from a contaminated estuarine core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assia Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (18), pp.10787-10802. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-014-3029-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a larval bioassay using the calanoid copepod, Eurytemora affinis to assess the toxicity of sediment-bound pollutants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Boulangé-Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Xuereb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Cachot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 94 (4), pp.60 - 66. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2013.04.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for a Complex Relationship between Antibiotics and Antibiotic-Resistant Escherichia Coli: From Medical Center Patients to a Receiving Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Oberlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Capdeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46, pp.1859−1868. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es203399h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00737335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of methylmercury production and modification of the microbial community structure in estuary sediments contaminated with wastewater treatment plant effluents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Quillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baghdad Ouddane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 62 (5), pp.1073-1080. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2011.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00735680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport of antibiotic-resistant Escherichia coli in a public rural karst water supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Pawlak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 392, pp.12-21. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2010.07.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of hydrological conditions on the Escherichia coli population structure in the water of a creek on a rural watershed.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ratajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pawlak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (1), pp.222. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2180-10-222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00663723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tolerance in organisms chronically exposed to estuarine pollution. In: Claude Amiard-Triquet, Philip S. Rainbow.Environmental assessment of estuarine ecosystems, a case study. Eds: CRC Press / Taylor & Francis Group, 2009. Chapitre 7, p. 135-157.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Amiard-Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Créach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 978 (1), pp.4200-6260-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurrence ofantibiotic resistance and class1, 2 and 3 integrons in Escherichia coli isolated froma densely populated estuary (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pawlak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Skurnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 68 (1), pp.118-130. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1574-6941.2009.00655.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00436572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative effects of mercury contamination and wastewater effluent input on Gram-negative merA gene abundance in mudflats of an anthropized estuary (Seine, France): a microcosm approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 160, pp.10-18. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resmic.2008.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00433902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between hydrosedimentary processes and occurrence of mercury-resistant bacteria (merA) in estuary mudflats (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Ramond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lafite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baghdad Ouddane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 56 (6), pp.1168-1176. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2008.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00358814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faecal-indicator bacteria and sedimentary processes in estuarine mudflats (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Touron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 57 (1-5), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2007.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of faecal contamination and the relationship between pathogens and faecal bacterial indicators in an estuarine environment (Seine, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Touron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Gargala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdy Ratajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 54 (9), pp.1441-1450. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2007.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Sulfate-Reducing Microorganisms (dsrAB genes) in Two Contrasting Mudflats of the Seine Estuary (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Leloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deloffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bally</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 50, pp.307-314. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-004-0034-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00203239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statics and dynamics in giant magnetostrictive Tbx/Fe(1-x)/-Fe0.6Co0.4 multilayers for MEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Preobrazhensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 38 (5), pp.2817-2819. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMAG.2002.803568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statics and dynamics in giant magnetostrictive TbxFe1-xFe0.6Co0.4 multilayers for MEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Preobrazhensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 38, pp.2817-2819</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstitution d'une unité transcriptionnelle à partir du promoteur du gène du récepteur aux oestrogènes de truite arc-en-ciel dans la levure Saccharomyces cerevisiae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Métivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Valotaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pakdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BFPP. Bulletin français de la pêche et de la protection des milieux aquatiques [Bulletin francais de la pêche et de la pisciculture]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 350-351, pp.609-621. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/kmae:1998029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du cadmium (Cd ++ ) sur l'activité biologique du récepteur des oestrogènes de la truite arc-en-ciel (Oncorhynchus mykiss)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Le Guével</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Valotaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pakdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BFPP. Bulletin français de la pêche et de la protection des milieux aquatiques [Bulletin francais de la pêche et de la pisciculture]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 350-351, pp.585-595. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/kmae:1998027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relathionship between hydrological conditions and Escherichia coli contamination in a karstic rural watershed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Michaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th EGU General Assembly, Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial biofilms' microenvironments and metals cycling in the Seine River, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Rollot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Janvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategies to control the dissemination of antibiotic resistance in the environment: A systematic review including a meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Nelieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drifa Belhadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. International Conference on Risk Assessment of Pharmaceuticals in the Environment - ICRAPHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions to control the dissemination of antibiotic resistance in the environment: systematic review including a meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drifa Belhadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Andremont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Colloque de l'Association Francophone d'Ecologie Microbienne (AFEM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Bussang, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abundance and diversity of Aeromonas spp. associated with copepods in the Seine estuary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamy, B</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Jumas-Bilak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leray, J</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th international symposium on Aeromonas and Plesiomonas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Montpellier, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biofilms as bioindicators of urban contamination: linking community tolerance to the presence of microbial metal resistance genes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piriyanthini Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gourlay-Francé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on mycrobial ecology, ISME14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Copenhagen, Denmark. pp.1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contaminants of emerging concern in the Seine river basin: Overview of recent research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soline Alligant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Bigot-Clivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Flipo; Pierre Labadie; Laurence Lestel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Seine River Basin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 90, Springer, pp.355-380, 2021, The Handbook of Environmental Chemistry, 978-3-030-54259-7. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/698_2019_381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des micro-organismes dans la biodisponibilité des contaminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise C. Fechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Compere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Duran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Hélène Tusseau-Vuillemin; Emmanuelle Uher; Catherine Gourlay-Francé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodisponibles - Une histoire entre le vivant et son exposome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE, pp.163-202, 2018, 978-1-78405-354-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors Influencing the Occurrence and the Fate of E. coli Population in Karst Hydrosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Denamur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Clermont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">William B. White; Janet S. Herman; Ellen K. Herman; Marian Rutigliano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst Groundwater Contamination and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.219-230, 2017, 978-3-319-51069-9. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-51070-5_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité et résilience des estuaires à la contamination en antibiotiques et en bactéries antibiorésistantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Budzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Cattoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monaco, A.; Prouzet, P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Risques côtiers et adaptations des Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions, pp.105-130, 2014, 978-1-78405-002-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive methodology for the assessment of the health status of estuarine ecosystems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Amiard−triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Durou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Amiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Billon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00481482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opinion of the French Agency for Food, Environmental and Occupational Health &amp; Safety (ANSES) on the risks to human health associated with the proliferation of Ostreopsis spp. on the Basque coast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Lemée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐françois Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Abadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouher Amzil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Berdalet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANSES. 2025, pp.0061E</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à une évaluation des risques sanitaires liés aux prions pour les consommateurs humains d’eau destinée à la consommation humaine en provenance de la prise d’eau superficielle de Sérignac-sur-Garonne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Arsac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Béringue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2024-AST-0062, Anses. 2025, 85 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-05175557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif au projet « Jourdain » de réutilisation des eaux usées traitées pour l'alimentation d'une retenue d'eau destinée à la production d’eau destinée à la consommation humaine (Vendée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Badot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Garnaud-Corbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Feder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0037, Anses. 2024, 66 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04663715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective Surfaces et Interfaces Continentales : 2024-2028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ferrage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Abcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ackerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSU, CNRS; INEE, CNRS. 2024, 147 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05045026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif à « une demande d’avis relatif à une demande d'autorisation d'utilisation d'eaux usées traitées au titre de l'article R. 211-131 du code de l'environnement déposée par le consortium Life ReWa Métropole de Montpellier »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bornert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph de Laat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0198, Anses. 2024, 43 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04665808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis de l'Anses relatif aux « projets de décret et d'arrêté relatifs à l'utilisation d'eaux non potables pour certains usages domestiques»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bornert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Boudenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cimetière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Coulomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denooz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2023-SA-0064, Anses. 2023, 75 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04668198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antibiorésistance et environnement - État et causes possibles de la contamination des milieux en France par les antibiotiques, les bactéries résistantes aux antibiotiques et les supports génétiques de la résistance aux antibiotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Hocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bibbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2016-SA-025, Anses. 2020, 263 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04301762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId258"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321821v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lorrain-Soligon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Marchand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Petit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.180617" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519887v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henriot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Buelow" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Ploy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dagot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171643" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04417454v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Vivant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Janvier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guigon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjm-2023-01211" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710941v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Colin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lie Molbert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Agostini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-15010-2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03496334v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Haenni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chesneau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bibbal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labanowski" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2021.107047" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216922v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Goulas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drifa Belhadi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Descamps" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Andremont" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13750-021-00222-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03134012v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thiebault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blanchoud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.145694" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521890v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13750-020-0187-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02876738v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Livoreil" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Grall" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Couderc-Obert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13750-019-0179-x" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02440142v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Guerin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Richoux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Garcia-Gonzalez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Azimi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rocher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724879v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13750-018-0118-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02438961v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2017.1098" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689594v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Chaix" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roger" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lamy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jumas-Bilak" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01259" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01522686v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne P Petit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P Clermont" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P Servais" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le P Gourmelon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00609" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01522587v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Talagrand-Reboul" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kimper" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M. Colston" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Graf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00621" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02110969v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Kaci" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fournier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecillon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boust" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4506-7" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03161952v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Lesueur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boulang&#233;-Lecomte" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Restoux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deloffre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Xuereb" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2014.11.033" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01146843v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anniet M. Laverman" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Cazier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roose-Amsaleg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4159-6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614022v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Petit" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lesueur" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vrel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3029-y" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928309v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Xuereb" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Budzinski" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Cachot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2013.04.025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PKCW6XPW-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737335v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Oberl&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Capdeville" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Budzinski" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es203399h" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735680v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Ramond" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quillet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baghdad Ouddane" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2011.02.013" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GJ9H30XK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734753v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Laroche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pawlak" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2010.07.022" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1K41LCGK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663723v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ratajczak" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laroche" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Clermont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pawlak" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-10-222" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480256v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Amiard-Triquet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cr&#233;ach" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Denis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dourou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436572v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Skurnik" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2009.00655.x" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433902v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2008.10.004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZSXCDQV3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358814v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ramond" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lafite" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2008.02.022" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8R3RL8TZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333441v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Touron" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leloup" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2007.10.013" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCBMBWBK-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333417v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Touron" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gargala" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdy Ratajczak" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2007.05.009" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLWVQ51C-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203239v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boust" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bally" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-004-0034-6" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4TQQPQ8F-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973224v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ben Youssef" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiercelin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Le Gall" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Preobrazhensky" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2002.803568" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148689v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442102v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#233;tivier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Valotaire" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pakdel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1998029" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442864v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Goff" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1998027" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299729v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Michaut" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Valdes" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massei" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017584v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Rollot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938184v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nelieu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Courtois" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938201v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02063624v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Chaix" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lesueur" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamy, B" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leray, J" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599313v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise C. Fechner" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piriyanthini Peter" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gourlay-Franc&#233;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894943v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Alligant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bigot-Clivot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_381" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02439038v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Compere" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02439007v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Denamur" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clermont" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-51070-5_25" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01115748v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Leclercq" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cattoir" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481482v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Amiard&#8722;triquet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durou" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Amiard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211102v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Lem&#233;e" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Abadie" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouher Amzil" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Berdalet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05175557v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Arsac" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;ringue" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carr&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04663715v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garnaud-Corbel" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Feder" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04665808v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bornert" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph de Laat" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lucas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04668198v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boudenne" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cimeti&#232;re" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coulomb" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Denooz" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04301762v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maris" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321821v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lorrain-Soligon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Marchand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Petit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.180617" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519887v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henriot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Buelow" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Ploy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dagot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171643" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04417454v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Vivant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Janvier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guigon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjm-2023-01211" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710941v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Colin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lie Molbert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Agostini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-15010-2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03496334v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Haenni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chesneau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bibbal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labanowski" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2021.107047" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216922v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Goulas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drifa Belhadi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Descamps" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Andremont" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13750-021-00222-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03134012v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thiebault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blanchoud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.145694" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521890v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13750-020-0187-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02876738v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Livoreil" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Grall" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Couderc-Obert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13750-019-0179-x" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02440142v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Guerin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Richoux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Garcia-Gonzalez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Azimi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rocher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724879v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13750-018-0118-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02438961v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2017.1098" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689594v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Chaix" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roger" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lamy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Jumas-Bilak" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01259" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01522686v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne P Petit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P Clermont" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P Servais" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le P Gourmelon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00609" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01522587v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Talagrand-Reboul" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kimper" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M. Colston" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Graf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.00621" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02110969v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Kaci" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fournier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecillon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boust" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4506-7" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03161952v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Lesueur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boulang&#233;-Lecomte" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Restoux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deloffre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Xuereb" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2014.11.033" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01146843v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anniet M. Laverman" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Cazier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roose-Amsaleg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4159-6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614022v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Petit" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lesueur" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vrel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3029-y" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928309v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Xuereb" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Budzinski" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Cachot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2013.04.025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PKCW6XPW-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737335v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Oberl&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Capdeville" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Budzinski" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es203399h" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735680v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Ramond" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quillet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baghdad Ouddane" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2011.02.013" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GJ9H30XK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734753v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Laroche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pawlak" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2010.07.022" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1K41LCGK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663723v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ratajczak" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laroche" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Clermont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pawlak" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-10-222" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480256v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Amiard-Triquet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cr&#233;ach" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Denis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dourou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436572v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Skurnik" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2009.00655.x" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433902v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2008.10.004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZSXCDQV3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358814v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ramond" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lafite" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2008.02.022" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8R3RL8TZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333441v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Touron" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leloup" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2007.10.013" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCBMBWBK-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333417v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Touron" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gargala" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdy Ratajczak" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2007.05.009" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLWVQ51C-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203239v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boust" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bally" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-004-0034-6" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4TQQPQ8F-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973224v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ben Youssef" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiercelin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Le Gall" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Preobrazhensky" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2002.803568" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148689v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442102v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#233;tivier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Valotaire" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pakdel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1998029" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442864v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Goff" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1998027" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299729v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Michaut" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Valdes" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massei" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017584v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Rollot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938184v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nelieu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Courtois" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938201v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02063624v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Chaix" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lesueur" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamy, B" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leray, J" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599313v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise C. Fechner" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piriyanthini Peter" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gourlay-Franc&#233;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894943v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Alligant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bigot-Clivot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_381" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02439038v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Compere" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02439007v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Denamur" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clermont" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-51070-5_25" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01115748v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Leclercq" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cattoir" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481482v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Amiard&#8722;triquet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durou" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Amiard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211102v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Lem&#233;e" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Abadie" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouher Amzil" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Berdalet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05175557v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Arsac" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;ringue" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carr&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04663715v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Garnaud-Corbel" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Feder" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04665808v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bornert" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph de Laat" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lucas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04668198v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boudenne" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cimeti&#232;re" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coulomb" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Denooz" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04301762v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maris" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>