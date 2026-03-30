--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -209,51 +209,79 @@
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I am a philosopher with a long-standing passion for natural language semantics. My liveliest interest lies in the interactions between temporal and modal expressions, in particular the question how linguistic items whose meanings are primarily defined in the temporal domain come to convey more abstract notions from the modal domain.</w:t>
+        <w:t xml:space="preserve">I am a CNRS researcher in linguistics and a member of the Cognition, Languages, Language, and Ergonomics Laboratory (CLLE) in Toulouse. I earned a Ph.D. in philosophy in 2006 from the University of Milan, with a dissertation on the semantics of the Italian temporal connectives prima (‘before’) and dopo (‘after’). I have also completed training and research stays at Stanford University and at the Institut Jean Nicod in Paris. My specialization in philosophy is the analytic philosophy of language, a formal approach that uses logical analysis to study language, with the aim to shed light on the semantic content of utterances, their functions in communication and their pragmatic implications, as well as how the content of an utterance may depend on the context in which it is made and how its truth value may depend on the context in which it is evaluated. My training also covers temporal logic and modal logic, theories that focus on formalizing reasoning based on the concepts of past, present, and future, and what is possible and what is necessary. I have been working for over two decades on the semantic and pragmatic analysis of natural language, with research on Italian, Sicilian, Portuguese, French, and English. My research topics include tense, aspect, and modality. Some of my work addresses issues of grammaticalization and semantic change—that is, how certain expressions that originally had concrete lexical content come to acquire a more abstract, grammatical meaning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Situated at the intersection of linguistics, philosophy, and logic, my research has developed around several key areas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">(a) Temporal connectives and discourse connectives: the temporal order of events based on relations of anteriority and succession, and the transition from this order to the notions of (un)persistence of a proposition’s truth in discourse.(b) The temporal localization of events, the representation of their internal structure, and the interaction between the temporal and modal dimensions.(c) Temporality and gradability, scalar structure.(d) The representation of personal pronouns as variables, the role of context in determining the value of free pronouns, the modal structure of assignment functions and the mechanisms of pronoun binding and quantification.(e) Complex verbal predicates and descriptions of complex events; the semantics of complex predicates constructed with aspectual verbs and verbs of motion.(f) The history and origins of the concept of conversational implicature.(g) The comparison between the behavior of human speakers and that of artificial intelligence systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">My works in the areas above reflect interdisciplinary interests:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">(tr1) The categories of time and modality serve as bridging concepts that have facilitated the exchange of ideas between the formal study of linguistic structures, the philosophical analysis of notions such as succession and simultaneity, past, present, and future, and possibility and necessity, and the logical modeling of reasoning based on these notions.(tr2) The category of quantification involves grammar (what is the status of quantificational expressions vis-à-vis the referential expressions), philosophy (what is the logical form of propositions containing quantifiers), and logic (how to model quantification in natural languages in a way that correctly represents the inferential relations between quantified sentences in those languages).(tr3) The category of indexicality, which manifests itself in the dependence of the interpretation of linguistic structures on the context of utterance, requires that we take into account both the formal features of language and the speakers’ situation in the world, with all the complexity that this latter aspect entails.(tr4) The phenomenon of implicatures has a long history, spanning the study of the rhetorical and non-truth-conditional functions of language, philosophers’ analytical distinctions between different levels of meaning (including the key distinction between conventional or literal meaning and non-literal or figurative meaning), and logicians’ attempts to model the inferential relationships characteristic of implicatures in relation to deductive logical relationships.(tr5) Comparing humans and AI is a more recent aspect of my work; the goal is not only to evaluate the performance of AI systems, but also to test their cognitive plausibility: to what extent do these systems process language in a manner comparable to that of humans? This type of question builds on my earlier work in semantics and pragmatics, where I have relied on speakers’ intuitions or corpus data to test hypotheses about the construction of meaning.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -4014,217 +4042,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_02161789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imperfectivity and Habituality in Italian</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alda Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Beyssade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Del Prete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alda Mari, Claire Beyssade, Fabio Del Prete. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genericity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oxford University Press, pp.222-249, 2012, 978-0-19-969181-4. </w:t>
+              <w:t xml:space="preserve">, Oxford University Press, pp.1-92, 2012, Oxford Studies in Theoretical Linguistics, 978-0-19-969180-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199691807.003.0008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199691807.003.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00920848v1</w:t>
+                <w:t xml:space="preserve">hal-00992406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Imperfectivity and Habituality in Italian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Del Prete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alda Mari, Claire Beyssade, Fabio Del Prete. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genericity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oxford University Press, pp.1-92, 2012, Oxford Studies in Theoretical Linguistics, 978-0-19-969180-7. </w:t>
+              <w:t xml:space="preserve">, Oxford University Press, pp.222-249, 2012, 978-0-19-969181-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199691807.003.0001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199691807.003.0008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00992406v1</w:t>
+                <w:t xml:space="preserve">hal-00920848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4975,51 +5003,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="09DA2257"/>
+    <w:nsid w:val="763702D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5206,51 +5234,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabio-del-prete" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6174-8536" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/168001055" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/296460663" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000401600948" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAK-5307-2021" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272890v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Del Prete" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080446v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miklos Kurthy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Barlassina" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mila.12415" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095923v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Zucchi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10988-020-09307-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877826v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Todaro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-018-09439-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141238v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13125/CH/4493" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151379v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Amaral" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/sp.13.11" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338087v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/sp.10.10" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289163v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-015-9325-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088863v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/analys/anu105" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00423400v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10988-010-9075-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644703v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patr&#237;cia Amaral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00423377v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11050-008-9030-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498321v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basilio Calderone" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272964v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693116v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Parini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dalle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Giustolisi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Aristodemo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31009/FEAST.i6.07" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697671v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Spolaore" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206331v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364440v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120418v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Cruschina" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669147v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545360v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637178v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545115v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515684v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/rllt.12.01ama" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953693v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952738v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408355v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995695v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206290v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Montermini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929146v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Giraudo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364446v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://events.illc.uva.nl/AC/AC2003/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364442v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992403v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alda Mari" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beyssade" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.001.0001" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206222v3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744196" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232678v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Federzoni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471843v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hunter" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810860v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aauforlag.dk/shop/skriftserier/logic-and-philosophy-of-time/logic-and-philosophy-of-time-further-themes-f.aspx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810882v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamins.com/catalog/la.251" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954657v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cilt.333.11ama" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920890v3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199679157.003.0003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161789v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920848v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.003.0008" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992406v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.003.0001" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965284v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zucchi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965281v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697650v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897741v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511868v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481653v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03808652v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694238v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabio-del-prete" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6174-8536" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/168001055" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/296460663" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000401600948" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAK-5307-2021" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272890v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Del Prete" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080446v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miklos Kurthy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Barlassina" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mila.12415" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095923v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Zucchi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10988-020-09307-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877826v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Todaro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-018-09439-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141238v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13125/CH/4493" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151379v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Amaral" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/sp.13.11" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338087v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/sp.10.10" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289163v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-015-9325-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088863v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/analys/anu105" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00423400v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10988-010-9075-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644703v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patr&#237;cia Amaral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_00423377v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11050-008-9030-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498321v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basilio Calderone" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272964v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693116v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Parini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dalle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Giustolisi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Aristodemo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31009/FEAST.i6.07" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697671v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Spolaore" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206331v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364440v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120418v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Cruschina" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669147v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545360v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637178v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545115v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515684v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/rllt.12.01ama" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953693v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952738v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408355v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995695v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206290v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Montermini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929146v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Giraudo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364446v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://events.illc.uva.nl/AC/AC2003/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364442v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992403v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alda Mari" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beyssade" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.001.0001" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206222v3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744196" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232678v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Federzoni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471843v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hunter" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810860v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aauforlag.dk/shop/skriftserier/logic-and-philosophy-of-time/logic-and-philosophy-of-time-further-themes-f.aspx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810882v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamins.com/catalog/la.251" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954657v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cilt.333.11ama" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920890v3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199679157.003.0003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_02161789v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992406v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.003.0001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920848v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.003.0008" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965284v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zucchi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965281v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697650v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897741v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511868v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481653v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03808652v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694238v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>