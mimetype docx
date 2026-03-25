--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -147,2877 +147,3145 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebellar dysfunction in frontotemporal dementia: intra-cerebellar pathology and cerebellar network degeneration</w:t>
+                <w:t xml:space="preserve">Expression dynamics of functionally equivalent Neurog1/2 genes enable protracted neurogenesis and temporal emergence of somatosensory neuron lineages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jana Kleinerova</w:t>
+                <w:t xml:space="preserve">Simon Desiderio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlene Tahedl</w:t>
+                <w:t xml:space="preserve">Pauline Cabochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mary Clare Mckenna</w:t>
+                <w:t xml:space="preserve">Stephanie Venteo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Garcia-Gallardo</w:t>
+                <w:t xml:space="preserve">Gautier Tejedor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siobhan Hutchinson</w:t>
+                <w:t xml:space="preserve">Farida Djouad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 272 (4), pp.289. </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 45 (1), pp.116798. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00415-025-13046-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2025.116798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05376679v1</w:t>
+                <w:t xml:space="preserve">hal-05543093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E4F1 coordinates pyruvate metabolism and the activity of the elongator complex to ensure translation fidelity during brain development</w:t>
+                <w:t xml:space="preserve">Cerebellar dysfunction in frontotemporal dementia: intra-cerebellar pathology and cerebellar network degeneration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michela Di Michele</w:t>
+                <w:t xml:space="preserve">Jana Kleinerova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Attina</w:t>
+                <w:t xml:space="preserve">Marlene Tahedl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-François Roux</w:t>
+                <w:t xml:space="preserve">Mary Clare Mckenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imène Tabet</w:t>
+                <w:t xml:space="preserve">Angela Garcia-Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Laguesse</w:t>
+                <w:t xml:space="preserve">Siobhan Hutchinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.67. </w:t>
+              <w:t xml:space="preserve">Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 272 (4), pp.289. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-55444-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00415-025-13046-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04943138v1</w:t>
+                <w:t xml:space="preserve">hal-05376679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebellar dopamine D2 receptors regulate social behaviors</w:t>
+                <w:t xml:space="preserve">FL/FLT3 signaling enhances mechanical pain hypersensitivity through Interleukin-1 beta (IL-1β) in male mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Cutando</w:t>
+                <w:t xml:space="preserve">Corinne Sonrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Puighermanal</w:t>
+                <w:t xml:space="preserve">Chamroen Sar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laia Castell</w:t>
+                <w:t xml:space="preserve">Ivo Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Tarot</w:t>
+                <w:t xml:space="preserve">Lucie Dioufoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Belle</w:t>
+                <w:t xml:space="preserve">Gabriel Lucena-Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 25 (7), pp.900-911. </w:t>
+              <w:t xml:space="preserve">Neurobiology of Pain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18, pp.100202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41593-022-01092-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ynpai.2025.100202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03703504v1</w:t>
+                <w:t xml:space="preserve">hal-05543430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex regulation of Gephyrin splicing is a determinant of inhibitory postsynaptic diversity</w:t>
+                <w:t xml:space="preserve">E4F1 coordinates pyruvate metabolism and the activity of the elongator complex to ensure translation fidelity during brain development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël dos Reis</w:t>
+                <w:t xml:space="preserve">Michela Di Michele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Kornobis</w:t>
+                <w:t xml:space="preserve">Aurore Attina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alyssa Pereira</w:t>
+                <w:t xml:space="preserve">Pierre-François Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Tores</w:t>
+                <w:t xml:space="preserve">Imène Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judit Carrasco</w:t>
+                <w:t xml:space="preserve">Sophie Laguesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 13 (1), pp.3507. </w:t>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.67. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-31264-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-55444-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03726158v1</w:t>
+                <w:t xml:space="preserve">hal-04943138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Complex Formed by Group I Metabotropic Glutamate Receptor (mGluR) and Homer1a Plays a Central Role in Metaplasticity and Homeostatic Synaptic Scaling</w:t>
+                <w:t xml:space="preserve">Complex regulation of Gephyrin splicing is a determinant of inhibitory postsynaptic diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Bockaert</w:t>
+                <w:t xml:space="preserve">Raphaël dos Reis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Perroy</w:t>
+                <w:t xml:space="preserve">Etienne Kornobis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Ango</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alyssa Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Tores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judit Carrasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0026-21.2021⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.3507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-31264-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03282419v1</w:t>
+                <w:t xml:space="preserve">hal-03726158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular mechanisms of axo-axonic innervation</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cerebellar dopamine D2 receptors regulate social behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Cutando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Puighermanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laia Castell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Tarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Belle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Neurobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conb.2021.03.002⟩</w:t>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 25 (7), pp.900-911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41593-022-01092-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03283078v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitatory granule neuron precursors orchestrate laminar localization and differentiation of cerebellar inhibitory interneuron subtypes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molecular mechanisms of axo-axonic innervation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Ango</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Biron Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda van Aelst</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2021.108904⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69, pp.105-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conb.2021.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03187987v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03283078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early 5‐ HT 6 receptor blockade prevents symptom onset in a model of adolescent cannabis abuse</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Complex Formed by Group I Metabotropic Glutamate Receptor (mGluR) and Homer1a Plays a Central Role in Metaplasticity and Homeostatic Synaptic Scaling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Doucet</w:t>
+                <w:t xml:space="preserve">Joël Bockaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Coudert</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julie Perroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Ango</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (5), pp.e10605. </w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (26), pp.5567-5578. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15252/emmm.201910605⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0026-21.2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02863763v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03282419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D1-mGlu5 heteromers mediate noncanonical dopamine signaling in Parkinson’s disease</w:t>
+                <w:t xml:space="preserve">Excitatory granule neuron precursors orchestrate laminar localization and differentiation of cerebellar inhibitory interneuron subtypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Sebastianutto</w:t>
+                <w:t xml:space="preserve">Christelle Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Goyet</w:t>
+                <w:t xml:space="preserve">Isabelle Bachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Andreoli</w:t>
+                <w:t xml:space="preserve">Antoine Forget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Font-Ingles</w:t>
+                <w:t xml:space="preserve">David J Hodson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Moreno-Delgado</w:t>
+                <w:t xml:space="preserve">Céline Jahannault-Talignani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Investigation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 130 (3), pp.1168 - 1184. </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (13), pp.108904. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1172/JCI126361⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2021.108904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02476033v1</w:t>
+                <w:t xml:space="preserve">hal-03187987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensing how to balance</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Early 5‐ HT 6 receptor blockade prevents symptom onset in a model of adolescent cannabis abuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Berthoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Al Mahdy Hamieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Rogliardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Doucet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.46973⟩</w:t>
+              <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (5), pp.e10605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15252/emmm.201910605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02972958v1</w:t>
+                <w:t xml:space="preserve">hal-02863763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">p75 Neurotrophin Receptor Activation Regulates the Timing of the Maturation of Cortical Parvalbumin Interneuron Connectivity and Promotes Juvenile-like Plasticity in Adult Visual Cortex</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patricia Awad</w:t>
+                <w:t xml:space="preserve">D1-mGlu5 heteromers mediate noncanonical dopamine signaling in Parkinson’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sebastianutto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Goyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Andreoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Font-Ingles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Moreno-Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2881-18.2019⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Investigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 130 (3), pp.1168 - 1184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1172/JCI126361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04718714v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02476033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defective signaling through plexin-A1 compromises the development of the peripheral olfactory system and neuroendocrine reproductive axis in mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nelly Pitteloud</w:t>
+                <w:t xml:space="preserve">p75 Neurotrophin Receptor Activation Regulates the Timing of the Maturation of Cortical Parvalbumin Interneuron Connectivity and Promotes Juvenile-like Plasticity in Adult Visual Cortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Baho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bidisha Chattopadhyaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisol Lavertu-Jolin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Mazziotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Awad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/hmg/ddx080⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (23), pp.4489-4510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2881-18.2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02073103v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04718714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Native metabotropic glutamate receptor 4 depresses synaptic transmission through an unusual Gαq transduction pathway.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sensing how to balance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Ango</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël dos Reis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 121, pp.247-260. </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8, pp.e46973. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2017.04.036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7554/eLife.46973⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01571666v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02972958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotyping of nNOS neurons in the postnatal and adult female mouse hypothalamus</w:t>
+                <w:t xml:space="preserve">Defective signaling through plexin-A1 compromises the development of the peripheral olfactory system and neuroendocrine reproductive axis in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantina Chachlaki</w:t>
+                <w:t xml:space="preserve">Severine Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Malone</w:t>
+                <w:t xml:space="preserve">Carine Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emily Qualls-Creekmore</w:t>
+                <w:t xml:space="preserve">Xavier Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik Hrabovszky</w:t>
+                <w:t xml:space="preserve">Corinne Fouveaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heike Münzberg</w:t>
+                <w:t xml:space="preserve">Nelly Pitteloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Comparative Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 525 (15), pp.3177-3189. </w:t>
+              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (11), pp.2006-2017. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cne.24257⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/hmg/ddx080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03204369v1</w:t>
+                <w:t xml:space="preserve">hal-02073103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual Function of NRP1 in Axon Guidance and Subcellular Target Recognition in Cerebellum</w:t>
+                <w:t xml:space="preserve">Native metabotropic glutamate receptor 4 depresses synaptic transmission through an unusual Gαq transduction pathway.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Telley</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christelle Cadilhac</w:t>
+                <w:t xml:space="preserve">Solenne Chardonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Cioni</w:t>
+                <w:t xml:space="preserve">Thomas Bessiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Saywell</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Jahannault-Talignani</w:t>
+                <w:t xml:space="preserve">Cathy Isaura Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raoudha Dammak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Ange Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2016.08.015⟩</w:t>
+              <w:t xml:space="preserve">Neuropharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121, pp.247-260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2017.04.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01940737v1</w:t>
+                <w:t xml:space="preserve">hal-01571666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNAi silencing of P/Q-type calcium channels in Purkinje neurons of adult mouse leads to episodic ataxia type 2</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phenotyping of nNOS neurons in the postnatal and adult female mouse hypothalamus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Mausset-Bonnefont</w:t>
+                <w:t xml:space="preserve">Konstantina Chachlaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Metz</w:t>
+                <w:t xml:space="preserve">Samuel Malone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Lemmers</w:t>
+                <w:t xml:space="preserve">Emily Qualls-Creekmore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Hrabovszky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heike Münzberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nbd.2014.04.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Comparative Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 525 (15), pp.3177-3189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cne.24257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01944935v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03204369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental gene expression profile of axon guidance cues in Purkinje cells during cerebellar circuit formation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Dual Function of NRP1 in Axon Guidance and Subcellular Target Recognition in Cerebellum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Telley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Cadilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Cioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Saywell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jahannault-Talignani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cerebellum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 91 (6), pp.1276--91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2016.08.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12311-014-0548-5⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01943331v1</w:t>
+                <w:t xml:space="preserve">hal-01940737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Native presynaptic metabotropic glutamate receptor 4 (mGluR4) interacts with exocytosis proteins in rat cerebellum.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Ango</w:t>
+                <w:t xml:space="preserve">RNAi silencing of P/Q-type calcium channels in Purkinje neurons of adult mouse leads to episodic ataxia type 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Salvi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Bertaso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Mausset-Bonnefont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lemmers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 68, pp.47--56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nbd.2014.04.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.M112.347468⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01182945v1</w:t>
+                <w:t xml:space="preserve">hal-01944935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purinergic signaling in the cerebellum: Bergmann glial cells express functional ionotropic P2X7 receptors.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Developmental gene expression profile of axon guidance cues in Purkinje cells during cerebellar circuit formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Saywell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Cioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Ango</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Micaela Galante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/glia.21224⟩</w:t>
+              <w:t xml:space="preserve">The Cerebellum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 13 (3), pp.307--17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12311-014-0548-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01182948v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bergmann glia and the recognition molecule CHL1 organize GABAergic axons and direct innervation of Purkinje cell dendrites.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Native presynaptic metabotropic glutamate receptor 4 (mGluR4) interacts with exocytosis proteins in rat cerebellum.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenne Chardonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe H Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulette Decottignies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Ango</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Melitta Schachner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.0060103⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 287 (24), pp.20176-20186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M112.347468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00707838v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01182945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homer-dependent cell surface expression of metabotropic glutamate receptor type 5 in neurons</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Purinergic signaling in the cerebellum: Bergmann glial cells express functional ionotropic P2X7 receptors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samia Habbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Ango</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.F. Worley</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hervé Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micaela Galante</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1006/mcne.2002.1100⟩</w:t>
+              <w:t xml:space="preserve">Glia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 59 (12), pp.1800-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/glia.21224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00016884v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01182948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bergmann glia and the recognition molecule CHL1 organize GABAergic axons and direct innervation of Purkinje cell dendrites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Ango</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caizhi Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes J. van Der Want</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melitta Schachner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 6 (4), pp.e103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.0060103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00707838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homer-dependent cell surface expression of metabotropic glutamate receptor type 5 in neurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Ango</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Robbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Tu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.F. Worley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular and Cellular Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 20, pp.323-329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/mcne.2002.1100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00016884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Agonist-independent activation of metabotropic glutamate receptors by the intracellular protein Homer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Ango</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Prézeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian C. Tu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 411 (6840), pp.962-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/35082096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00318959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3027,147 +3295,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of the neuronal circuitry of the cerebellar cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constantino Sotelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Ango</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Hawkes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neural Circuit and Cognitive Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.243-263, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-814411-4.00011-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03283088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId147"/>
+      <w:footerReference w:type="default" r:id="rId161"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3235,51 +3503,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="30BA27CF"/>
+    <w:nsid w:val="4EF88E7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3466,51 +3734,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabrice-ango" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5548-209X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/068546912" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376679v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Kleinerova" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Tahedl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Clare Mckenna" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Garcia-Gallardo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siobhan Hutchinson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-025-13046-8" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04943138v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Di Michele" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Attina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Roux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Tabet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laguesse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55444-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703504v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cutando" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Puighermanal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Castell" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tarot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Belle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-022-01092-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726158v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l dos Reis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Kornobis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Pereira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Tores" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Carrasco" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31264-w" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282419v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bockaert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Perroy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ango" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0026-21.2021" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283078v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Biron Gallo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda van Aelst" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conb.2021.03.002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03187987v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cadilhac" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bachy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Forget" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Hodson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jahannault-Talignani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2021.108904" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863763v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Berthoux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Mahdy Hamieh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Rogliardo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Doucet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coudert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201910605" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476033v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Sebastianutto" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Goyet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Andreoli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Font-Ingles" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moreno-Delgado" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI126361" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02972958v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.46973" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718714v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Baho" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidisha Chattopadhyaya" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisol Lavertu-Jolin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Mazziotti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Awad" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2881-18.2019" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02073103v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Marcos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Monnier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rovira" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fouveaut" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pitteloud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddx080" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571666v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Chardonnet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bessiron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Isaura Ramos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoudha Dammak" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Richard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2017.04.036" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03204369v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Chachlaki" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Malone" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Qualls-Creekmore" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hrabovszky" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike M&#252;nzberg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.24257" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940737v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Telley" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cioni" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Saywell" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2016.08.015" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944935v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Salvi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Bertaso" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Mausset-Bonnefont" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Metz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lemmers" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2014.04.005" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943331v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Cioni" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12311-014-0548-5" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182945v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Ramos" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe H Marchand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Decottignies" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.347468" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182948v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Habbas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Daniel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micaela Galante" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.21224" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7E5A2EBAB52243DC112DDF8CB195AE537D5AA406/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00707838v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caizhi Wu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes J. van Der Want" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Wu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melitta Schachner" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.0060103" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016884v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Robbe" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Tu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Xiao" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.F. Worley" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/mcne.2002.1100" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4S6XSZF9-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00318959v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pr&#233;zeau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Muller" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian C. Tu" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Xiao" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/35082096" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283088v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantino Sotelo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hawkes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-814411-4.00011-1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabrice-ango" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5548-209X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/068546912" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543093v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Desiderio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Cabochette" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Venteo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Tejedor" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Djouad" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2025.116798" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376679v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Kleinerova" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Tahedl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Clare Mckenna" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Garcia-Gallardo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siobhan Hutchinson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-025-13046-8" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543430v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sonrier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chamroen Sar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Melo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dioufoulet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lucena-Silva" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ynpai.2025.100202" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04943138v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Di Michele" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Attina" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Roux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Tabet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laguesse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55444-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726158v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l dos Reis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Kornobis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Pereira" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Tores" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Carrasco" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31264-w" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703504v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cutando" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Puighermanal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Castell" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tarot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Belle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-022-01092-8" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283078v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ango" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Biron Gallo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda van Aelst" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conb.2021.03.002" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282419v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bockaert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Perroy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0026-21.2021" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03187987v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cadilhac" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bachy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Forget" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Hodson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jahannault-Talignani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2021.108904" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863763v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Berthoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Mahdy Hamieh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Rogliardo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Doucet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coudert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201910605" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476033v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Sebastianutto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Goyet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Andreoli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Font-Ingles" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moreno-Delgado" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI126361" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718714v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Baho" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidisha Chattopadhyaya" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisol Lavertu-Jolin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Mazziotti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Awad" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2881-18.2019" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02972958v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.46973" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02073103v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Marcos" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Monnier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rovira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fouveaut" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pitteloud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddx080" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571666v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Chardonnet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bessiron" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Isaura Ramos" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoudha Dammak" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Richard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2017.04.036" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03204369v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Chachlaki" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Malone" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Qualls-Creekmore" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hrabovszky" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike M&#252;nzberg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.24257" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940737v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Telley" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cioni" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Saywell" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2016.08.015" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944935v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Salvi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Bertaso" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Mausset-Bonnefont" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Metz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lemmers" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2014.04.005" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943331v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Cioni" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12311-014-0548-5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182945v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Ramos" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe H Marchand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Decottignies" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.347468" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182948v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Habbas" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Daniel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micaela Galante" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.21224" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7E5A2EBAB52243DC112DDF8CB195AE537D5AA406/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00707838v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caizhi Wu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes J. van Der Want" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Wu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melitta Schachner" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.0060103" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016884v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Robbe" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Tu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Xiao" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.F. Worley" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/mcne.2002.1100" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4S6XSZF9-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00318959v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pr&#233;zeau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Muller" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian C. Tu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Xiao" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/35082096" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283088v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantino Sotelo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hawkes" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-814411-4.00011-1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>