--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -84,5464 +84,5698 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (46)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructural transition across interlayer ultrasonic impact peened interfaces in hybrid additive manufacturing of 316L stainless steel</w:t>
+                <w:t xml:space="preserve">Through thickness gradients in porosity content of a fire exposed thermoplastic matrix composite and its effects on mechanical load redistribution: Experiments and modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kossi Loic M. Avegnon</w:t>
+                <w:t xml:space="preserve">D. Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Henry</w:t>
+                <w:t xml:space="preserve">J. Vacandare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Sealy</w:t>
+                <w:t xml:space="preserve">B. Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Vieille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2025.117107⟩</w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.120196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2026.120196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05392560v1</w:t>
+                <w:t xml:space="preserve">hal-05536632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About the influence of high temperature or fire testing conditions on the tensile behavior of carbon reinforced poly phenylene sulfide laminates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microstructural transition across interlayer ultrasonic impact peened interfaces in hybrid additive manufacturing of 316L stainless steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossi Loic M. Avegnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Vieille</w:t>
+                <w:t xml:space="preserve">Ronan Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Philippe</w:t>
+                <w:t xml:space="preserve">Michael Sealy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Duprey</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Morgane Gelin</w:t>
+                <w:t xml:space="preserve">Benoit Vieille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Composite Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/00219983231222703⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 273, pp.117107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2025.117107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04433650v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05392560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization and numerical modeling of the porosity formation mechanisms in thermoplastic laminates at high temperature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">About the influence of high temperature or fire testing conditions on the tensile behavior of carbon reinforced poly phenylene sulfide laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoît Vieille</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Gelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Springer Proceedings in Mathematics &amp; Statistics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-58665-1_9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58 (2), pp.235-250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/00219983231222703⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04523950v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04433650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of a hydrogen/oxygen flame on the fire-behaviour and the tensile properties of hybrid Carbon Glass fibers reinforced PEEK composite laminates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T. Davin</w:t>
+                <w:t xml:space="preserve">Experimental characterization and numerical modeling of the porosity formation mechanisms in thermoplastic laminates at high temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Bourbigot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.09.288⟩</w:t>
+              <w:t xml:space="preserve">Springer Proceedings in Mathematics &amp; Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-58665-1_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04888383v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micromechanical analysis of a unimodal and a bimodal polycrystal with paired microstructures of ultrafine grains, 2D &amp; 3D</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of a hydrogen/oxygen flame on the fire-behaviour and the tensile properties of hybrid Carbon Glass fibers reinforced PEEK composite laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Davin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Calvat</w:t>
+                <w:t xml:space="preserve">J. Sarazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Keller</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+                <w:t xml:space="preserve">S. Bourbigot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 109, pp.105434. </w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 88, pp.1226-1236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2024.105434⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.09.288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04694288v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the gradual through thickness porosity formation and swelling during the thermal aggression of thermoplastic based laminates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoît Vieille</w:t>
+                <w:t xml:space="preserve">Micromechanical analysis of a unimodal and a bimodal polycrystal with paired microstructures of ultrafine grains, 2D &amp; 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Calvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2023.111026⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 109, pp.105434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2024.105434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04230834v1</w:t>
+                <w:t xml:space="preserve">hal-04694288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meso-structure-based thermomechanical modelling of thermoplastic-based laminates subjected to combined mechanical loading and severe thermal gradients</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoît Vieille</w:t>
+                <w:t xml:space="preserve">Tensile failure of bio-inspired lattices with different base topologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Simone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Manno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivano Benedetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2022.107165⟩</w:t>
+              <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, FDM 2022 - 20th International Conference on Fracture and Damage Mechanics, 5-7 septembre 2022, Malaga, Spain, 2848, pp.020019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0145012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03767506v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04351622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical investigations of plastic strain mechanisms of AISI 316L alloys with bimodal grain size distribution</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B. Flipon</w:t>
+                <w:t xml:space="preserve">Modelling the gradual through thickness porosity formation and swelling during the thermal aggression of thermoplastic based laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 266, pp.111026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2023.111026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2022.103246⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03598953v1</w:t>
+                <w:t xml:space="preserve">hal-04230834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture of honeycombs produced by additive manufacturing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Meso-structure-based thermomechanical modelling of thermoplastic-based laminates subjected to combined mechanical loading and severe thermal gradients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josiane Nguejio</w:t>
+                <w:t xml:space="preserve">Yann Carpier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riccardo Manno</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Multiscale Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S1756973721440066⟩</w:t>
+              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 162, pp.107165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2022.107165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626245v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiments based analysis of thermal decomposition kinetics model. Case of carbon fibers PolyPhenylene Sulfide composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Carpier</w:t>
+                <w:t xml:space="preserve">Experimental and numerical investigations of plastic strain mechanisms of AISI 316L alloys with bimodal grain size distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Calvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adem Alia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Vieille</w:t>
+                <w:t xml:space="preserve">B. Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 186, pp.109525. </w:t>
+              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.103246. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2021.109525⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2022.103246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03139433v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03598953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of crystal plasticity parameters for a non-irradiated and irradiated A508 bainite steel</w:t>
+                <w:t xml:space="preserve">Fracture of honeycombs produced by additive manufacturing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can Ngon Nguyen</w:t>
+                <w:t xml:space="preserve">Chen Ling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Cailletaud</w:t>
+                <w:t xml:space="preserve">Josiane Nguejio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Manno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc St-Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Duy-Duan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical Research &amp; Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/metal/2021006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Multiscale Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Special Issue on Fracture and Damage Mechanics — Part II, 13 (02), pp.2144006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S1756973721440066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03104385v1</w:t>
+                <w:t xml:space="preserve">hal-03626245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[SFBC working group &amp;quot;Biochemical markers of COVID-19&amp;quot;]</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experiments based analysis of thermal decomposition kinetics model. Case of carbon fibers PolyPhenylene Sulfide composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Carpier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adem Alia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/abc.2020.1563⟩</w:t>
+              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 186, pp.109525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2021.109525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03226391v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03139433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A full-field crystal-plasticity analysis of bimodal polycrystals</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Quey</w:t>
+                <w:t xml:space="preserve">Identification of crystal plasticity parameters for a non-irradiated and irradiated A508 bainite steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can Ngon Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Marini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duy-Duan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.02.005⟩</w:t>
+              <w:t xml:space="preserve">Metallurgical Research &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118, pp.204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/metal/2021006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02184404v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03104385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">About the tensile mechanical behaviour of carbon fibers fabrics reinforced thermoplastic composites under very high temperature conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Carpier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 181, pp.107586. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compositesb.2019.107586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigations on the fracture behavior of Inconel 718 superalloys obtained from cast and additive manufacturing processes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">A full-field crystal-plasticity analysis of bimodal polycrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Flipon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Quey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2020.139666⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 184, pp.178-192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.02.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866794v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of thermomechanical coupling in carbon fibers woven‐ply reinforced thermoplastic laminates: Tensile behavior under radiant heat flux</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Investigations on the fracture behavior of Inconel 718 superalloys obtained from cast and additive manufacturing processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mokhtari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Briatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Breteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pc.25641⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.139666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2020.139666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866799v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidating the effect of bimodal grain size distribution on plasticity and fracture behavior of polycrystalline materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+                <w:t xml:space="preserve">[SFBC working group &amp;quot;Biochemical markers of COVID-19&amp;quot;]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. C. Beauvieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivano Benedetti</w:t>
+                <w:t xml:space="preserve">A. M. Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincenzo Gulizzi</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">I. Aimone-Gastin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Barguil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Multiscale Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S1756973720500079⟩</w:t>
+              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 78 (3), pp.269--277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/abc.2020.1563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02922183v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03226391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymer additive manufacturing of ABS structure: Influence of printing direction on mechanical properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hossein Ramezani Dana</w:t>
+                <w:t xml:space="preserve">Study of thermomechanical coupling in carbon fibers woven‐ply reinforced thermoplastic laminates: Tensile behavior under radiant heat flux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Carpier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Manufacturing Processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmapro.2019.06.015⟩</w:t>
+              <w:t xml:space="preserve">Polymer Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pc.25641⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02327086v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tensile properties of spark plasma sintered AISI 316L stainless steel with unimodal and bimodal grain size distributions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Elucidating the effect of bimodal grain size distribution on plasticity and fracture behavior of polycrystalline materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivano Benedetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Gulizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Calvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Keller</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2018.05.064⟩</w:t>
+              <w:t xml:space="preserve">Journal of Multiscale Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.2050007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S1756973720500079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02061657v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02922183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behavior of carbon fibers polyphenylene sulfide composites exposed to radiant heat flux and constant compressive force</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoît Vieille</w:t>
+                <w:t xml:space="preserve">Polymer additive manufacturing of ABS structure: Influence of printing direction on mechanical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Ramezani Dana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouldi Ben Azzouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.A. A Maaroufi</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alain Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 200, pp.1-11. </w:t>
+              <w:t xml:space="preserve">Journal of Manufacturing Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44, pp.288-298. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.05.086⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmapro.2019.06.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018719v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-fire compressive behaviour of carbon fibers woven-ply Polyphenylene Sulfide laminates for aeronautical applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tensile properties of spark plasma sintered AISI 316L stainless steel with unimodal and bimodal grain size distributions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Flipon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Maaroufi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoît Vieille</w:t>
+                <w:t xml:space="preserve">L. Garcia de La Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Gilles</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Hug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 119, pp.101 - 113. </w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 729, pp.249-256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2017.03.046⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2018.05.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01766121v1</w:t>
+                <w:t xml:space="preserve">hal-02061657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of matrix nature on the post-fire mechanical behaviour of notched polymer-based composite structures for high temperature applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Mechanical behavior of carbon fibers polyphenylene sulfide composites exposed to radiant heat flux and constant compressive force</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. A Maaroufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppalle</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. A. Maaroufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 100, pp.114--124. </w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 200, pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2016.06.059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.05.086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01611237v1</w:t>
+                <w:t xml:space="preserve">hal-02018719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bimodal distribution of blocking temperature for exchange-bias ferromagnetic/antiferromagnetic bilayers: a granular Monte Carlo study with less stable magnetic regions spread over the interface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Post-fire compressive behaviour of carbon fibers woven-ply Polyphenylene Sulfide laminates for aeronautical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maaroufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Lhoutellier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">B. Dieny</w:t>
+                <w:t xml:space="preserve">L. Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/48/11/115001⟩</w:t>
+              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 119, pp.101 - 113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2017.03.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01683644v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature dependence of the exchange bias properties of ferromagnetic/antiferromagnetic polycrystalline bilayers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adeline Maitre</w:t>
+                <w:t xml:space="preserve">Influence of matrix nature on the post-fire mechanical behaviour of notched polymer-based composite structures for high temperature applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Carpier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. A. Maaroufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Lechevallier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2014.07.021⟩</w:t>
+              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 100, pp.114--124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2016.06.059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02327186v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01611237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porous Biodegradable Starch-Based Polymer: Effects of Plasticizers on the Physical Properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bimodal distribution of blocking temperature for exchange-bias ferromagnetic/antiferromagnetic bilayers: a granular Monte Carlo study with less stable magnetic regions spread over the interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lhoutellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Ledue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Patte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dieny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Symposia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/masy.201300134⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/48/11/115001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02327203v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling Polycrystalline Materials: An Overview of Three-Dimensional Grain-Scale Mechanical Models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ivano Benedetti</w:t>
+                <w:t xml:space="preserve">Temperature dependence of the exchange bias properties of ferromagnetic/antiferromagnetic polycrystalline bilayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Ledue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Maitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Lechevallier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Multiscale Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S1756973713500029⟩</w:t>
+              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 372, pp.134-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2014.07.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02327297v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micromechanical local approach to brittle failure in bainite high resolution polycrystals: A short presentation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Porous Biodegradable Starch-Based Polymer: Effects of Plasticizers on the Physical Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jadawi Akram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikolay Osipov</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Marc Saiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrdad Negahban</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2012.03.034⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Symposia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 340 (1), pp.65-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/masy.201300134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00732433v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiment-based analyses of martensitic transformation plasticity predictions from different models in cases of pre-hardening and gradually varying loads</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdeladhim Tahimi</w:t>
+                <w:t xml:space="preserve">Modelling Polycrystalline Materials: An Overview of Three-Dimensional Grain-Scale Mechanical Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivano Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lakhdar Taleb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2012.04.019⟩</w:t>
+              <w:t xml:space="preserve">Journal of Multiscale Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 05 (01), pp.1350002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S1756973713500029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02327309v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(0) Save to: more options Evaluation of microstructure-based transformation plasticity models from experiments on 100C6 steel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdeladhim Tahimi</w:t>
+                <w:t xml:space="preserve">Micromechanical local approach to brittle failure in bainite high resolution polycrystals: A short presentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can Ngon Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Osipov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Cailletaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Marini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 52 (1), pp.55-60. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2011.01.052⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 64, pp.62-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2012.03.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">emse-00830554v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00732433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature effect in polycrystalline exchange-biased bilayers: A Monte Carlo study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experiment-based analyses of martensitic transformation plasticity predictions from different models in cases of pre-hardening and gradually varying loads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdeladhim Tahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Renaud Patte</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Meftah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lakhdar Taleb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3672066⟩</w:t>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 64, pp.25-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2012.04.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02327316v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A numerical modelling of 3D polycrystal-to-polycrystal diffusive phase transformations involving crystal plasticity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">(0) Save to: more options Evaluation of microstructure-based transformation plasticity models from experiments on 100C6 steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdeladhim Tahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Quey</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lakhdar Taleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Quey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Guillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 52 (1), pp.55-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2011.01.052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2010.09.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00595995v1</w:t>
+                <w:t xml:space="preserve">emse-00830554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale 3D random polycrystals for the finite element method: Generation, meshing and remeshing</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Temperature effect in polycrystalline exchange-biased bilayers: A Monte Carlo study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Maitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Ledue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Patte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 111 (7), pp.07D105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3672066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2011.01.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00858028v1</w:t>
+                <w:t xml:space="preserve">hal-02327316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the random spatial distribution of nuclei on the transformation plasticity in diffusively transforming steel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+                <w:t xml:space="preserve">A numerical modelling of 3D polycrystal-to-polycrystal diffusive phase transformations involving crystal plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Quey</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lakhdar Taleb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Microstructure and Materials Properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1504/IJMMP.2010.037612⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (6), pp.823-840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2010.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00856153v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00595995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional characterization of strain localization bands in high-resolution elastoplastic polycrystals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large-scale 3D random polycrystals for the finite element method: Generation, meshing and remeshing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Quey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Dawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mechrescom.2009.06.002⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 200 (17-20), pp.1729-1745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2011.01.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00423757v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00858028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modelling of the plasticity induced during diffusive transformation. An ensemble averaging approach for the case of random arrays of nuclei</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of the random spatial distribution of nuclei on the transformation plasticity in diffusively transforming steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Quey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lakhdar Taleb</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eduardo Souza de Cursi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2008.01.005⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Microstructure and Materials Properties</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 54 (4/5), pp.354-364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJMMP.2010.037612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02327328v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00856153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FE determination of the plasticity induced during diffusive transformation in the case of nucleation at random locations and instants</w:t>
+                <w:t xml:space="preserve">Three-dimensional characterization of strain localization bands in high-resolution elastoplastic polycrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Quey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hoang Ha</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lakhdar Taleb</w:t>
+                <w:t xml:space="preserve">Andrey Musienko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 43 (1), pp.101-107. </w:t>
+              <w:t xml:space="preserve">Mechanics Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 36, pp.762-768. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2007.07.032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mechrescom.2009.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02327335v1</w:t>
+                <w:t xml:space="preserve">hal-00423757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modelling of the plasticity induced during diffusive transformation. Case of a cubic array of nuclei</w:t>
+                <w:t xml:space="preserve">Numerical modelling of the plasticity induced during diffusive transformation. An ensemble averaging approach for the case of random arrays of nuclei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Quey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lakhdar Taleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Souza de Cursi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 26 (4), pp.611-625. </w:t>
+              <w:t xml:space="preserve">, 2008, 27 (6), pp.1121-1139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2006.09.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2008.01.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02327339v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric numerical simulations of TRIP and its interaction with classical plasticity in martensitic transformation</w:t>
+                <w:t xml:space="preserve">FE determination of the plasticity induced during diffusive transformation in the case of nucleation at random locations and instants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoang Ha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Quey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lakhdar Taleb</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Sidoroff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 26 (4), pp.688-700. </w:t>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 43 (1), pp.101-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2006.10.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2007.07.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02327345v1</w:t>
+                <w:t xml:space="preserve">hal-02327335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis by x-ray microtomography of a granular packing undergoing compaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parametric numerical simulations of TRIP and its interaction with classical plasticity in martensitic transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Meftah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lakhdar Taleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Richard</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Sidoroff</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (4), pp.688-700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2006.10.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00124347v1</w:t>
+                <w:t xml:space="preserve">hal-02327345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of crystalline plasticity: measurements of the heterogeneities due to grain boundaries under small strains</w:t>
+                <w:t xml:space="preserve">Numerical modelling of the plasticity induced during diffusive transformation. Case of a cubic array of nuclei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Georges Cailletaud</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Quey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lakhdar Taleb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Métallurgie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/metal:2003207⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (4), pp.611-625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2006.09.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02327358v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calibrating a homogenized polycrystal model from large scale FE computations of polycrystalline aggregates</w:t>
+                <w:t xml:space="preserve">Numerical study of crystalline plasticity: measurements of the heterogeneities due to grain boundaries under small strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Quilici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J. Phys. IV France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/jp4:2001534⟩</w:t>
+              <w:t xml:space="preserve">Revue de Métallurgie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 100 (9), pp.815-823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/metal:2003207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02327371v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intergranular and intragranular behavior of polycrystalline aggregates.Part 2: Results</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis by x-ray microtomography of a granular packing undergoing compaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bourlès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 68, pp.020301</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02327393v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00124347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intergranular and intragranular behavior of polycrystalline aggregates. Part 1: F.E. model</w:t>
+                <w:t xml:space="preserve">Calibrating a homogenized polycrystal model from large scale FE computations of polycrystalline aggregates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Jeulin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Rodolphe Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 17 (4), pp.513-536. </w:t>
+              <w:t xml:space="preserve">J. Phys. IV France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 11 (PR5), pp.Pr5-277 - Pr5-284. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0749-6419(00)00061-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/jp4:2001534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02327388v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Intergranular and intragranular behavior of polycrystalline aggregates.Part 2: Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Cailletaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 17 (4), pp.537-563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0749-6419(00)00062-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intergranular and intragranular behavior of polycrystalline aggregates. Part 1: F.E. model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Jeulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Cailletaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 17 (4), pp.513-536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0749-6419(00)00061-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02327388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cosserat modelling of size effects in the mechanical behaviour of polycrystals and multi-phase materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 37 (46-47), pp.7105-7126. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0020-7683(99)00330-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02327420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5551,1693 +5785,1693 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement en flexion d'un stratifié carbone PEEK après exposition à une flamme kérosène</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId188" w:history="1">
+                <w:t xml:space="preserve">Modélisation thermomécanique basée sur la mésostructure d'un stratifié carbone / thermoplastique soumis à une flamme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Vacandare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tanguy Davin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNC 2025 - Journées Nationales sur les Composites 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05360094v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation thermomécanique basée sur la mésostructure d'un stratifié carbone / thermoplastique soumis à une flamme</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId188" w:history="1">
+                <w:t xml:space="preserve">Comportement en flexion d'un stratifié carbone PEEK après exposition à une flamme kérosène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Vacandare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Davin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNC 2025 - Journées Nationales sur les Composites 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05360156v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contactless temperature monitoring of the back surface of a woven-ply laminate under fire exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Davin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanhui Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Vacandare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouldi Ben Azzouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM21 - the 21st European Conference on Composite Materials 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole Centrale de Nantes; Nantes Université, Jul 2024, Nantes, France. pp.182-189</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05069586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NUMERICAL ANALYSIS OF POROSITY FORMATION WITHIN THERMOPLASTIC COMPOSITES UNDERGOING THERMAL DECOMPOSITION AT HIGH TEMPERATURES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Composite Materials 23 (ICCM 23)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Belfast, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04507897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the impact of porosity formation on the thermomechanics of a thermoplastic composite during the thermal decomposition of its matrix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNC23 - Journée Nationales sur les Composites 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04507771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extreme thermal aggression on one face of a microstructurally heterogeneous plate: a rapidly evolving multiphysical and multiscale problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Vieille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CMDS 14 - 14th International Symposium on Continuum Models and Discrete Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de l'impact de la formation de porosités sur la thermomécanique d'un composite thermoplastique durant la décomposition thermique de sa matrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNC23 : Journées Nationales sur les Composites 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AMAC, UFC, Supmicrotech-ENSMM, CNRS, Jul 2023, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesures de la température de surface par thermographie de luminophores dans le domaine fréquentiel : application à la tenue thermique de chambre de combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avinash Chaudhary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arij Guerziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Caceres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème Congrès Francophone de Techniques Laser</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française de Vélocimétrie Laser (AFVL), Sep 2022, Leuven, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04177815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical analysis of the thermal decomposition in thermoplastic based laminates under severe temperature conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Carpier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM20 - 20th European Conference on Composite Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Lausanne, Switzerland. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5075/978-X-XXX-XXXXX-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04507793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accounting for Size Dependence on the meso- or on the Micro-scale in Polycrystalline Plasticity. A Comparative Study for Different Grain Size Distributions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Calvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCES 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Phuket, Thailand. pp.339-347, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-67090-0_28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03244675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An investigation into the fracture behaviour of honeycombs with density gradients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Manno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josiane Nguejio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivano Benedetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Fracture and Damage Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Mallorca (On Line), Spain. pp.020015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0033972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02971959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation numérique du comportement thermo-mécanique de composites stratifiés tissés carbone PPS sous flux radiant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Carpier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02420693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse à champs complets de la plasticité cristalline d’agrégats à distribution bimodale de taille de grains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pagnacco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2019 - 24ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04721046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement mécanique au feu de composites à matrice thermoplastique pour applications aéronautiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Carpier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed-Ali Maaroufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École des Ponts ParisTech (ENPC), Jun 2017, 77455 Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01621623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration of austenitic stainless steel samples with bimodal grain size distributions and investigation of their mechanical behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Garcia de la Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAFORM 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Dublin, Ireland. pp.200007, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.5008244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01766016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7247,154 +7481,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of manganese-activated magnesium fluorogermanate with regards to surface phosphor thermometry in the frequency domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avinash Chaudhary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Rouen, France. 11th Proceedings of the European Combustion Meeting, 2023, Diagnostics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04177799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7404,417 +7638,417 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MODELLING OF POLYCRYSTALS USING WELL-CONTROLLED VORONOI-TYPE TESSELLATIONS AND ITS APPLICATIONS TO MICROMECHANICAL ANALYSES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Flipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Milhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Quey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Willot and S. Forest Eds. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on the Physics and Mechanics of Random Structures: from Morphology to Material Properties</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presse des Mines, 2018, 978-2-35671-529-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01916848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plastic deformation of minerals at high pressure: Multiscale numerical modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Durinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Tommasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Walker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mineral behaviour at extreme conditions EMU Notes in Mineralogy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mineralogical society of Great Britain and Ireland; R. Miletich (ed.), Eötvös University Press, Vol. 7, chapter 16, 389-415, 2005, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1180/emu-notes.7.16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02327014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polycrystalline Plasticity Under Small Strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bouchaud E., Jeulin D., Prioul C., Roux S. (eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Aspects of Fracture. NATO Science Series (Series II: Mathematics, Physics and Chemistry)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 32, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer Netherlands</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.191-206, 2001, 978-0-7923-7147-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-010-0656-9_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02327413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7824,114 +8058,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude numérique de la plasticité d'agrégats polycristallins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique [physics.med-ph]. École Nationale Supérieure des Mines de Paris, 2000. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00005640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId233"/>
+      <w:footerReference w:type="default" r:id="rId240"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8078,51 +8312,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392560v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi Loic M. Avegnon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Henry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sealy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barbe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vieille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2025.117107" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433650v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Vieille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Philippe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Duprey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gelin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00219983231222703" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523950v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58665-1_9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888383v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vieille" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Davin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sarazin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourbigot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.09.288" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694288v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Calvat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Keller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2024.105434" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230834v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2023.111026" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767506v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Carpier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2022.107165" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598953v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Calvat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Flipon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2022.103246" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626245v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Ling" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Nguejio" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Manno" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc St-Pierre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1756973721440066" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139433v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Alia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2021.109525" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104385v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Ngon Nguyen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Cailletaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Marini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy-Duan Nguyen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal/2021006" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03226391v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Beauvieux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. B&#233;rard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Aimone-Gastin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barbe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Barguil" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2020.1563" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184404v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quey" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.02.005" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357075v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Carpier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coppalle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2019.107586" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866794v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mokhtari" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Briatta" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Breteau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2020.139666" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866799v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.25641" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922183v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivano Benedetti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Gulizzi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1756973720500079" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327086v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Ramezani Dana" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delbreilh" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouldi Ben Azzouna" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2019.06.015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061657v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia de La Cruz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hug" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2018.05.064" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018719v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. A Maaroufi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.05.086" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766121v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maaroufi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gilles" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2017.03.046" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611237v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Maaroufi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2016.06.059" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NHZCDQ3M-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683644v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lhoutellier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ledue" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Patte" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dieny" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/48/11/115001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327186v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Maitre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Lechevallier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2014.07.021" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8RZQ7LSL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327203v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadawi Akram" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Saiter" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Negahban" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.201300134" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QN7R0SJ2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327297v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1756973713500029" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00732433v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Osipov" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2012.03.034" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327309v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeladhim Tahimi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Meftah" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Taleb" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2012.04.019" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VD01M01B-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00830554v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2011.01.052" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-490PRSFH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327316v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3672066" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00595995v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Quey" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2010.09.008" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858028v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dawson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2011.01.002" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856153v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Hoang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMP.2010.037612" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00423757v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Musienko" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2009.06.002" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327328v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Souza de Cursi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2008.01.005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VX0DMS1F-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327335v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ha" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2007.07.032" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9ZLXRH68-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327339v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2006.09.005" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90NX78DB-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327345v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sidoroff" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2006.10.004" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S45M8NDZ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124347v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Richard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Philippe" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bourl&#232;s" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Thibault" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327358v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Quilici" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2003207" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FF7FE15D0D1D932305109EF8E25A0A1513DBB9C9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327371v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Parisot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2001534" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327393v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0749-6419(00)00062-0" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D0D0021EF1C08C3FE4D29604AF5A9C32530DCD3F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327388v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Decker" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jeulin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0749-6419(00)00061-9" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/993B6F0AB79FB9AE13C742BB868DA91BF08CD678/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327420v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0020-7683(99)00330-3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/30014ADC0AC67693995F7F6244246698E745EEE3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360094v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vacandare" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Davin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360156v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069586v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanhui Lin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507897v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507771v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523958v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606747v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177815v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avinash Chaudhary" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arij Guerziz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Caceres" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vandel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507793v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5075/978-X-XXX-XXXXX-X" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244675v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Flipon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67090-0_28" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971959v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0033972" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420693v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721046v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pagnacco" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621623v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Ali Maaroufi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766016v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia de la Cruz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5008244" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177799v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01916848v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Milhem" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327014v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Durinck" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tommasi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Walker" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/emu-notes.7.16" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327413v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-94-010-0656-9_15" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-010-0656-9_15" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-5WGLRR3S-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00005640v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536632v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Philippe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vacandare" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vieille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barbe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2026.120196" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392560v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi Loic M. Avegnon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Henry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sealy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vieille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2025.117107" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433650v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Philippe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Duprey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gelin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00219983231222703" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523950v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Vieille" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58665-1_9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888383v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Davin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sarazin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourbigot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.09.288" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694288v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Calvat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Keller" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2024.105434" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04351622v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Simone" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Manno" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivano Benedetti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0145012" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230834v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2023.111026" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767506v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Carpier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2022.107165" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598953v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Calvat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Flipon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2022.103246" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626245v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Ling" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Nguejio" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc St-Pierre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1756973721440066" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139433v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Alia" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2021.109525" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104385v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Ngon Nguyen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Cailletaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Marini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy-Duan Nguyen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal/2021006" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357075v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Carpier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coppalle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2019.107586" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184404v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.02.005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866794v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mokhtari" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Briatta" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Breteau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2020.139666" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03226391v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Beauvieux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. B&#233;rard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Aimone-Gastin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barbe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Barguil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2020.1563" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866799v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.25641" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922183v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Gulizzi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1756973720500079" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327086v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Ramezani Dana" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delbreilh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouldi Ben Azzouna" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2019.06.015" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061657v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia de La Cruz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hug" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2018.05.064" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018719v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. A Maaroufi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.05.086" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766121v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maaroufi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gilles" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2017.03.046" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611237v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Maaroufi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2016.06.059" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NHZCDQ3M-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683644v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lhoutellier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ledue" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Patte" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dieny" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/48/11/115001" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327186v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Maitre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Lechevallier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2014.07.021" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8RZQ7LSL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327203v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadawi Akram" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Saiter" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Negahban" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.201300134" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QN7R0SJ2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327297v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1756973713500029" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00732433v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Osipov" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2012.03.034" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327309v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeladhim Tahimi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Meftah" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Taleb" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2012.04.019" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VD01M01B-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00830554v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2011.01.052" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-490PRSFH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327316v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3672066" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00595995v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Quey" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2010.09.008" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858028v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dawson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2011.01.002" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856153v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Hoang" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMP.2010.037612" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00423757v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Musienko" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2009.06.002" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327328v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Souza de Cursi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2008.01.005" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VX0DMS1F-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327335v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ha" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2007.07.032" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9ZLXRH68-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327345v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sidoroff" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2006.10.004" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S45M8NDZ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327339v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2006.09.005" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90NX78DB-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327358v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Quilici" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2003207" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FF7FE15D0D1D932305109EF8E25A0A1513DBB9C9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124347v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Richard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Philippe" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bourl&#232;s" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Thibault" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327371v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Parisot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2001534" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327393v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0749-6419(00)00062-0" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D0D0021EF1C08C3FE4D29604AF5A9C32530DCD3F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327388v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Decker" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jeulin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0749-6419(00)00061-9" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/993B6F0AB79FB9AE13C742BB868DA91BF08CD678/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327420v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0020-7683(99)00330-3" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/30014ADC0AC67693995F7F6244246698E745EEE3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360156v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vacandare" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360094v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Davin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069586v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanhui Lin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507897v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507771v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523958v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606747v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177815v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avinash Chaudhary" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arij Guerziz" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Caceres" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vandel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507793v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5075/978-X-XXX-XXXXX-X" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244675v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Flipon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67090-0_28" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971959v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0033972" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420693v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721046v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pagnacco" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621623v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Ali Maaroufi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766016v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia de la Cruz" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5008244" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177799v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01916848v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Milhem" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327014v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Durinck" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tommasi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Walker" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/emu-notes.7.16" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327413v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-94-010-0656-9_15" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-010-0656-9_15" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-5WGLRR3S-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00005640v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>