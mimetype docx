--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:112.60997067449px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabrice Bardet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fabrice-bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-1530-3579</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">135254949</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique des statistiques internationales du tourisme : Entre exigences financières et préoccupations environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Anduze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Meliani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05448642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un forum étudiant d’indicateurs de la transition écologique pour refaire le monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Badin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Enseigner les Enjeux Socio-Écologiques dans le Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2 (1), pp.15-27. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53480/jeeses.bedc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05320105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Dynamics of the Smart City Development: From the First Wave Model to the Third Wave Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Wahyuddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mochamad Agung Wibowo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sustainable Development and Planning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (10), pp.3715 - 3727. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18280/ijsdp.191002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05302396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The financialisation of housing by numbers: Brazilian real estate developers since the Lulist era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Baravelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Housing Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02673037.2022.2033175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03694300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial natives: Real estate developers at work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coulondre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Competition and Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1024529420920234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02515085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser la politique à l’heure anthropocène : l’outil de l’utopie urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles Urbanités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02964112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acteurs urbains et les promesses des palmarès internationaux des villes : Lyon à la conquête du « Top 15 » européen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aisling Healy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 16, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/metropoles.5136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01167049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériaux premiers : futur eldorado pour le secteur de la construction ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Ben Mabrouk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aménagement &amp; territoires : la revue de l'AITPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 50, pp.24-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01246589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinguer les variables et les objets de la quantification : comment le refus des &amp;quot;statistiques ethniques&amp;quot; n'empêche pas de penser la société multiculturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études interculturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (1), pp.37-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01250324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les essais randomisés contrôlés, révolution des politiques de développement ? Une évaluation de la Banque mondiale de l'empowerment au bangladesh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Cusso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10, pp.175-198. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.010.0175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01221235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinguer les variables des objets dans la quantification sociologique. Ou comment l'opposition française aux « statistiques ethniques » n'empêche pas de penser la société multiculturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études interculturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03106366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surveiller et classer : deux chantiers pour une recherche urbaine critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Purenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/metropoles.4302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01227149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surveiller et classer : deux chantiers pour une recherche urbaine critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Purenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 32, pp.179-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01227143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparer les performances des villes. Le programme des Indicateurs pour les Villes du Monde de la Banque Mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-J. Helluin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5, pp.83-122. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.005.0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01227126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques de la quantification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Jany-Catrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5, pp.9-17. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.005.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01227134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures du surtourisme et mesures contre le surtourisme : une étude comparative (Lucerne, Venise, Paris)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérian Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Anduze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Ceccato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Meier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AsTRES 2025 - Tourisme et habitants : conflits, cohabitations et coopérations entre les visiteurs, les acteurs locaux et internationaux du tourisme et les populations des destinations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Polytechnique Hauts de France, Valenciennes, Dec 2025, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La territorialisation des Limites Planétaires : Repenser la production locale des données environnementales pour repenser le territoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Dassibat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Gondran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UGI 2022 : Le temps des géographes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-03885363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching the financialization of cities through the ongoing transformation of social housing policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summer School "Green Futures. Valuing Environments during Transitional Times An Agenda for Research and Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03694525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chiffres financiers, l'urgence écologique et le droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Chiffre(s) et droit public » de l'ADPL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02964139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociology of Quantification to Open New Perspectives on Financialization of Cities: Some Reflections backed by a First Research Fieldwork on Lyon’s Metropolis Developers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coulondre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Financialization and urban studies: cross-sectional views Europe and Latin America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, São Carlos (SP), Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02964092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate hacking and makestorming : Toward a New Public Management able to deal with the unexpected ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Branchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Richard Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading French and Brazilian urban studies on real estate development an historical perspective on financialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coulondre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth International Conference “The Real Estate/Financial Complex” September 20-22, 2017, Belgium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les données et le gouvernement de la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Courmont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'AFSP. Section thématique 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hopwood, un passeur de la science du service public. Retour sur le succès de la revue Accounting, Organizations and Society (AOS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études "Chiffres publics, chiffres privés", IGPDE - MINEFI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mutations de la foi dans les chiffres Quand les comptables contestent la place des ingénieurs dans le conseil du Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude "De la légitimité des normes comptables" de l'Autorité des normes comptables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valua Terra. Faire la valeur des environnements. Perspectives croisées françaises et brésiliennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huana Carvalho</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978–2–919380–55–8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03846459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les évaluations financières bousculent le logement social à la française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Perré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03800759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chiffres, le droit et l'urgence écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chiffre(s) et droit public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, pp.21-45, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03775483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning from the &amp;quot;Probabilistic Revolution” History. Alain Desrosières’s French school</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Social Sciences of Quantification. From Politics of Large Numbers to Target-Driven Policies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03106713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bétons et durabilités : les perspectives de la recherche dans les revues scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sacré Béton ! Fabrique et légende d'un matériau du futur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face à l'abandon de la planification des transports et au projet d'une hyper-gestion des mobilités, le réinvestissement des enquêtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilité en transitions : Connaître, comprendre et représenter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03106705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face à l'abandon de la planification des transports et au projet d'une hyper-gestion des mobilités, le réinvestissement des enquêtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. Armoogum et alii. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilités urbaines en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01254786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démocratie, les villes et le miroir américain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03145977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu Valérie Boussard (ed.) (2017), Finance at work, Routledge, Taylor & Francis Group, coll. « Routledge International Studies in Money and Banking », London, New York, 264 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolution comptable pour sauver la planète ? Questions à Jacques Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de synthèse des auditions du Comité métropolitain de relance et de transition de la Métropole de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Métropole de Lyon. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03106701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctions et usages du syntagme &amp;quot; développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Genestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Jacquenod-Desforges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RIVES. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promouvoir la construction en terre. Dynamiques françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Ben Mabrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ENTPE. 2015, 58 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03129561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner (par) les chiffres. Les labels de qualité environnementale dans la finance verte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01678261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impératif de durabilité dans le développement : une évidence ? Master Etudes du développement, IEDES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01678687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promises of the new sociological Schools in a total quantified world. How to face financialization and dataization of cities?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. São Paulo, Brazil. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01678610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing cities by numbers. From social statistics to financialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Zanin Shimbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cibele Saliba Rizek</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Brazil. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01678572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser la société, penser la politique&amp;quot; Cours de 2e année de l'ENTPE, Université de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01678584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA STATISTIQUE AU MIROIR DE LA RÉGION Eléments pour une sociologie historique des institutions régionales du chiffre en France depuis 1940</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Science politique. Paris 1 - Panthéon-Sorbonne, 2000. Français. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03101587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId96"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:112.60997067449px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabrice Bardet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fabrice-bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-1530-3579</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">135254949</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique des statistiques internationales du tourisme : Entre exigences financières et préoccupations environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Anduze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Meliani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05448642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un forum étudiant d’indicateurs de la transition écologique pour refaire le monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Badin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Enseigner les Enjeux Socio-Écologiques dans le Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2 (1), pp.15-27. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53480/jeeses.bedc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05320105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Dynamics of the Smart City Development: From the First Wave Model to the Third Wave Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Wahyuddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mochamad Agung Wibowo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sustainable Development and Planning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (10), pp.3715 - 3727. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18280/ijsdp.191002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05302396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The financialisation of housing by numbers: Brazilian real estate developers since the Lulist era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Baravelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Housing Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02673037.2022.2033175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03694300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser la politique à l’heure anthropocène : l’outil de l’utopie urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles Urbanités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02964112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial natives: Real estate developers at work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coulondre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Competition and Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1024529420920234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02515085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acteurs urbains et les promesses des palmarès internationaux des villes : Lyon à la conquête du « Top 15 » européen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aisling Healy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 16, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/metropoles.5136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01167049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériaux premiers : futur eldorado pour le secteur de la construction ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Ben Mabrouk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aménagement &amp; territoires : la revue de l'AITPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 50, pp.24-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01246589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinguer les variables et les objets de la quantification : comment le refus des &amp;quot;statistiques ethniques&amp;quot; n'empêche pas de penser la société multiculturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études interculturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (1), pp.37-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01250324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les essais randomisés contrôlés, révolution des politiques de développement ? Une évaluation de la Banque mondiale de l'empowerment au bangladesh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Cusso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10, pp.175-198. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.010.0175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01221235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinguer les variables des objets dans la quantification sociologique. Ou comment l'opposition française aux « statistiques ethniques » n'empêche pas de penser la société multiculturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études interculturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03106366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparer les performances des villes. Le programme des Indicateurs pour les Villes du Monde de la Banque Mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-J. Helluin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5, pp.83-122. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.005.0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01227126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques de la quantification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Jany-Catrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5, pp.9-17. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.005.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01227134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surveiller et classer : deux chantiers pour une recherche urbaine critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Purenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/metropoles.4302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01227149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures du surtourisme et mesures contre le surtourisme : une étude comparative (Lucerne, Venise, Paris)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérian Geffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Anduze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Ceccato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Meier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AsTRES 2025 - Tourisme et habitants : conflits, cohabitations et coopérations entre les visiteurs, les acteurs locaux et internationaux du tourisme et les populations des destinations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Polytechnique Hauts de France, Valenciennes, Dec 2025, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05509005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La territorialisation des Limites Planétaires : Repenser la production locale des données environnementales pour repenser le territoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Dassibat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Gondran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UGI 2022 : Le temps des géographes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-03885363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching the financialization of cities through the ongoing transformation of social housing policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summer School "Green Futures. Valuing Environments during Transitional Times An Agenda for Research and Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03694525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chiffres financiers, l'urgence écologique et le droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Chiffre(s) et droit public » de l'ADPL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02964139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociology of Quantification to Open New Perspectives on Financialization of Cities: Some Reflections backed by a First Research Fieldwork on Lyon’s Metropolis Developers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coulondre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Financialization and urban studies: cross-sectional views Europe and Latin America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, São Carlos (SP), Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02964092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate hacking and makestorming : Toward a New Public Management able to deal with the unexpected ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Branchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Richard Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Chabanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hopwood, un passeur de la science du service public. Retour sur le succès de la revue Accounting, Organizations and Society (AOS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études "Chiffres publics, chiffres privés", IGPDE - MINEFI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les données et le gouvernement de la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Courmont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'AFSP. Section thématique 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading French and Brazilian urban studies on real estate development an historical perspective on financialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coulondre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth International Conference “The Real Estate/Financial Complex” September 20-22, 2017, Belgium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mutations de la foi dans les chiffres Quand les comptables contestent la place des ingénieurs dans le conseil du Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude "De la légitimité des normes comptables" de l'Autorité des normes comptables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valua Terra. Faire la valeur des environnements. Perspectives croisées françaises et brésiliennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Shimbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huana Carvalho</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978–2–919380–55–8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03846459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les évaluations financières bousculent le logement social à la française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Perré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03800759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chiffres, le droit et l'urgence écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chiffre(s) et droit public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, pp.21-45, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03775483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning from the &amp;quot;Probabilistic Revolution” History. Alain Desrosières’s French school</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Social Sciences of Quantification. From Politics of Large Numbers to Target-Driven Policies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03106713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face à l'abandon de la planification des transports et au projet d'une hyper-gestion des mobilités, le réinvestissement des enquêtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilité en transitions : Connaître, comprendre et représenter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03106705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bétons et durabilités : les perspectives de la recherche dans les revues scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sacré Béton ! Fabrique et légende d'un matériau du futur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face à l'abandon de la planification des transports et au projet d'une hyper-gestion des mobilités, le réinvestissement des enquêtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J. Armoogum et alii. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilités urbaines en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01254786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démocratie, les villes et le miroir américain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03145977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolution comptable pour sauver la planète ? Questions à Jacques Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu Valérie Boussard (ed.) (2017), Finance at work, Routledge, Taylor & Francis Group, coll. « Routledge International Studies in Money and Banking », London, New York, 264 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de synthèse des auditions du Comité métropolitain de relance et de transition de la Métropole de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Métropole de Lyon. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03106701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctions et usages du syntagme &amp;quot; développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Genestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Jacquenod-Desforges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RIVES. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promouvoir la construction en terre. Dynamiques françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taoufik Ben Mabrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Villain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] ENTPE. 2015, 58 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03129561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner (par) les chiffres. Les labels de qualité environnementale dans la finance verte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01678261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing cities by numbers. From social statistics to financialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Zanin Shimbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cibele Saliba Rizek</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Brazil. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01678572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promises of the new sociological Schools in a total quantified world. How to face financialization and dataization of cities?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. São Paulo, Brazil. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01678610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser la société, penser la politique&amp;quot; Cours de 2e année de l'ENTPE, Université de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01678584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impératif de durabilité dans le développement : une évidence ? Master Etudes du développement, IEDES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01678687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA STATISTIQUE AU MIROIR DE LA RÉGION Eléments pour une sociologie historique des institutions régionales du chiffre en France depuis 1940</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Science politique. Paris 1 - Panthéon-Sorbonne, 2000. Français. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03101587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId95"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CB2573CD"/>
+    <w:nsid w:val="B4A8523D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabrice-bardet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1530-3579" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135254949" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05448642v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Anduze" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Meliani" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bardet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320105v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Badin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53480/jeeses.bedc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302396v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Wahyuddin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mochamad Agung Wibowo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ijsdp.191002" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03694300v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Shimbo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Baravelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02673037.2022.2033175" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02515085v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coulondre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1024529420920234" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02964112v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01167049v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling Healy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.5136" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246589v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufik Ben Mabrouk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250324v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01221235v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cusso" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.010.0175" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106366v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01227149v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Purenne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.4302" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01227143v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01227126v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Helluin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.005.0083" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01227134v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jany-Catrice" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.005.0009" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509005v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Geffroy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Ceccato" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03885363v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dassibat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Gondran" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03694525v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02964139v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02964092v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055875v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Branchet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chabanet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678811v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678832v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Courmont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678674v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678664v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03846459v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huana Carvalho" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03800759v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Perr&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03775483v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106713v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107227v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Villain" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106705v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01254786v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03145977v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967638v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103606v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106701v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015198v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Genestier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Jacquenod-Desforges" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03129561v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01678261v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01678687v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01678610v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01678572v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Zanin Shimbo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cibele Saliba Rizek" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01678584v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03101587v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabrice-bardet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1530-3579" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135254949" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05448642v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Anduze" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Meliani" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bardet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320105v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Badin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53480/jeeses.bedc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302396v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Wahyuddin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mochamad Agung Wibowo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ijsdp.191002" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03694300v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Shimbo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Baravelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02673037.2022.2033175" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02964112v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02515085v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coulondre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1024529420920234" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01167049v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling Healy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.5136" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246589v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufik Ben Mabrouk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250324v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01221235v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cusso" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.010.0175" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106366v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01227126v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Helluin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.005.0083" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01227134v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jany-Catrice" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.005.0009" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01227149v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Purenne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.4302" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509005v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Geffroy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Ceccato" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03885363v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dassibat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Gondran" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03694525v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02964139v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02964092v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055875v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Branchet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chabanet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678674v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678832v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Courmont" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678811v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678664v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03846459v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huana Carvalho" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03800759v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Perr&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03775483v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106713v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106705v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107227v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Villain" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01254786v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03145977v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103606v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967638v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106701v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015198v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Genestier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Jacquenod-Desforges" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03129561v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01678261v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01678572v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Zanin Shimbo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cibele Saliba Rizek" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01678610v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01678584v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01678687v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03101587v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>