--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabrice BESNARD </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheur INRAE (CRCN)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fabrice-besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4619-5547</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">15734696X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Researcher (CRCN) INRAE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Date of Birth: 2/04/1983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am working in the lab &amp;quot;</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Reproduction and Development</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;  in the team &amp;quot;</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signals in Developmental Dynamics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am a plant developmental biologist interested in how the </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">robustness of morphogenesis and cell differentiation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> is controlled across different scales during development and growth. My main working system is the </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">shoot apical meristem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> of the model plant </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabidopsis thaliana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, which is responsible for the generation of all above-ground part of the plant: leaves, stems, branches, flowers, fruits... My favorite developmental processes are </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">phyllotaxis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (the geometrical arragement of leaves and fruits around shoots) and </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">early organogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> from stem cells to produce flower or leaf (bract). I am using and developping </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">quantitative approaches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in genetics, genomics, confocal-microscope live imaging or macroscopic phenotyping to characterize the different factors that canalize development into reproducible shapes and patterns or, conversely, explain the origin of consistent phenotypic variations. Among these different factors, I give a particular focus on </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">hormonal signalling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (auxin, cytokinin, gibberellins) which are known important inter-cellular signals and is a strong expertise in my team. I am also using </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">forward genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> to discover new genetic regulator without </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">a priori</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, especially among natural genetic variations, which provides real examples of the evolution of genetic robustness in </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">natural populations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. I also work in strong colaboration with computer scientists, mathematicians and modelers to </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">develop quantitative tools, data and image analysis pipelines or modeling frameworks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADDRESS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire REPRODUCTION ET DÉVELOPPEMENT DES PLANTESENS de Lyon46, allée d'Italie,69364 LYON Cedex 07 FRANCE</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fabrice.besnard@ens-lyon.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EDUCATION</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2025: HDR (Habilitation à Diriger des Recherches)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011: PhD in plant developmental biology (ENS de Lyon, France).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2008: Master2 in cell and molecular Biology, speciality in developmental biology (Université PMC, Paris VI, France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2006: Agrégation des SV-STU (secondary school teacher exam, training performed at Paris Sud-Orsay-XI & ENS Paris, France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2003-2005: Undergraduate studies (ENS Paris & Université PMC-Paris VI, France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2001-2003: Undergraduate studies (Lycée Chateaubriand, Rennes, France)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">POSITIONS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022-2025: Member of the CN section 23 CNRS Biologie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016: Recruited Scientist INRA (CRCN INRA), 2016.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012-2016: Postdoctoral researcher, ENS, Paris, France,</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural variation in Arabidopsis uncouples leaf and flower development and reveals massive transcriptomic heterochrony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Dieudonné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruth Kristianingsih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Hallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béline Jesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, pp.erag004. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erag004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recruitment of bifunctional regulator thermospermine to methylated ribosomes directs xylem fate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donghwi Ko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raili Ruonala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Faille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Hellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Help</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 391 (6786), pp.694-699. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.adx2867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Graph-Based Approach for Simultaneous Semantic and Instance Segmentation of Plant 3D Point Clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Mirande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tisserand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Charlaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.1-20. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2022.1012669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03746572v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What shoots can teach about theories of plant form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (6), pp.716-724. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41477-021-00930-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03393502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A broad mutational target explains a fast rate of phenotypic evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Picao-Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Felix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eLife</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7554/elife.54928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03046955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Necessity and Contingency in Developmental Genetic Screens: EGF, Wnt, and Semaphorin Pathways in Vulval Induction of the Nematode Oscheius tipulae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amhed Vargas-Velazquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Félix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 211 (4), pp.1315-1330. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1534/genetics.119.301970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward universal forward genetics: using a draft genome sequence of the nematode oscheius tipulae to identify mutations affecting vulva development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Koutsovoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Dieudonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Blaxter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Félix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 206 (4), pp.1747-1761. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1534/genetics.117.203521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meristem size contributes to the robustness of phyllotaxis in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Landrein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Hervieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mirabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 66 (5), pp.1317-1324. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/eru482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The AHP6 cytokinin signaling inhibitor mediates an auxin-cytokinin crosstalk that regulates the timing of organ initiation at the shoot apical meristem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Rozier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Signaling and Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (4), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4161/psb.28788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytokinin signalling inhibitory fields provide robustness to phyllotaxis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Marteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Brunoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 505 (7483), pp.417-421. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature12791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pattern identification and characterization reveal permutations of organs as a key genetically controlled property of post-meristematic phyllotaxis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Farcot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 338, pp.94-110. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2013.07.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noise and robustness in phyllotaxis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mirabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arezki Boudaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (2), </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1002389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organogenesis from stem cells in planta: multiple feedback loops integrating molecular and mechanical signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Hamant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 68 (17), pp.2885-2906. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00018-011-0732-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auxin at the shoot apical meristem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Traas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cold Spring Harbor Perspectives in Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (4), pp.a001487. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/cshperspect.a001487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabidopsis natural variation induces complex transcriptomic heterochronies at the floral transition and perturbs the coupling between leaf and flower development by an unexpected genetic control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Dieudonné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruth Kristianingsih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béline Jesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723101v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural variation for bract formation reveals overlooked heterochronies peaking at floral transition in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Dieudonné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristianingsih Ruth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Stéphanie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesson Béline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vidal Véronique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Arabidopsis Research (ICAR) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Belfast (Northern Ireland), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping robotics for micro-labs: a low-cost, indoor, open-source platform for precise phenotyping of plant shoots in 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Besnard Fabrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taleb Nabil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlaix Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macé Aurèle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7h International Plant Phenotyping Symposium (IPPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Wagenigen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchical Developmental Timeline Warping: a generic method to design realistic plant architecture models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th conference on Structural-Functional Plant Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Berlin (DE), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant precision phenotyping with ROMI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tisserand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Affordable Phenotyping Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Angers (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Combinatorial Model of Phyllotaxis Perturbations in Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Farcot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Symposium on Combinatorial Pattern Matching, Palermo, Italy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Palermo, Italy. pp.323--335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00828852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A combinatorial model of phyllotaxis perturbations in [i]Arabidopsis thaliana[/i]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Farcot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Annual Symposium on Combinatorial Pattern Matching (CPM 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Palermo, Italy. 480 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing perturbations in phyllotaxis of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Farcot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop on Functional-Structural Plant Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Davis, United States. pp.185-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00831773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biologie intégrative des organismes photosynthétiques et micro-organismes associés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nussaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Cenci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Clesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Biologie intégrative des organismes photosynthétiques et micro-organismes associés (Section 23). 2025, pp.381-389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05492655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D6.4. Realistic model of Arabidopsis based on botanical measurements and extension to new plant species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Colliaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission européenne. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D6.5 Development and assessment of a validation method for assessment of plant trait extraction from the ROMI pipeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission européenne. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D5.5. Report on the computer vision algorithms and their applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Mirande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hétroy-Wheeler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European commission. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D5.2 Demonstration of enhanced 3D segmentation for weeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Charlaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Hanappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission européenne. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D1.4 the SCANNER 3D for scientific users (Management Document)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Charlaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Ait Talib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Hanappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission européenne. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D5.3 Demonstration of indoor (and outdoor), 3D reconstruction of plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Charlaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission européenne. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustesse du développement chez les organismes multicellulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Botanique. Ecole Nationale Supérieure de Lyon, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05189715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the role of AHP6 in the control of phyllotaxis in Arabidopsis thaliana : robustness and spatio-temporal coordination in the development of self-organized organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vegetal Biology. Ecole normale supérieure de lyon - ENS LYON, 2011. English. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011ENSL0638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00769405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques éléments autour de la régulation du statut hydrique des plantes terrestres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. UE de Physiologie, ENS Lyon, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">réflexions épistémologiques d’un chercheur en biologie (généticien du développement)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École d'ingénieur. Cours à la carte 4GM, option F, INSA de Lyon, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The nematode vulva: a gate to link genotype to phenotype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. UE Biologie du développement : nouveaux concepts et approches, ENS de Lyon, Lyon, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId120"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabrice BESNARD </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheur INRAE (CRCN)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fabrice-besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4619-5547</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">15734696X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Researcher (CRCN) INRAE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Date of Birth: 2/04/1983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am working in the lab &amp;quot;</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Reproduction and Development</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;  in the team &amp;quot;</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signals in Developmental Dynamics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am a plant developmental biologist interested in how the </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">robustness of morphogenesis and cell differentiation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> is controlled across different scales during development and growth. My main working system is the </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">shoot apical meristem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> of the model plant </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabidopsis thaliana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, which is responsible for the generation of all above-ground part of the plant: leaves, stems, branches, flowers, fruits... My favorite developmental processes are </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">phyllotaxis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (the geometrical arragement of leaves and fruits around shoots) and </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">early organogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> from stem cells to produce flower or leaf (bract). I am using and developping </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">quantitative approaches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in genetics, genomics, confocal-microscope live imaging or macroscopic phenotyping to characterize the different factors that canalize development into reproducible shapes and patterns or, conversely, explain the origin of consistent phenotypic variations. Among these different factors, I give a particular focus on </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">hormonal signalling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (auxin, cytokinin, gibberellins) which are known important inter-cellular signals and is a strong expertise in my team. I am also using </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">forward genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> to discover new genetic regulator without </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">a priori</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, especially among natural genetic variations, which provides real examples of the evolution of genetic robustness in </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">natural populations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. I also work in strong colaboration with computer scientists, mathematicians and modelers to </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">develop quantitative tools, data and image analysis pipelines or modeling frameworks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADDRESS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire REPRODUCTION ET DÉVELOPPEMENT DES PLANTESENS de Lyon46, allée d'Italie,69364 LYON Cedex 07 FRANCE</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fabrice.besnard@ens-lyon.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EDUCATION</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2025: HDR (Habilitation à Diriger des Recherches)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011: PhD in plant developmental biology (ENS de Lyon, France).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2008: Master2 in cell and molecular Biology, speciality in developmental biology (Université PMC, Paris VI, France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2006: Agrégation des SV-STU (secondary school teacher exam, training performed at Paris Sud-Orsay-XI & ENS Paris, France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2003-2005: Undergraduate studies (ENS Paris & Université PMC-Paris VI, France)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2001-2003: Undergraduate studies (Lycée Chateaubriand, Rennes, France)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">POSITIONS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022-2025: Member of the CN section 23 CNRS Biologie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016: Recruited Scientist INRA (CRCN INRA), 2016.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012-2016: Postdoctoral researcher, ENS, Paris, France,</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural variation in Arabidopsis uncouples leaf and flower development and reveals massive transcriptomic heterochrony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Dieudonné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruth Kristianingsih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Hallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béline Jesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, pp.erag004. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erag004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recruitment of bifunctional regulator thermospermine to methylated ribosomes directs xylem fate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donghwi Ko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raili Ruonala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Faille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Hellmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Help</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 391 (6786), pp.694-699. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.adx2867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Graph-Based Approach for Simultaneous Semantic and Instance Segmentation of Plant 3D Point Clouds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Mirande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tisserand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Charlaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.1-20. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2022.1012669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03746572v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What shoots can teach about theories of plant form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (6), pp.716-724. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41477-021-00930-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03393502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A broad mutational target explains a fast rate of phenotypic evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Picao-Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Felix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eLife</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7554/elife.54928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03046955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Necessity and Contingency in Developmental Genetic Screens: EGF, Wnt, and Semaphorin Pathways in Vulval Induction of the Nematode Oscheius tipulae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amhed Vargas-Velazquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Félix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 211 (4), pp.1315-1330. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1534/genetics.119.301970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward universal forward genetics: using a draft genome sequence of the nematode oscheius tipulae to identify mutations affecting vulva development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Koutsovoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Dieudonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Blaxter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Félix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 206 (4), pp.1747-1761. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1534/genetics.117.203521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meristem size contributes to the robustness of phyllotaxis in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Landrein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Hervieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mirabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 66 (5), pp.1317-1324. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/eru482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The AHP6 cytokinin signaling inhibitor mediates an auxin-cytokinin crosstalk that regulates the timing of organ initiation at the shoot apical meristem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Rozier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Signaling and Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (4), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4161/psb.28788⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytokinin signalling inhibitory fields provide robustness to phyllotaxis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Marteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Brunoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 505 (7483), pp.417-421. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature12791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pattern identification and characterization reveal permutations of organs as a key genetically controlled property of post-meristematic phyllotaxis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Farcot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 338, pp.94-110. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2013.07.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noise and robustness in phyllotaxis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mirabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arezki Boudaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (2), </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1002389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organogenesis from stem cells in planta: multiple feedback loops integrating molecular and mechanical signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Hamant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 68 (17), pp.2885-2906. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00018-011-0732-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auxin at the shoot apical meristem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Traas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cold Spring Harbor Perspectives in Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (4), pp.a001487. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/cshperspect.a001487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabidopsis natural variation induces complex transcriptomic heterochronies at the floral transition and perturbs the coupling between leaf and flower development by an unexpected genetic control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Dieudonné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruth Kristianingsih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béline Jesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723101v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping robotics for micro-labs: a low-cost, indoor, open-source platform for precise phenotyping of plant shoots in 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Besnard Fabrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taleb Nabil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlaix Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macé Aurèle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7h International Plant Phenotyping Symposium (IPPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Wagenigen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural variation for bract formation reveals overlooked heterochronies peaking at floral transition in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Dieudonné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristianingsih Ruth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laine Stéphanie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesson Béline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vidal Véronique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Arabidopsis Research (ICAR) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Belfast (Northern Ireland), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchical Developmental Timeline Warping: a generic method to design realistic plant architecture models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th conference on Structural-Functional Plant Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Berlin (DE), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant precision phenotyping with ROMI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tisserand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Affordable Phenotyping Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Angers (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A combinatorial model of phyllotaxis perturbations in [i]Arabidopsis thaliana[/i]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Farcot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Annual Symposium on Combinatorial Pattern Matching (CPM 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Palermo, Italy. 480 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Combinatorial Model of Phyllotaxis Perturbations in Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Farcot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Vernoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Symposium on Combinatorial Pattern Matching, Palermo, Italy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Palermo, Italy. pp.323--335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00828852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing perturbations in phyllotaxis of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Refahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Farcot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop on Functional-Structural Plant Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Davis, United States. pp.185-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00831773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biologie intégrative des organismes photosynthétiques et micro-organismes associés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nussaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Cenci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Clesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Biologie intégrative des organismes photosynthétiques et micro-organismes associés (Section 23). 2025, pp.381-389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05492655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D6.5 Development and assessment of a validation method for assessment of plant trait extraction from the ROMI pipeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission européenne. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D5.5. Report on the computer vision algorithms and their applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Mirande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Hétroy-Wheeler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European commission. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D6.4. Realistic model of Arabidopsis based on botanical measurements and extension to new plant species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Godin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Colliaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission européenne. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D1.4 the SCANNER 3D for scientific users (Management Document)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Charlaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Ait Talib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Hanappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission européenne. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D5.3 Demonstration of indoor (and outdoor), 3D reconstruction of plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Charlaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission européenne. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D5.2 Demonstration of enhanced 3D segmentation for weeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Charlaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Hanappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission européenne. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustesse du développement chez les organismes multicellulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Botanique. Ecole Nationale Supérieure de Lyon, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05189715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the role of AHP6 in the control of phyllotaxis in Arabidopsis thaliana : robustness and spatio-temporal coordination in the development of self-organized organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vegetal Biology. Ecole normale supérieure de lyon - ENS LYON, 2011. English. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011ENSL0638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00769405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques éléments autour de la régulation du statut hydrique des plantes terrestres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. UE de Physiologie, ENS Lyon, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">réflexions épistémologiques d’un chercheur en biologie (généticien du développement)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École d'ingénieur. Cours à la carte 4GM, option F, INSA de Lyon, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The nematode vulva: a gate to link genotype to phenotype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. UE Biologie du développement : nouveaux concepts et approches, ENS de Lyon, Lyon, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId120"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="27DA77C0"/>
+    <w:nsid w:val="AC911AFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="5086D69E"/>
+    <w:nsid w:val="5C8C664A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="F579AB7B"/>
+    <w:nsid w:val="33AD2914"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -640,51 +640,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabrice-besnard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4619-5547" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15734696X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ens-lyon.fr/RDP/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ens-lyon.fr/RDP/signalisation-et-dynamique-developpementale/?lang=en" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabrice.besnard@ens-lyon.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534253v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Kristianingsih" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Hallet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;line Jesson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vidal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erag004" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508727v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donghwi Ko" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raili Ruonala" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faille" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Hellmann" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Help" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adx2867" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03746572v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Mirande" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tisserand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Charlaix" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Besnard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1012669" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03393502v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Vernoux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-021-00930-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046955v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Picao-Osorio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dubois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Felix" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.54928" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332248v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amhed Vargas-Velazquez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne F&#233;lix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.119.301970" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595198v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Koutsovoulos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Dieudonne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Blaxter" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.117.203521" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634017v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Landrein" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin Refahi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Hervieux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mirabet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru482" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601710v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rozier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.28788" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00926908v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marteaux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Brunoud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature12791" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00859831v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gu&#233;don" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Farcot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2013.07.026" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZ2P84DW-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648616v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezki Boudaoud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002389" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652230v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Hamant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-011-0732-4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A53C0C1D074D4CBD65F802F95AF38746BA2B4503/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608647v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Traas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/cshperspect.a001487" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723101v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Laine" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721844v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristianingsih Ruth" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laine St&#233;phanie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesson B&#233;line" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vidal V&#233;ronique" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721876v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besnard Fabrice" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Legrand" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taleb Nabil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlaix Julie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mac&#233; Aur&#232;le" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392528v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04722006v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00828852v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190615v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00831773v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492655v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Raynaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nussaume" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Cenci" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Clesse" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723109v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colliaux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723119v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723093v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck H&#233;troy-Wheeler" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723113v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hanappe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723106v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ait Talib" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723117v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05189715v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00769405v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011ENSL0638" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721972v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721969v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721923v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabrice-besnard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4619-5547" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15734696X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ens-lyon.fr/RDP/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ens-lyon.fr/RDP/signalisation-et-dynamique-developpementale/?lang=en" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabrice.besnard@ens-lyon.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534253v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Kristianingsih" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Hallet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;line Jesson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vidal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erag004" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508727v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donghwi Ko" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raili Ruonala" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faille" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Hellmann" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Help" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adx2867" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03746572v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Mirande" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tisserand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Charlaix" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Besnard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1012669" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03393502v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Vernoux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-021-00930-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046955v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Picao-Osorio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dubois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Felix" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.54928" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332248v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amhed Vargas-Velazquez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne F&#233;lix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.119.301970" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595198v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Koutsovoulos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Dieudonne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Blaxter" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.117.203521" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634017v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Landrein" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin Refahi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Hervieux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mirabet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru482" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601710v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rozier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.28788" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00926908v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marteaux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Brunoud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature12791" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00859831v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gu&#233;don" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Farcot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2013.07.026" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZ2P84DW-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648616v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezki Boudaoud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002389" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652230v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Hamant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-011-0732-4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A53C0C1D074D4CBD65F802F95AF38746BA2B4503/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608647v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Traas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/cshperspect.a001487" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723101v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Laine" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721876v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besnard Fabrice" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Legrand" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taleb Nabil" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlaix Julie" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mac&#233; Aur&#232;le" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721844v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristianingsih Ruth" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laine St&#233;phanie" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesson B&#233;line" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vidal V&#233;ronique" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392528v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04722006v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190615v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00828852v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00831773v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492655v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Raynaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nussaume" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Cenci" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Clesse" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723119v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723093v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck H&#233;troy-Wheeler" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723109v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colliaux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723106v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ait Talib" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hanappe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723117v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723113v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05189715v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00769405v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011ENSL0638" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721972v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721969v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721923v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>