--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -2993,429 +2993,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02327342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of an oligonucleotide-derivatized amphipol and its use to trap and immobilize membrane proteins</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amphipol-Mediated Screening of Molecular Orthoses Specific for Membrane Protein Targets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Antonio Della Pia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Giusti</w:t>
+                <w:t xml:space="preserve">Yann Ferrandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Lloret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manuela Zoonens</w:t>
+                <w:t xml:space="preserve">Manuela Dezi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Bosco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Urvoas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Valerio-Lepiniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gku250⟩</w:t>
+              <w:t xml:space="preserve">Journal of Membrane Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 247 (9-10), pp.925-940. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00232-014-9707-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02123748v1</w:t>
+                <w:t xml:space="preserve">hal-02123741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of amphipols for solution NMR studies of membrane proteins: advantages and constraints as compared to other solubilizing media.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noelya Planchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Point</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tassadite Dahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Giusti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Membrane Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 247 (9-10), pp.827-842. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00232-014-9654-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03011599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amphipol-Mediated Screening of Molecular Orthoses Specific for Membrane Protein Targets</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mickael Bosco</w:t>
+                <w:t xml:space="preserve">Synthesis of an oligonucleotide-derivatized amphipol and its use to trap and immobilize membrane proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Le Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Urvoas</w:t>
+                <w:t xml:space="preserve">Eduardo Antonio Della Pia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Giusti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Valerio-Lepiniec</w:t>
+                <w:t xml:space="preserve">Noémie Lloret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Zoonens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Membrane Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 247 (9-10), pp.925-940. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42 (10), pp.e83-e83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00232-014-9707-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gku250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123741v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Well-Defined Critical Association Concentration and Rapid Adsorption at the Air/Water Interface of a Short Amphiphilic Polymer, Amphipol A8-35: A Study by Förster Resonance Energy Transfer and Dynamic Surface Tension Measurements</w:t>
               </w:r>
@@ -3505,51 +3505,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sulfonated amphipols: Synthesis, properties, and applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tassadite Dahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Giusti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3634,51 +3634,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sulfonated amphipols: Synthesis, properties, and applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tassadite Dahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Giusti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4823,264 +4823,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00169697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of Membrane Protein/Amphipol Association Studied by Förster Resonance Energy Transfer: Implications for in Vitro Studies of Amphipol-Stabilized Membrane Proteins †</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manuela Zoonens</w:t>
+                <w:t xml:space="preserve">The ci/bH moiety in the b6f complex studied by EPR : A pair of strongly interacting hemes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frauke Baymann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Giusti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Popot</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Nitschke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 104, pp.519-524</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02123750v1</w:t>
+                <w:t xml:space="preserve">hal-00169582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ci/bH moiety in the b6f complex studied by EPR : A pair of strongly interacting hemes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frauke Baymann</w:t>
+                <w:t xml:space="preserve">Dynamics of Membrane Protein/Amphipol Association Studied by Förster Resonance Energy Transfer: Implications for in Vitro Studies of Amphipol-Stabilized Membrane Proteins †</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Zoonens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Giusti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Wolfgang Nitschke</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Zito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Popot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 46 (36), pp.10392-10404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/bi7007596⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00169582v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ci/bH-moiety in the cytochrome b6f complex studied by EPR. A pair of strongly interacting hemes</w:t>
               </w:r>
@@ -5187,51 +5187,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protective and inhibitory effects of various types of amphipols on the Ca2+-ATPase from sarcoplasmic reticulum : a comparative study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tassadite Dahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Garrigos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5583,51 +5583,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protective and Inhibitory Effects of Various Types of Amphipols on the Ca 2+ -ATPase from Sarcoplasmic Reticulum: A Comparative Study †</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tassadite Dahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Garrigos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8483,51 +8483,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04791847v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamir Sukhbaatar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Piton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giusti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Duvail" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2024.106415" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224204v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine El Khoueiry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Lelong" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Nsouli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2023.106201" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600014v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guerinoni" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Giusti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufr&#234;che" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Motokawa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2024.124820" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04610359v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Belfqueh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chapron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Seron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2024.126701" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318002v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorianne Ginot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal El Bakkouche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202305906" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224208v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Guerinoni" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/separations10090509" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813679v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marconnet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Michon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Prost" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Solgadi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Le Bon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c01746" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395204v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Felines" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beillard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1nj02077c" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02873530v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Martin-Gassin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Gassin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c00253" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011607v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Casiraghi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Point" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Damian" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Rieger" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-59571-6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018338v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tribet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.0c00929" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489597v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329555v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego de La Fuente-Herreruela" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Monnappa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Mu&#241;oz-&#218;beda" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aar&#243;n Morall&#243;n-Pi&#241;a" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Enciso" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-019-0509-8" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329625v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Noe Perry" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hager Souabni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Rapisarda" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Fronzes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2018.11.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123752v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Serra-Batiste" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Tolchard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Zoonens" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#224;lia Carulla" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2018.00038" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324125v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Tifrea" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukumar Pal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Popot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2018.09.055" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123745v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kessler" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randi Westh Hansen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Della Pia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.5b01010" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327334v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Watkinson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Calabrese" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheena Radford" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2015.06.017" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329676v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Opa&#269;i&#263;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap Broos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9691-7" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324075v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Catoire" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Qian" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9656-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323382v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moeava Tehei" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Perlmutter" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sachs" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Zaccai" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9725-1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327342v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9655-y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123748v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Antonio Della Pia" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lloret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku250" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011599v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelya Planchard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tassadite Dahmane" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Renault" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9654-z" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123741v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ferrandez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Dezi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bosco" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Urvoas" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Valerio-Lepiniec" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9707-3" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123737v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la300774d" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011665v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.21683" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1MXNW0GT-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329706v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512070v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J Catoire" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233;e Martin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine van Heijenoort" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja101868c" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324029v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Van Heijenoort" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329891v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Pohl" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan L&#243;pez-Montero" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe F. Devaux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09687680902733815" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329759v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bazzacco" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shivaji Sharma" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Durand" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ebel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm900938w" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373616v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2008.11.017" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FBPCTBNR-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123740v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charvolin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Perez" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouviere" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bazzacco" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0807132106" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329735v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Olivier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Fabiano" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la8023056" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SF8792PZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169697v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Zito" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123750v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi7007596" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-KC0HZ907-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169582v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Baymann" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Picot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Nitschke" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340005v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baymann" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Picot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Nitschke" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093063v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Picard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garrigos" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gauron" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093090v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gohon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Prata" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charvolin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Timmins" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123733v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la052243g" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-LH6KZ1VQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123751v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Garrigos" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gauron" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi051954a" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-7PWL0569-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329845v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Mansis" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pucci" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b206463d" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FB3AEB2CAAE294F1C99C7420419CB6641D33CA35/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766973v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Thimotee" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768308v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuhei Motokawa" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764121v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyad Karam&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768017v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768025v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764147v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lemire" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767928v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ben Ghozi-Bouvrande" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764123v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767984v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767918v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768288v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768315v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764149v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04735092v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van&#232;le Tsapi-Metchop" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rebiscoul" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zemb" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768003v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04649025v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04649034v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Baus-Lagarde" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04648997v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijun Lu" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331857v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Shivaji Sharma" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bazzaco" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Durand" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331631v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Popot J.-L." TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02899603v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04791847v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamir Sukhbaatar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Piton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giusti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Duvail" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2024.106415" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224204v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine El Khoueiry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Lelong" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Nsouli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2023.106201" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600014v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guerinoni" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Giusti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufr&#234;che" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Motokawa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2024.124820" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04610359v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Belfqueh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chapron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Seron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2024.126701" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318002v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorianne Ginot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal El Bakkouche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202305906" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224208v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Guerinoni" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/separations10090509" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813679v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marconnet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Michon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Prost" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Solgadi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Le Bon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c01746" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395204v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Felines" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beillard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1nj02077c" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02873530v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Martin-Gassin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Gassin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c00253" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011607v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Casiraghi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Point" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Damian" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Rieger" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-59571-6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018338v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tribet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.0c00929" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489597v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329555v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego de La Fuente-Herreruela" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Monnappa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Mu&#241;oz-&#218;beda" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aar&#243;n Morall&#243;n-Pi&#241;a" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Enciso" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-019-0509-8" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329625v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Noe Perry" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hager Souabni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Rapisarda" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Fronzes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2018.11.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123752v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Serra-Batiste" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Tolchard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Zoonens" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#224;lia Carulla" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2018.00038" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324125v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Tifrea" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukumar Pal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Popot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2018.09.055" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123745v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kessler" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randi Westh Hansen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Della Pia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.5b01010" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327334v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Watkinson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Calabrese" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheena Radford" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2015.06.017" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329676v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Opa&#269;i&#263;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap Broos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9691-7" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324075v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Catoire" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Qian" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9656-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323382v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moeava Tehei" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Perlmutter" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sachs" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Zaccai" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9725-1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327342v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9655-y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123741v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ferrandez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Dezi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bosco" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Urvoas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Valerio-Lepiniec" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9707-3" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011599v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelya Planchard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tassadite Dahmane" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Renault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00232-014-9654-z" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123748v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Antonio Della Pia" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lloret" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku250" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123737v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la300774d" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011665v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.21683" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1MXNW0GT-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329706v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512070v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J Catoire" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233;e Martin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine van Heijenoort" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja101868c" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324029v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Van Heijenoort" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329891v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Pohl" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan L&#243;pez-Montero" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe F. Devaux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09687680902733815" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329759v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bazzacco" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shivaji Sharma" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Durand" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ebel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm900938w" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373616v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2008.11.017" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FBPCTBNR-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123740v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charvolin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Perez" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouviere" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bazzacco" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0807132106" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329735v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Olivier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Fabiano" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la8023056" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SF8792PZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169697v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Zito" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169582v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Baymann" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Picot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Nitschke" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123750v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi7007596" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-KC0HZ907-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340005v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baymann" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Picot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Nitschke" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093063v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Picard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garrigos" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gauron" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093090v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gohon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Prata" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charvolin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Timmins" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123733v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la052243g" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-LH6KZ1VQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123751v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Garrigos" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gauron" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi051954a" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-7PWL0569-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329845v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Mansis" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pucci" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b206463d" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FB3AEB2CAAE294F1C99C7420419CB6641D33CA35/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766973v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Thimotee" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768308v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuhei Motokawa" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764121v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyad Karam&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768017v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768025v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764147v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lemire" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767928v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ben Ghozi-Bouvrande" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764123v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767984v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767918v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768288v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768315v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764149v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04735092v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van&#232;le Tsapi-Metchop" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rebiscoul" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zemb" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768003v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04649025v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04649034v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Baus-Lagarde" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04648997v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijun Lu" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331857v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Shivaji Sharma" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bazzaco" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Durand" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331631v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Popot J.-L." TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02899603v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>