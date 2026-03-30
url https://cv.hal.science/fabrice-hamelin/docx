--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1290,169 +1290,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05041427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Chapter 8. The art of casting: Emmanuel Macron, his prime ministers and his majority (2017-2022)</w:t>
+                <w:t xml:space="preserve">La majorité silencieuse n’en veut pas !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Presidents, Prime Ministers and Majorities. The Complex Evolution of the French Fifth Republic,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Palgrave Macmillan, In press, Palgrave Studies in Presidential Politics, 978-3-031-44663-4</w:t>
+              <w:t xml:space="preserve">L'acceptation sociale: L'innovation publique à l'épreuve du faisable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMS Editions, pp. 55-75, 2023, Questions de société, 978-2-37687-738-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04331366v1</w:t>
+                <w:t xml:space="preserve">hal-04330860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La majorité silencieuse n’en veut pas !</w:t>
+                <w:t xml:space="preserve">« Chapter 8. The art of casting: Emmanuel Macron, his prime ministers and his majority (2017-2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sergiu Mișcoiu; Pierre Emmanuel Guigo. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'acceptation sociale: L'innovation publique à l'épreuve du faisable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EMS Editions, pp. 55-75, 2023, Questions de société, 978-2-37687-738-7</w:t>
+              <w:t xml:space="preserve">Presidents, Prime Ministers and Majorities. The Complex Evolution of the French Fifth Republic,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, In press, Palgrave Studies in Presidential Politics, 978-3-031-44663-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04330860v1</w:t>
+                <w:t xml:space="preserve">hal-04331366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hériter, vouloir prouver et devoir renoncer.</w:t>
               </w:r>
@@ -2436,51 +2436,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634378v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hamelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0761898017002096" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588514v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.151.0111" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853572v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Bruyelle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor O'Neill" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Miloudi El Koursi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolo Sartori" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2013.07.022" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7JN9PVQX-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796019v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Eyssartier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01961863v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Claude Spenlehauer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01969614v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Spenlehauer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10439460600811950" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04103110v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.533.0435" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331343v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861273v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Moguen-Toursel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbspro.2012.06.1001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615179v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eyssartier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04076598v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/boutique/lacceptation-sociale/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03939706v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-petite_histoire_politique_du_80_km_h_fabrice_hamelin-9782140311130-75112.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041427v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331366v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330860v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03502849v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997817v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pichonnaz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Surdez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Frau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03502846v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671600v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588626v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221028v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588627v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974960v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pinsard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re V&#233;ron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02102576v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brusque" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bruyas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Fabrigoule" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hours" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634378v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hamelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0761898017002096" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588514v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.151.0111" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853572v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Bruyelle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor O'Neill" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Miloudi El Koursi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolo Sartori" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2013.07.022" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7JN9PVQX-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796019v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Eyssartier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01961863v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Claude Spenlehauer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01969614v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Spenlehauer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10439460600811950" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04103110v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.533.0435" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331343v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861273v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Moguen-Toursel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbspro.2012.06.1001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615179v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eyssartier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04076598v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/boutique/lacceptation-sociale/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03939706v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-petite_histoire_politique_du_80_km_h_fabrice_hamelin-9782140311130-75112.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041427v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330860v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331366v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03502849v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997817v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pichonnaz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Surdez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Frau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03502846v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671600v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588626v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221028v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588627v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974960v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pinsard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re V&#233;ron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02102576v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brusque" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bruyas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Fabrigoule" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hours" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>