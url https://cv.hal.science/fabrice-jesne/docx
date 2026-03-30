--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2036,575 +2036,575 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduzione - Le Italie e i loro consoli</w:t>
+                <w:t xml:space="preserve">La guerre franco-allemande vue d'Italie : moment médiatique et recompositions politiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcella Aglietti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consoli e consolati italiani dagli stati preunitari al fascismo (1802-1945)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Collection de l'École française de Rome, 978-2-7283-1416-4</w:t>
+              <w:t xml:space="preserve">La guerre de 1870, conflit européen, conflit global</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions du Bourg, pp.113-126, 2020, 978-2-490650-08-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04986666v1</w:t>
+                <w:t xml:space="preserve">hal-05004265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La guerre franco-allemande vue d'Italie : moment médiatique et recompositions politiques</w:t>
+                <w:t xml:space="preserve">Da Berlino a Tunisi: la Questione d'Oriente nell'arena politica italiana (1878-1881)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Romatre-Press. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La guerre de 1870, conflit européen, conflit global</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions du Bourg, pp.113-126, 2020, 978-2-490650-08-8</w:t>
+              <w:t xml:space="preserve">Il sud-est europeo e le grandi potenze. Questioni nazionali e ambizioni egemoniche dopo il Congresso di Berlino</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.47-53, 2020, 979-12-80060-83-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05004265v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05004334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Da Berlino a Tunisi: la Questione d'Oriente nell'arena politica italiana (1878-1881)</w:t>
+                <w:t xml:space="preserve">La transition unitaire des services consulaires italiens (1858-1870)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Il sud-est europeo e le grandi potenze. Questioni nazionali e ambizioni egemoniche dopo il Congresso di Berlino</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.47-53, 2020, 979-12-80060-83-9</w:t>
+              <w:t xml:space="preserve">Consoli e consolati italiani dagli stati preunitari al fascismo (1802-1945)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française de Rome, 2020, Collection de l'École française de Rome, 978-2-7283-1416-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05004334v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04987122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La transition unitaire des services consulaires italiens (1858-1870)</w:t>
+                <w:t xml:space="preserve">Introduzione - Le Italie e i loro consoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcella Aglietti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Consoli e consolati italiani dagli stati preunitari al fascismo (1802-1945)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, École française de Rome, 2020, Collection de l'École française de Rome, 978-2-7283-1416-4</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">École française de Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Collection de l'École française de Rome, 978-2-7283-1416-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04987122v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04986666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La longue entrée en guerre de l’Italie dans les Balkans : le théâtre albanais de mai à décembre 1915</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Jeannesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Schnakenbourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entrer en guerre, 1914-1918 : des Balkans au monde</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experts et expertises en diplomatie. La mobilisation des compétences dans les relations internationales du congrès de Westphalie à la naissance de l’ONU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.7-15, 2018, 978-2-7535-7484-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.167796⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05008968v1</w:t>
+                <w:t xml:space="preserve">hal-04995705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les délégués italiens auprès de la Commission financière internationale pour la Grèce (1897-1914)</w:t>
+                <w:t xml:space="preserve">La longue entrée en guerre de l’Italie dans les Balkans : le théâtre albanais de mai à décembre 1915</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experts et expertises en diplomatie. La mobilisation des compétences dans les relations internationales du congrès de Westphalie à la naissance de l’ONU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.257-273, 2018, 978-2-7535-7484-7</w:t>
+              <w:t xml:space="preserve">Entrer en guerre, 1914-1918 : des Balkans au monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.67-81, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04995734v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05008968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">Les délégués italiens auprès de la Commission financière internationale pour la Grèce (1897-1914)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Éric Schnakenbourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experts et expertises en diplomatie. La mobilisation des compétences dans les relations internationales du congrès de Westphalie à la naissance de l’ONU</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.7-15, 2018, 978-2-7535-7484-7. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.257-273, 2018, 978-2-7535-7484-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pur.167796⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04995705v1</w:t>
+                <w:t xml:space="preserve">hal-04995734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consuls et affairistes : une relecture de la « pénétration pacifique » italienne dans les Balkans à la veille de la Grande Guerre</w:t>
               </w:r>
@@ -2955,238 +2955,238 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04995820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Italia e la questione dell’Epiro durante le guerre balcaniche</w:t>
+                <w:t xml:space="preserve">L'Italie face à la Question Adriatique, 1861-1915 : aspects stratégiques et idéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Institute for Balkan Studies of the Serbian Academy of Sciences and Arts. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fra neutralità e conflitto. La Romania, l’Italia e le guerre balcaniche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Società editrice Dante Alighieri, pp.86-101, 2014</w:t>
+              <w:t xml:space="preserve">Les stratégies balkaniques de l'Italie (19e – 20e siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.103-120, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05003965v1</w:t>
+                <w:t xml:space="preserve">hal-05014165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Italie face à la Question Adriatique, 1861-1915 : aspects stratégiques et idéologiques</w:t>
+                <w:t xml:space="preserve">Migration and nation: the situation of Italians in the Eastern Mediterranean in the early 19th century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les stratégies balkaniques de l'Italie (19e – 20e siècle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.103-120, 2014</w:t>
+              <w:t xml:space="preserve">Borders, Mobilities and Migrations. Perspectives from the Mediterranean, 19-21st Century</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.239-250, 2014, 9782875741233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05014165v1</w:t>
+                <w:t xml:space="preserve">hal-05003968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migration and nation: the situation of Italians in the Eastern Mediterranean in the early 19th century</w:t>
+                <w:t xml:space="preserve">L’Italia e la questione dell’Epiro durante le guerre balcaniche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Borders, Mobilities and Migrations. Perspectives from the Mediterranean, 19-21st Century</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Peter Lang, pp.239-250, 2014, 9782875741233</w:t>
+              <w:t xml:space="preserve">Fra neutralità e conflitto. La Romania, l’Italia e le guerre balcaniche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Società editrice Dante Alighieri, pp.86-101, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05003968v1</w:t>
+                <w:t xml:space="preserve">hal-05003965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les « colonies » italiennes d'Orient et la fraternité : solidarité d'exil, sociabilité locale et sentiment national</w:t>
               </w:r>
@@ -3801,278 +3801,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04479782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Balkans, l’Europe et les guerres de 1912-1913</w:t>
+                <w:t xml:space="preserve">Commémorations et célébrations civiques dans l’Italie contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Capdepuy</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Sarlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Renaud Dorlhiac</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Buclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Jestin</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Démiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stanislav Sretenović</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux pour l'histoire de notre temps</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Italie et Méditerranée modernes et contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2 (125), 2013, Mélanges de l'École française de Rome - Italie et Méditerranée, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mefrim.1361⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04976096v1</w:t>
+                <w:t xml:space="preserve">hal-04976139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commémorations et célébrations civiques dans l’Italie contemporaine</w:t>
+                <w:t xml:space="preserve">Les Balkans, l’Europe et les guerres de 1912-1913</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Simon Sarlin</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Capdepuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Buclon</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Dorlhiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Victor Démiaux</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Renard</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislav Sretenović</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Italie et Méditerranée modernes et contemporaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Matériaux pour l'histoire de notre temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 107 (2), pp.1-39, 2013</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04976139v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04976096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4242,51 +4242,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F24FECF2"/>
+    <w:nsid w:val="8C011CA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4473,51 +4473,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabrice-jesne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5733-2458" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/139285377" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05462975v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Jesn&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ri.203.0039" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479461v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.149.0024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04041520v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.11497" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976055v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Dorlhiac" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.9812" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426851v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Grenet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bartolomei" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Ulbert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896155v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156881v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.3047" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-BCLM1HCH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620981v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ri.160.0019" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963476v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dasque" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Windler" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mond.141.0174" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288676v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.6850" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010917v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Sarlin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.1476" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008908v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963429v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Capdepuy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.107.0003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963470v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.107.0001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963481v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.581.0231" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341356v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publications.efrome.it/opencms/opencms/menu/catalogo/index.html?id=1&amp;amp;autore=Fabrice%20Jesn%C3%A9&amp;amp;ricerca=D" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.10378" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03105016v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Aglietti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975979v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Schnakenbourg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Jeannesson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.167776" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620975v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lloret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brizay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Poumar&#232;de" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/5936/les-consuls-agents-de-la-presence-francaise-dans-le-monde" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986666v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.efrome.it/book/show/ean/9782728314164" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004265v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004334v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987122v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008968v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995734v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995705v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.167796" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620998v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3331" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011636v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620987v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4121" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011968v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003965v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014165v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003968v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014781v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288677v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/34319" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.34319" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014786v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04992803v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014793v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995843v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jestin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479782v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Biagianti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gouic" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mass&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976096v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Sretenovi&#263;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976139v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Buclon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor D&#233;miaux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Renard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.1361" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04975772v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabrice-jesne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5733-2458" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/139285377" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05462975v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Jesn&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ri.203.0039" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479461v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.149.0024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04041520v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.11497" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976055v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Dorlhiac" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.9812" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426851v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Grenet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bartolomei" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Ulbert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896155v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156881v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.3047" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-BCLM1HCH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620981v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ri.160.0019" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963476v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dasque" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Windler" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mond.141.0174" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288676v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.6850" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010917v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Sarlin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.1476" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008908v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963429v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Capdepuy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.107.0003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963470v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.107.0001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963481v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.581.0231" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341356v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publications.efrome.it/opencms/opencms/menu/catalogo/index.html?id=1&amp;amp;autore=Fabrice%20Jesn%C3%A9&amp;amp;ricerca=D" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.10378" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03105016v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Aglietti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975979v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Schnakenbourg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Jeannesson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.167776" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620975v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lloret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brizay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Poumar&#232;de" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/5936/les-consuls-agents-de-la-presence-francaise-dans-le-monde" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004265v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004334v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987122v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986666v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.efrome.it/book/show/ean/9782728314164" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995705v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.167796" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008968v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995734v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620998v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3331" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011636v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620987v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4121" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011968v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014165v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003968v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003965v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014781v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288677v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/34319" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.34319" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014786v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04992803v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014793v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995843v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jestin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479782v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Biagianti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gouic" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mass&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976139v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Buclon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor D&#233;miaux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Renard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.1361" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976096v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Sretenovi&#263;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04975772v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>