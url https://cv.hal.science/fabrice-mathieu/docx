--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -368,319 +368,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05293836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer of III-nitride epitaxial layers onto pre-patterned silicon substrates for the simple fabrication of free-standing MEMS</w:t>
+                <w:t xml:space="preserve">Real‐Time and High‐Resolution Monitoring of Neuronal Electrical Activity and pH Variations Based on the Co‐Integration of Nanoelectrodes and Chem‐FinFETs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rajat Gujrati</w:t>
+                <w:t xml:space="preserve">Luca Bettamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Kassem</w:t>
+                <w:t xml:space="preserve">Florent H Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Ayela</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
+                <w:t xml:space="preserve">Marie Charline Blatche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liviu Nicu</w:t>
+                <w:t xml:space="preserve">Daniel Gonzalez-Dunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 124 (10), pp.104102. </w:t>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (27), pp.2309055. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0191772⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/smll.202309055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495378v1</w:t>
+                <w:t xml:space="preserve">hal-04639879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real‐Time and High‐Resolution Monitoring of Neuronal Electrical Activity and pH Variations Based on the Co‐Integration of Nanoelectrodes and Chem‐FinFETs</w:t>
+                <w:t xml:space="preserve">Transfer of III-nitride epitaxial layers onto pre-patterned silicon substrates for the simple fabrication of free-standing MEMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Bettamin</w:t>
+                <w:t xml:space="preserve">Rajat Gujrati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Kassem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Gonzalez-Dunia</w:t>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 20 (27), pp.2309055. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 124 (10), pp.104102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/smll.202309055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0191772⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04639879v1</w:t>
+                <w:t xml:space="preserve">hal-04495378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining PEDOT:PSS Polymer Coating with Metallic 3D Nanowires Electrodes to Achieve High Electrochemical Performances for Neuronal Interfacing Applications (Adv. Mater. 39/2023)</w:t>
+                <w:t xml:space="preserve">Combining PEDOT:PSS Polymer Coating with Metallic 3D Nanowires Electrodes to Achieve High Electrochemical Performances for Neuronal Interfacing Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Muguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Maziz</w:t>
@@ -723,94 +723,94 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Larrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 35 (39), pp.2302472. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adma.202370281⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adma.202302472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04234509v1</w:t>
+                <w:t xml:space="preserve">hal-04234494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining PEDOT:PSS Polymer Coating with Metallic 3D Nanowires Electrodes to Achieve High Electrochemical Performances for Neuronal Interfacing Applications</w:t>
+                <w:t xml:space="preserve">Combining PEDOT:PSS Polymer Coating with Metallic 3D Nanowires Electrodes to Achieve High Electrochemical Performances for Neuronal Interfacing Applications (Adv. Mater. 39/2023)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Muguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Maziz</w:t>
@@ -853,70 +853,70 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Larrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 35 (39), pp.2302472. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adma.202302472⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adma.202370281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04234494v1</w:t>
+                <w:t xml:space="preserve">hal-04234509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a vibrating MEMS electromagnetic energy harvester using simulations</w:t>
               </w:r>
@@ -1298,429 +1298,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03840274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetophoresis-Assisted Capillary Assembly: A Versatile Approach for Fabricating Tailored 3D Magnetic Supercrystals</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Blon</w:t>
+                <w:t xml:space="preserve">Photoactuation of micromechanical devices by photochromic molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Elías Angulo-Cervera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
+                <w:t xml:space="preserve">Mario Piedrahita-Bello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbora Brachňaková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Enríquez-Cabrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsnano.0c10215⟩</w:t>
+              <w:t xml:space="preserve">Materials Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (15), pp.5057-5061. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1ma00480h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03156435v1</w:t>
+                <w:t xml:space="preserve">hal-03285954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the Effect of Spin Crossover on the Static and Dynamic Properties of MEMS Microcantilevers Coated with Nanocomposite Films of [Fe(Htrz)2(trz)](BF4)@P(VDF-TrFE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Elías Angulo-Cervera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Piedrahita-Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Leichle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (8), pp.114. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/magnetochemistry7080114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03329761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoactuation of micromechanical devices by photochromic molecules</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Barbora Brachňaková</w:t>
+                <w:t xml:space="preserve">Magnetophoresis-Assisted Capillary Assembly: A Versatile Approach for Fabricating Tailored 3D Magnetic Supercrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Moritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Enríquez-Cabrera</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Liviu Nicu</w:t>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2 (15), pp.5057-5061. </w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (3), pp.5096-5108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d1ma00480h⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.0c10215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03285954v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03156435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piezoelectric nanoelectromechanical systems integrating microcontact printed lead zirconate titanate films</w:t>
               </w:r>
@@ -1987,51 +1987,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecule-based microelectromechanical sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matias Imanol Urdampilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Ducrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2121,90 +2121,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanowire based bioprobes for electrical monitoring of electrogenic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Bettamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charline Blatché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gonzalez-Dunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 30 (46), pp.464001. </w:t>
@@ -2638,559 +2638,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01687804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microelectromechanical systems integrating molecular spin crossover actuators</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Rat</w:t>
+                <w:t xml:space="preserve">A Simple Fabrication Process Based on Micro-masonry for the Realization of Nanoplate Resonators with Integrated Actuation and Detection Schemes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adhitya Bhaswara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hohyun Keum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Séguy</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seok Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4960766⟩</w:t>
+              <w:t xml:space="preserve">Frontiers of Mechanical Engineering in China</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmech.2016.00001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01687800v1</w:t>
+                <w:t xml:space="preserve">hal-01960876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Simple Fabrication Process Based on Micro-masonry for the Realization of Nanoplate Resonators with Integrated Actuation and Detection Schemes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hohyun Keum</w:t>
+                <w:t xml:space="preserve">Microelectromechanical systems integrating molecular spin crossover actuators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Dolores Manrique-Juárez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Seok Kim</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daisuke Saya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Séguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers of Mechanical Engineering in China</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 2 (1), </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 109 (6), pp.061903/1-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmech.2016.00001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4960766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01960876v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01687800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometry optimization of uncoated silicon microcantilever-based gas density sensors</w:t>
+                <w:t xml:space="preserve">PFM Performances Analysis of PZT Piezoelectric Nano Cantilevers Fabricated on Si Wafer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohand-Tayeb Boudjiet</w:t>
+                <w:t xml:space="preserve">Denis Remiens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan Bertrand</w:t>
+                <w:t xml:space="preserve">Jean Costecalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Dezest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 208, pp.600-607. </w:t>
+              <w:t xml:space="preserve">Nanoscience &amp;Nanotechnology-Asia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (1), pp.15-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2014.11.067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2174/2210681205666150601215725⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01082346v1</w:t>
+                <w:t xml:space="preserve">hal-03525030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PFM Performances Analysis of PZT Piezoelectric Nano Cantilevers Fabricated on Si Wafer</w:t>
+                <w:t xml:space="preserve">Geometry optimization of uncoated silicon microcantilever-based gas density sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Remiens</w:t>
+                <w:t xml:space="preserve">Mohand-Tayeb Boudjiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Costecalde</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Dezest</w:t>
+                <w:t xml:space="preserve">Johan Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscience &amp;Nanotechnology-Asia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 5 (1), pp.15-24. </w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 208, pp.600-607. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/2210681205666150601215725⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2014.11.067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03525030v1</w:t>
+                <w:t xml:space="preserve">hal-01082346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafer-scale fabrication of self-actuated piezoelectric nanoelectromechanical resonators based on lead zirconate titanate (PZT)</w:t>
               </w:r>
@@ -3304,364 +3304,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01169283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication of nanoplate resonating structures via micro-masonry</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MISFET-based biosensing interface for neurons guided growth and neuronal electrical activities recording</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Rhee</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Legrand</w:t>
+                <w:t xml:space="preserve">Florian Larramendy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Bendali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charline Blatché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Picaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0960-1317/24/11/115012⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 203, pp.375 - 381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2014.06.106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01687810v1</w:t>
+                <w:t xml:space="preserve">hal-01504965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MISFET-based biosensing interface for neurons guided growth and neuronal electrical activities recording</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie-Charline Blatché</w:t>
+                <w:t xml:space="preserve">Fabrication of nanoplate resonating structures via micro-masonry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adhitya Bhaswara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hohyun Keum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Rhee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Serge Picaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 203, pp.375 - 381. </w:t>
+              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24 (11), pp.115012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2014.06.106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0960-1317/24/11/115012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01504965v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01687810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel detection in liquid phase of N-channel MOSFET/ChemFET microdevices using saturation mode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Larramendy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Charlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Temple-Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3721,51 +3721,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing parasitic effects of actuation and sensing schemes for piezoelectric microelectromechanical resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Larramendy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Dezest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4152,51 +4152,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Maali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Amarouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4299,51 +4299,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mazenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Remiens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 20, pp.075014-1-8. </w:t>
@@ -4866,303 +4866,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00900089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of Saccharomyces cerevisiae and Aspergillus oryzae on fermentations in the rumen of faunated and defaunated sheep; protozoal and probiotic interactions</w:t>
+                <w:t xml:space="preserve">Comparative effects of Saccharomyces cerevisiae and Aspergillus oryzae on rumen fermentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jp Jouany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Sénaud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">G Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Senaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 36 (3), pp.271-287</w:t>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 45 (Suppl1), pp.336-336</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00899838v1</w:t>
+                <w:t xml:space="preserve">hal-00889647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative effects of Saccharomyces cerevisiae and Aspergillus oryzae on rumen fermentations</w:t>
+                <w:t xml:space="preserve">The effect of Saccharomyces cerevisiae and Aspergillus oryzae on fermentations in the rumen of faunated and defaunated sheep; protozoal and probiotic interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jp Jouany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">J Sénaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Bohatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">G Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de zootechnie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 45 (Suppl1), pp.336-336</w:t>
+              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 36 (3), pp.271-287</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00889647v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00899838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the addition of mixed B-type protozoa in defaunated rumen of sheep on the degradation and fermentation of different proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Sénaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jp Jouany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5366,51 +5366,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Defoort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinear Micro-Nanosystems symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Marne-la-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5429,286 +5429,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05217868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capacitive Micromachined Ultrasonic Transducer Based Airborne Pitch-Catch Measurement Modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward Next-Generation Bioelectronic Interfaces for In Vitro Neural Network Analysis Using 3D Nanoelectrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Muguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Bettamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yilihamu Abudujiasuer</w:t>
+                <w:t xml:space="preserve">Aziliz Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Lemaire</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Dufour</w:t>
+                <w:t xml:space="preserve">Emilie Belot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE International Ultrasonics Symposium (IUS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">33rd International Materials Research Congress - IMRC 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MRS, Aug 2025, Cancun, Mexico</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05330547v1</w:t>
+                <w:t xml:space="preserve">hal-05398466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Next-Generation Bioelectronic Interfaces for In Vitro Neural Network Analysis Using 3D Nanoelectrodes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Luca Bettamin</w:t>
+                <w:t xml:space="preserve">Capacitive Micromachined Ultrasonic Transducer Based Airborne Pitch-Catch Measurement Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yilihamu Abudujiasuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aziliz Lecomte</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Belot</w:t>
+                <w:t xml:space="preserve">Flavien Barcella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd International Materials Research Congress - IMRC 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Utrecht, Netherlands. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IUS62464.2025.11201675⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05398466v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05330547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards vertical Gate-all-around FeFET devices : Material and Integration Considerations in 3D</w:t>
               </w:r>
@@ -5819,51 +5819,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NeuroNets: Advancing SU-8-Based Flexible Self-Standing Microdevices for 3D Brain Model Interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziliz Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Laborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5944,51 +5944,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of transparent nanowire array technology for high resolution electrophysiology of brain-on-chip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Belot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charline Blatche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6063,195 +6063,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04730546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancements in HZO Layer Engineering for Ultimate 3D Vertical Transistors : Towards a Logic-In-Memory Application</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Konstantinos Moustakas</w:t>
+                <w:t xml:space="preserve">A simple process for the fabrication of parallel-plate electrostatic MEMS resonators by gold thermocompression bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Dolores Manrique-Juarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Neckel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thomas Mikolajick</w:t>
+                <w:t xml:space="preserve">Guillaume Libaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Conédéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Materials Research Society (EMRS ) fall meeting 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 36th International Conference on Micro Electro Mechanical Systems (IEEE MEMS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Munich, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMS49605.2023.10052563⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04439483v1</w:t>
+                <w:t xml:space="preserve">hal-03951363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering of HZO layer for the fabrication of ultimate 3D vertical transistors for Memory-in-Logic applications M. Materials engineering for advanced semiconductor devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Moustakas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Neckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lecestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6283,441 +6292,432 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Materials Research Society (EMRS ) spring meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04168229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple process for the fabrication of parallel-plate electrostatic MEMS resonators by gold thermocompression bonding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maria Dolores Manrique-Juarez</w:t>
+                <w:t xml:space="preserve">Monolithic integration of thick NDFEB micro-magnets into MEMS: application to electromagnetic energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Elías Angulo-Cervera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederico Orlandini Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilona Lecerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Moritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Bourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 36th International Conference on Micro Electro Mechanical Systems (IEEE MEMS 2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">22nd International Conference on Solid-State Sensors, Actuators and Microsystems (Transducers 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Kyoto, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MEMS49605.2023.10052563⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03951363v1</w:t>
+                <w:t xml:space="preserve">hal-04660346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monolithic integration of thick NDFEB micro-magnets into MEMS: application to electromagnetic energy harvesting</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Moritz</w:t>
+                <w:t xml:space="preserve">Development of nanoprobe array technology for high resolution electrophysiology of brain-on-chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charline Blatche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Bardie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Conference on Solid-State Sensors, Actuators and Microsystems (Transducers 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">E-MRS (European Materials Research Society)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04660346v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04135485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of nanoprobe array technology for high resolution electrophysiology of brain-on-chip</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Charline Blatche</w:t>
+                <w:t xml:space="preserve">Advancements in HZO Layer Engineering for Ultimate 3D Vertical Transistors : Towards a Logic-In-Memory Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Moustakas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Neckel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lecestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Mikolajick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS (European Materials Research Society)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">European Materials Research Society (EMRS ) fall meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04135485v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04439483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H2MEMS Project: Resonant MEMS for detection of hydrogen release in radioactive waste disposal facility</w:t>
               </w:r>
@@ -6943,398 +6943,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03845587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conductive polymer coated 3D-nanostructured electrodes to enhance the stimulation and recording performances of neuronal activity</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">MEMS-based platforms for characterization of advanced functional materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Trolier-Mckinstry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabor Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzedine Bousseksou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maira Dolores Manrique Juarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 MRS Fall Meeting &amp; exhibit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Boston, United States</w:t>
+              <w:t xml:space="preserve">16th IEEE International Conference on Nano/Micro Engineered &amp; Molecular Systems (IEEE-NEMS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Xiamen, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03845567v1</w:t>
+                <w:t xml:space="preserve">hal-03210652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEMS-based platforms for characterization of advanced functional materials: from Substantia to Potentia</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conductive polymer coated 3D-nanostructured electrodes to enhance the stimulation and recording performances of neuronal activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Muguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Maziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Nano/Micro Engineered and Molecular Systems (NEMS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Xiamen, China</w:t>
+              <w:t xml:space="preserve">2021 MRS Fall Meeting &amp; exhibit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03424049v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03845567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEMS-based platforms for characterization of advanced functional materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">MEMS-based platforms for characterization of advanced functional materials: from Substantia to Potentia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Trolier-Mckinstry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabor Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabor Molnar</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Azzedine Bousseksou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maira Dolores Manrique Juarez</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Dolores Manrique-Juarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th IEEE International Conference on Nano/Micro Engineered &amp; Molecular Systems (IEEE-NEMS 2021)</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Nano/Micro Engineered and Molecular Systems (NEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Xiamen, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03210652v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonant MEMS for Gas Detection Based on the Measurements of Physical Properties of Gas Mixtures</w:t>
               </w:r>
@@ -7841,1673 +7841,1673 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01962993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-K thin films for simultaneous dielectric actuation and detection of M/NEMS flexural vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Fuinel</w:t>
+                <w:t xml:space="preserve">Fabrication and characterization of mechanical resonators integrating microcontact printed PZT films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daisuke Saya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Dezest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Leichle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christian Bergaud</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Solid-State Sensors, Actuators and Microsystems TRANSDUCERS 17</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2017.7994155⟩</w:t>
+              <w:t xml:space="preserve">2017 Joint IEEE International Symposium on the Applications of Ferroelectric (ISAF)/International Workshop on Acoustic Transduction Materials and Devices (IWATMD)/Piezoresponse Force Microscopy (PFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Atlanta, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISAF.2017.8000219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01962426v1</w:t>
+                <w:t xml:space="preserve">hal-01816372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of FinFETs and 3D nanoprobes devices on a common bio-platform for monitoring electrical activity of single neurons</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Charline Blatché</w:t>
+                <w:t xml:space="preserve">Full system for piezoelectric organic MEMS resonators operating in liquid media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Ducrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ayela</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE International Electron Devices Meeting (IEDM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IEDM.2017.8268464⟩</w:t>
+              <w:t xml:space="preserve">Transducers 2017, The 19th International Conference on Solid-State Sensors, Actuators and Microsystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Kaohsiung, Taiwan. pp.1372-1375, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2017.7994312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816371v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication and characterization of mechanical resonators integrating microcontact printed PZT films</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Leichle</w:t>
+                <w:t xml:space="preserve">Driving and sensing M/NEMS flexural vibration using dielectric transduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fuinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 Joint IEEE International Symposium on the Applications of Ferroelectric (ISAF)/International Workshop on Acoustic Transduction Materials and Devices (IWATMD)/Piezoresponse Force Microscopy (PFM)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">31st International Conference EUROSENSORS, EUROSENSORS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816372v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driving and sensing M/NEMS flexural vibration using dielectric transduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Fuinel</w:t>
+                <w:t xml:space="preserve">Probing electrical activity of single neurons based on 1D nanostructures: from extra to intracellular interfacing.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charline Blatché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lecestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st International Conference EUROSENSORS, EUROSENSORS 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">11th IEEE Nanotechnology Materials and Devices Conference (NMDC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Toulouse, France. 2p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962981v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01462968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full system for piezoelectric organic MEMS resonators operating in liquid media</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Liviu Nicu</w:t>
+                <w:t xml:space="preserve">Spin crossover materials for MEMS actuation: Film integration and characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Dolores Manrique-Juarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Rat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Séguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transducers 2017, The 19th International Conference on Solid-State Sensors, Actuators and Microsystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2017.7994312⟩</w:t>
+              <w:t xml:space="preserve">2017 19th International Conference on Solid-State Sensors, Actuators and Microsystems (TRANSDUCERS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Kaohsiung, Taiwan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2017.7994294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01500133v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing electrical activity of single neurons based on 1D nanostructures: from extra to intracellular interfacing.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Charline Blatché</w:t>
+                <w:t xml:space="preserve">High-K thin films for simultaneous dielectric actuation and detection of M/NEMS flexural vibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fuinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cécile Ferré</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Laborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bergaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th IEEE Nanotechnology Materials and Devices Conference (NMDC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th International Conference on Solid-State Sensors, Actuators and Microsystems TRANSDUCERS 17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Kaohsiung, Taiwan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2017.7994155⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01462968v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spin crossover materials for MEMS actuation: Film integration and characterization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+                <w:t xml:space="preserve">Integration of FinFETs and 3D nanoprobes devices on a common bio-platform for monitoring electrical activity of single neurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charline Blatché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Séguy</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Bettamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 19th International Conference on Solid-State Sensors, Actuators and Microsystems (TRANSDUCERS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Kaohsiung, Taiwan. </w:t>
+              <w:t xml:space="preserve">2017 IEEE International Electron Devices Meeting (IEDM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, San Francisco, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2017.7994294⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IEDM.2017.8268464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816366v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple fabrication process for organic piezoelectric resonators : application to viscosity measurement</w:t>
+                <w:t xml:space="preserve">Electronic scheme for full control of organic piezoelectric MEMS resonatorss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Ducrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ayela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Workshop on Nanomechanical Sensing (NMC 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2016 IEEE International Frequency Control Symposium (IFCS 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, La Nouvelle Orléans, LA, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FCS.2016.7546797⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01301323v1</w:t>
+                <w:t xml:space="preserve">hal-01271757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of cells mechanical properties thanks to organic piezoelectric MEMS resonators</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Dufour</w:t>
+                <w:t xml:space="preserve">Micro-masonry for the simple fabrication of nanoplate resonators with integrated electrostatic transduction transduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adhitya Bhaswara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hohyun Keum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Durrieu</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seok Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de l’école doctorale SPI Université de Bordeaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">42nd International Conference on Micro and Nano Engineering, MNE 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01415864v1</w:t>
+                <w:t xml:space="preserve">hal-01962410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-masonry for the simple fabrication of nanoplate resonators with integrated electrostatic transduction transduction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hohyun Keum</w:t>
+                <w:t xml:space="preserve">Simple fabrication process for organic piezoelectric resonators : application to viscosity measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Ducrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Seok Kim</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Heinisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd International Conference on Micro and Nano Engineering, MNE 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">13th International Workshop on Nanomechanical Sensing (NMC 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962410v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01301323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic scheme for full control of organic piezoelectric MEMS resonatorss</w:t>
+                <w:t xml:space="preserve">Study of cells mechanical properties thanks to organic piezoelectric MEMS resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Ducrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Durrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE International Frequency Control Symposium (IFCS 2016)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées de l’école doctorale SPI Université de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Bordeaux, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01271757v1</w:t>
+                <w:t xml:space="preserve">hal-01415864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple casting based fabrication of PEDOT:PSS-PVDF-ionic liquid soft actuators</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Tondu</w:t>
+                <w:t xml:space="preserve">PZT Nanofilm-Based Wafer Scale Nanoresonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Dezest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Soyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Smart Structures and Materials + Nondestructive Evaluation and Health Monitoring</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Frequency Control Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Denver, United States. 6p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01764277v1</w:t>
+                <w:t xml:space="preserve">hal-01144194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PZT Nanofilm-Based Wafer Scale Nanoresonators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Dezest</w:t>
+                <w:t xml:space="preserve">Simple casting based fabrication of PEDOT:PSS-PVDF-ionic liquid soft actuators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bergaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aiva Simaite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Tondu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Souères</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Frequency Control Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Smart Structures and Materials + Nondestructive Evaluation and Health Monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, San Diego, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2083936⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01144194v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01764277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser plasma acceleration of electrons with multi-PW laser beams in the frame of CILEX</w:t>
               </w:r>
@@ -9639,64 +9639,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity optimization of silicon microcantilever-based density sensor for hydrogen detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand-Tayeb Boudjiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mazenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9758,1075 +9758,1075 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00951760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezoelectric parametric amplifiers with integrated actuation and sensing capabilities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+                <w:t xml:space="preserve">Wafer-scale integration of piezoelectric actuation capabilities in nanoelectromechanical systems resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Dezest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Trolier-Mckinstry</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Soyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Costecalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th IEEE international conference on micro electro mechanical systems (MEMS 2013)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2013 Nanomechanical Sensing Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Stanford, USA, United States. pp.0</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01203229v1</w:t>
+                <w:t xml:space="preserve">hal-03165172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New characterization methods for monitoring small resonant frequency variation. Application: Uncoated Silicon Microcantilever-based Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohand-Tayeb Boudjiet</w:t>
+                <w:t xml:space="preserve">Piezoelectric parametric amplifiers with integrated actuation and sensing capabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Claude Pellet</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Mansfield</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Trolier-Mckinstry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées nationales du GDR Micro Nano-Systèmes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">26th IEEE international conference on micro electro mechanical systems (MEMS 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Taipei, Taiwan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2013.6474310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00933254v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wafer-scale integration of piezoelectric actuation capabilities in nanoelectromechanical systems resonators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Dezest</w:t>
+                <w:t xml:space="preserve">New characterization methods for monitoring small resonant frequency variation. Application: Uncoated Silicon Microcantilever-based Sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand-Tayeb Boudjiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Caroline Soyer</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Costecalde</w:t>
+                <w:t xml:space="preserve">Johan Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Pellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 Nanomechanical Sensing Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Stanford, USA, United States. pp.0</w:t>
+              <w:t xml:space="preserve">Journées nationales du GDR Micro Nano-Systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03165172v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MicRheo : Détermination des propriétés rhéologiques d'un fluide à l'aide d'un microlevier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement of Rheological Fluid Properties using MEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Darwiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Caillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Amarouchene</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ahmad Darwiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J3N 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Nanospain 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Santander, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00743799v1</w:t>
+                <w:t xml:space="preserve">hal-00666635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MEMS-based Measurement of Rheological Fluid Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Pellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées nationales du GDR Micro Nano-Systèmes Micro Nano-Fluidique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00716590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEMS-based Measurement of Rheological Fluid Properties</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Etienne Lemaire</w:t>
+                <w:t xml:space="preserve">MicRheo : Détermination des propriétés rhéologiques d'un fluide à l'aide d'un microlevier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Amarouchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claude Pellet</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Darwiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECI Conference on Biological and Pharmaceutical Complex Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Tomar, Portugal</w:t>
+              <w:t xml:space="preserve">J3N 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02505649v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00743799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative technology-based approach of microelectromechanical systems (MEMS) for biosensing applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Bernard Pourciel</w:t>
+                <w:t xml:space="preserve">MEMS-based Measurement of Rheological Fluid Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Caillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ayela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Pellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34th Annual International Conference of the IEEE Engineering in Medicine and Biology Society, EMBC 2012</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ECI Conference on Biological and Pharmaceutical Complex Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Tomar, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00802629v1</w:t>
+                <w:t xml:space="preserve">hal-02505649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Rheological Fluid Properties using MEMS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yacine Amarouchene</w:t>
+                <w:t xml:space="preserve">Integrative technology-based approach of microelectromechanical systems (MEMS) for biosensing applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Alava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Leichle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daisuke Saya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bernard Pourciel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanospain 2012</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">34th Annual International Conference of the IEEE Engineering in Medicine and Biology Society, EMBC 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, San Diego, CA, United States. pp.4475-4478, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EMBC.2012.6346960⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00666635v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00802629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative Technology-Based Approach of Microelectromechanical Systems (MEMS) for Biosensing Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Alava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10834,51 +10834,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Leichle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daisuke Saya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bernard Pourciel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBC'12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, San Diego, United States. 4 p</w:t>
@@ -10946,51 +10946,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Maali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Amarouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11032,90 +11032,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can microcantilevers probe the high-frequency viscoelastic properties of fluids?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Youssry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11170,90 +11170,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicRheo : Détermination des propriétés rhéologiques d'un fluide à l'aide d'un microlevier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Amarouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Darwiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">J3N 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Strasbourg, France</w:t>
@@ -11282,90 +11282,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actuation and sensing integration challenges at the microscale: the Gordian Knot of the resonant BioMEMS realm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Alava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11401,316 +11401,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01228741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative technology-based approach of MEMS for biological applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Actuation and sensing integration challenges at the microscale : the Gordian Knot of the resonant bioMEMS realm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Alava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean Bernard Pourciel</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ayela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Solid-State Circuits Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">64th IEEE International Frequency Control Symposium, FCS 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, United States. pp.77-80, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FREQ.2010.5556369⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00865906v1</w:t>
+                <w:t xml:space="preserve">hal-00568981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actuation and sensing integration challenges at the microscale : the Gordian Knot of the resonant bioMEMS realm</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Integrative technology-based approach of MEMS for biological applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Alava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Caroline Soyer</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Leichle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daisuke Saya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bernard Pourciel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64th IEEE International Frequency Control Symposium, FCS 2010</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Solid-State Circuits Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, San Francisco, United States. 12 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/FREQ.2010.5556369⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00568981v1</w:t>
+                <w:t xml:space="preserve">hal-00865906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extended Lamb's model application to high-order resonances of micromachined circular membranes with integrated actuation and sensing capabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Alava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11718,51 +11718,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Remiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Waikoloa, HI, United States. pp.245-248, </w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11822,77 +11822,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Alava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Remiens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biosensors 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11930,77 +11930,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicRheo : Détermination des propriétés rhéologiques d'un fluide à l'aide d'un microlevier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Amarouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12055,90 +12055,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicRheo : Détermination des propriétés rhéologiques d'un fluide à l'aide d'un microlevier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Amarouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ayela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Darwiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">J3N 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Toulouse, France</w:t>
@@ -12344,51 +12344,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-chip self-sensing function of 4x4 matrix micromachined resonating piezoelectric membranes for mass detection applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Guirardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liviu Nicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daisuke Saya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12579,90 +12579,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compact CMUT-Based Ultrasonic Gas Sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yilihamu Abudujiasuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Barcella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13107,51 +13107,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05391891v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kassem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gujrati" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bourrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ayela" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mathieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41378-025-00995-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293836v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Lecerf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; El&#237;as Angulo-Cervera" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederico Orlandini-Keller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moritz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202401817" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495378v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajat Gujrati" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kassem" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ayela" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Nicu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0191772" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04639879v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bettamin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent H Marty" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charline Blatche" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gonzalez-Dunia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202309055" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04234509v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Muguet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Maziz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazenq" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Larrieu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202370281" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04234494v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202302472" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778260v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bourrier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-022-00577-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778248v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gonon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgiana Maties" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202200733" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03840274v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Mahmoud Halabi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;guy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Salvagnac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan&#269;e Naumov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leichle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xcrp.2022.101133" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156435v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ratel-Ramond" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c10215" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329761v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Piedrahita-Bello" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetochemistry7080114" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285954v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbora Brach&#328;akov&#225;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Enr&#237;quez-Cabrera" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ma00480h" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453806v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Saya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dezest" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Welsh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6439/ab60bf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392367v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pattamon Teerapanich" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Tse Sum Bui" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6439/aaf84e" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793761v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Imanol Urdampilleta" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Ducrot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rosario-Amorin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishake Mondal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-26076-2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01942304v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Casanova" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charline Blatch&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aae5aa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961781v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Mikolasek" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores Manrique-Juarez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Shepherd" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Ridier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b05347" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01816709v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Laborde" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Shalabaeva" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201801970" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687804v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Dolores Manrique-Ju&#225;rez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cacheux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201702739" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687800v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4960766" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01960876v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adhitya Bhaswara" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hohyun Keum" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Legrand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seok Kim" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmech.2016.00001" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082346v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand-Tayeb Boudjiet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bertrand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2014.11.067" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525030v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Remiens" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Costecalde" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/2210681205666150601215725" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169283v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Soyer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/25/3/035002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687810v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rhee" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/24/11/115012" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504965v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Larramendy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Bendali" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Picaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2014.06.106" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508106v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Charlot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Temple-Boyer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2012.09.091" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797039v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huang" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lavall&#233;e" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177497v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mansfield" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Trolier-Mckinstry" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4802786" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767603v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thibault" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Guillon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Salomon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Seichepine" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2011.10.084" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J4L4C3GB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614309v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dufour" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Maali" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Amarouchene" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Caillard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/719898" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549532v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Alava" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mazenq" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/20/7/075014" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-QK81BT8X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366592v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Filipiak" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Moreau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2008.11.005" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S9QHNWM6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416268v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alvarez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alvarado" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jim&#233;nez" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de La Fuente" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016613v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Khau van Kien" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zhu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lalande" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Betard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.104.506345" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900089v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Jouany" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cornu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Senaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899838v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J S&#233;naud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bohatier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bertin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889647v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889388v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888877v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05217868v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pomme Hirschauer" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Defoort" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330547v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilihamu Abudujiasuer" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lemaire" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Barcella" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS62464.2025.11201675" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05398466v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Lecomte" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Belot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05398512v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Moustakas" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Cancellara" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mikolajick" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04730814v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charline Blatche" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lecestre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730546v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bardie Frank" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439483v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Neckel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04168229v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03951363v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Libaude" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Con&#233;d&#233;ra" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMS49605.2023.10052563" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04660346v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederico Orlandini Keller" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04135485v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bardie" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778623v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Iglesias Hernandez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyadarshini Shanmugam" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Colin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03845587v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03845567v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03424049v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Molnar" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Bousseksou" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03210652v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maira Dolores Manrique Juarez" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481928v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alquier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IFCS-ISAF41089.2020.9234908" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03011866v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMS46641.2020.9056402" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02413900v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2019.8808335" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962993v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Givois" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Grolet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois De&#252;" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fuinel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962426v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bergaud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2017.7994155" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01816371v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Martin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2017.8268464" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01816372v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISAF.2017.8000219" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962981v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500133v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2017.7994312" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01462968v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferr&#233;" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01816366v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2017.7994294" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301323v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Heinisch" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415864v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Durrieu" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962410v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271757v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCS.2016.7546797" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01764277v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aiva Simaite" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tondu" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sou&#232;res" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2083936" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144194v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00903672v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cros" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Paradkar" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Davoine" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chanc&#233;" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G. Desforges" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2013.10.090" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KHM9GXCS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951760v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203229v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Mansfield" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Trolier-Mckinstry" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2013.6474310" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933254v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pellet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165172v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743799v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Colin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Darwiche" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716590v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505649v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802629v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bernard Pourciel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2012.6346960" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666635v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865903v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564861v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564854v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Youssry" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648448v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228741v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865906v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568981v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FREQ.2010.5556369" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800898v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2010.5690478" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574487v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648449v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648452v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106130v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouklit" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108955v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162779v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guirardel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hinh" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sicard" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FREQ.2004.1418472" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269812v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330553v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784508v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.7047" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143745v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05391891v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kassem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gujrati" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bourrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ayela" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mathieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41378-025-00995-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293836v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Lecerf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; El&#237;as Angulo-Cervera" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederico Orlandini-Keller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moritz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202401817" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04639879v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bettamin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent H Marty" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charline Blatche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gonzalez-Dunia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202309055" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495378v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajat Gujrati" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kassem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ayela" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Nicu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0191772" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04234494v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Muguet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Maziz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazenq" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Larrieu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202302472" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04234509v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202370281" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778260v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bourrier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-022-00577-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778248v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gonon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgiana Maties" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202200733" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03840274v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Mahmoud Halabi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;guy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Salvagnac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan&#269;e Naumov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leichle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xcrp.2022.101133" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285954v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Piedrahita-Bello" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbora Brach&#328;akov&#225;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Enr&#237;quez-Cabrera" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ma00480h" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329761v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetochemistry7080114" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156435v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ratel-Ramond" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c10215" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453806v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Saya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dezest" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Welsh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6439/ab60bf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392367v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pattamon Teerapanich" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Tse Sum Bui" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6439/aaf84e" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793761v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Imanol Urdampilleta" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Ducrot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rosario-Amorin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishake Mondal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-26076-2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01942304v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Casanova" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charline Blatch&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aae5aa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961781v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Mikolasek" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores Manrique-Juarez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Shepherd" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Ridier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b05347" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01816709v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Laborde" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Shalabaeva" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201801970" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687804v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Dolores Manrique-Ju&#225;rez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cacheux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201702739" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01960876v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adhitya Bhaswara" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hohyun Keum" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Legrand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seok Kim" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmech.2016.00001" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687800v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4960766" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525030v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Remiens" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Costecalde" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/2210681205666150601215725" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082346v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand-Tayeb Boudjiet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bertrand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2014.11.067" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169283v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Soyer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/25/3/035002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504965v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Larramendy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Bendali" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Picaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2014.06.106" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687810v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rhee" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/24/11/115012" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508106v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Charlot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Temple-Boyer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2012.09.091" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797039v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huang" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lavall&#233;e" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177497v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mansfield" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Trolier-Mckinstry" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4802786" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01767603v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thibault" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Guillon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Salomon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Seichepine" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2011.10.084" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J4L4C3GB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614309v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dufour" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Maali" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Amarouchene" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Caillard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/719898" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549532v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Alava" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mazenq" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/20/7/075014" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-QK81BT8X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366592v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Filipiak" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Moreau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2008.11.005" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S9QHNWM6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416268v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alvarez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alvarado" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jim&#233;nez" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de La Fuente" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016613v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Khau van Kien" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zhu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lalande" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Betard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.104.506345" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900089v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Jouany" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cornu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Senaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889647v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bertin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899838v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J S&#233;naud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bohatier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889388v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888877v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05217868v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pomme Hirschauer" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Defoort" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05398466v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Lecomte" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Belot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330547v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilihamu Abudujiasuer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lemaire" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Barcella" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS62464.2025.11201675" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05398512v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Moustakas" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Cancellara" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mikolajick" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04730814v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charline Blatche" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lecestre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730546v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bardie Frank" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03951363v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Libaude" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Con&#233;d&#233;ra" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMS49605.2023.10052563" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04168229v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Neckel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04660346v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederico Orlandini Keller" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04135485v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bardie" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439483v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778623v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Iglesias Hernandez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyadarshini Shanmugam" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Colin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03845587v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03210652v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Molnar" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Bousseksou" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maira Dolores Manrique Juarez" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03845567v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03424049v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481928v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alquier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IFCS-ISAF41089.2020.9234908" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03011866v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMS46641.2020.9056402" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02413900v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2019.8808335" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962993v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Givois" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Grolet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois De&#252;" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fuinel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01816372v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISAF.2017.8000219" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500133v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2017.7994312" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962981v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01462968v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferr&#233;" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01816366v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2017.7994294" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962426v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bergaud" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2017.7994155" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01816371v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Martin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2017.8268464" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271757v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCS.2016.7546797" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962410v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301323v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Heinisch" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415864v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Durrieu" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144194v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01764277v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aiva Simaite" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tondu" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sou&#232;res" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2083936" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00903672v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cros" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Paradkar" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Davoine" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chanc&#233;" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G. Desforges" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2013.10.090" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KHM9GXCS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951760v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165172v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203229v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Mansfield" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Trolier-Mckinstry" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2013.6474310" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933254v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pellet" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666635v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Darwiche" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716590v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743799v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Colin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505649v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802629v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bernard Pourciel" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2012.6346960" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865903v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564861v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564854v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Youssry" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648448v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228741v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568981v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FREQ.2010.5556369" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865906v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800898v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2010.5690478" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574487v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648449v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648452v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106130v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouklit" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108955v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162779v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guirardel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hinh" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sicard" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FREQ.2004.1418472" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269812v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330553v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784508v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.7047" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143745v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>