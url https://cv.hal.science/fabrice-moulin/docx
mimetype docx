--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -614,174 +614,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le péristyle et l’obstacle : remarques sur une esthétique du regard chez la font de saint-yenne</w:t>
+                <w:t xml:space="preserve">Citadelle assiégée, citadelle assaillie. Architectures et écritures de la retraite dans le roman sadien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diderot Studies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (1), pp.215 -- 227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dhs.048.0215⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04319733v1</w:t>
+                <w:t xml:space="preserve">hal-01410409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citadelle assiégée, citadelle assaillie. Architectures et écritures de la retraite dans le roman sadien</w:t>
+                <w:t xml:space="preserve">Le péristyle et l’obstacle : remarques sur une esthétique du regard chez la font de saint-yenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diderot Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36, pp.273-289</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dhs.048.0215⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01410409v1</w:t>
+                <w:t xml:space="preserve">hal-04319733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'espace commode du libertin : les mutations des intérieurs aristocratiques dans les traités d'architecture et le roman libertin des Lumières</w:t>
               </w:r>
@@ -1205,414 +1205,414 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude-Nicolas Ledoux. L’Architecture considérée sous le rapport de l’art, des mœurs et de la législation, une édition annotée</w:t>
+                <w:t xml:space="preserve">L’architecture considérée sous le rapport de l’art, des mœurs et de la législation, de Claude-Nicolas Ledoux, 1804. Une édition annotée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Massounie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Château-Dutier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Séverine Guillet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Editions du patrimoine. 2023, 9782757708651</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions du patrimoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 395 p., 2023, 978-2-7577-0865-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04471000v1</w:t>
+                <w:t xml:space="preserve">hal-04075991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’architecture considérée sous le rapport de l’art, des mœurs et de la législation, de Claude-Nicolas Ledoux, 1804. Une édition annotée</w:t>
+                <w:t xml:space="preserve">Claude-Nicolas Ledoux. L’Architecture considérée sous le rapport de l’art, des mœurs et de la législation, une édition annotée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Massounie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chateau Dutier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions du patrimoine. 2023, 9782757708651</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Château-Dutier</w:t>
-[...47 lines deleted...]
-                <w:t xml:space="preserve">hal-04075991v1</w:t>
+                <w:t xml:space="preserve">hal-04471000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Font de Saint-Yenne: publier sur l'art, l'architecture et la ville</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La Font de Saint-Yenne : publier sur l’art, l’architecture, la ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Pavy-Guilbert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Diderot Studies, Genève, Droz, 2019</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DROZ, Diderot Studies (26), 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02522403v1</w:t>
+                <w:t xml:space="preserve">hal-02112973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Font de Saint-Yenne : publier sur l’art, l’architecture, la ville</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La Font de Saint-Yenne: publier sur l'art, l'architecture et la ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Pavy-Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">DROZ, Diderot Studies (26), 2019</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Diderot Studies, Genève, Droz, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02112973v1</w:t>
+                <w:t xml:space="preserve">hal-02522403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embellir, bâtir, demeurer: L’architecture dans la littérature des Lumières</w:t>
               </w:r>
@@ -1768,423 +1768,423 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04515832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La tragédie des Calas, ou comment parler d'une pièce que Voltaire n'a jamais écrite</w:t>
+                <w:t xml:space="preserve">L’architecture… de Claude-Nicolas Ledoux. La ville, le livre et la fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Michel Delon, Renaud Bret-Vitoz, Sophie Marchand. </w:t>
+              <w:t xml:space="preserve">Thomas Kirchner; Sophie Raux; Marlen Schneider. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Lumières du théâtre. Avec Pierre Frantz</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L’art de l’Ancien Régime : sortir du rang !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Heidelberg, pp.345-361, 2022, 978-3-98501-017-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11588/arthistoricum.880.c14886⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04319785v1</w:t>
+                <w:t xml:space="preserve">hal-04079415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écrire les excès du rocaille. La mise en fiction du « mauvais goût » dans L’homme du monde éclairé par les arts de J.-Fr. Blondel</w:t>
+                <w:t xml:space="preserve">La tragédie des Calas, ou comment parler d'une pièce que Voltaire n'a jamais écrite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Aurélien Davrius. </w:t>
+              <w:t xml:space="preserve">Michel Delon, Renaud Bret-Vitoz, Sophie Marchand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jacques-François Blondel : La dernière leçon de l’architecture « à la française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mardaga, pp.162-182, 2022, 978-2804724115</w:t>
+              <w:t xml:space="preserve">Les Lumières du théâtre. Avec Pierre Frantz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.347-355, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301317v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La tragédie des Calas ou comment parler d’une pièce que Voltaire n’a jamais écrite.</w:t>
+                <w:t xml:space="preserve">Écrire les excès du rocaille. La mise en fiction du « mauvais goût » dans L’homme du monde éclairé par les arts de J.-Fr. Blondel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Renaud Bret-Vitoz, Michel Delon et Sophie Marchand. </w:t>
+              <w:t xml:space="preserve">Aurélien Davrius. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Lumières du théâtre Avec Pierre Frantz,</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Jacques-François Blondel : La dernière leçon de l’architecture « à la française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mardaga, pp.162-182, 2022, 978-2804724115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classiques Garnier</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04301305v1</w:t>
+                <w:t xml:space="preserve">hal-04301317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’architecture… de Claude-Nicolas Ledoux: La ville, le livre et la fiction</w:t>
+                <w:t xml:space="preserve">La tragédie des Calas ou comment parler d’une pièce que Voltaire n’a jamais écrite.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Thomas Kirchner, Sophie Raux et Marlen Schneider. </w:t>
+              <w:t xml:space="preserve">Renaud Bret-Vitoz, Michel Delon et Sophie Marchand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’art de l’Ancien Régime: Sortir du rang</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, arthistoricum.net, pp.345-361, 2022, 978-3-98501-016-5. </w:t>
+              <w:t xml:space="preserve">Les Lumières du théâtre Avec Pierre Frantz,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11588/arthistoricum.880.c14886⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.347-355, 2022, Rencontres, 978-2-406-12891-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04301313v1</w:t>
+                <w:t xml:space="preserve">hal-04301305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’architecture… de Claude-Nicolas Ledoux. La ville, le livre et la fiction</w:t>
+                <w:t xml:space="preserve">L’architecture… de Claude-Nicolas Ledoux: La ville, le livre et la fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Thomas Kirchner; Sophie Raux; Marlen Schneider. </w:t>
+              <w:t xml:space="preserve">Thomas Kirchner, Sophie Raux et Marlen Schneider. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’art de l’Ancien Régime : sortir du rang !</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+              <w:t xml:space="preserve">L’art de l’Ancien Régime: Sortir du rang</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, arthistoricum.net, pp.345-361, 2022, 978-3-98501-016-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.11588/arthistoricum.880.c14886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04079415v1</w:t>
+                <w:t xml:space="preserve">hal-04301313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'architecture sous le rapport des mœurs Conception artistique et science des mœurs chez Claude-Nicolas Ledoux</w:t>
               </w:r>
@@ -3044,51 +3044,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393557v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Boidin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Moulin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300002v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.053.0541" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850548v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ferran" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Pavy-Guilbert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300584v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300202v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305076v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wachenheim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.050.0007" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319733v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410409v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.048.0215" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410411v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.168.0029" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410412v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300625v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300797v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inli.531.0013" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456327v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471000v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Massounie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Guillet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chateau Dutier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075991v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ch&#226;teau-Dutier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.monuments-nationaux.fr/editions-du-patrimoine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522403v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112973v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01658022v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06991-1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515832v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319785v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301317v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301305v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.48611/isbn.978-2-406-12893-9" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301313v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/arthistoricum.880.c14886" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079415v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301428v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11902-9.p.0251" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301437v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301445v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304966v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410410v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410413v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305000v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305127v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483591v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393557v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Boidin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Moulin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300002v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.053.0541" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850548v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ferran" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Pavy-Guilbert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300584v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300202v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305076v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wachenheim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.050.0007" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410409v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.048.0215" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319733v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410411v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.168.0029" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410412v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300625v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300797v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inli.531.0013" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456327v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075991v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Massounie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ch&#226;teau-Dutier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Guillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.monuments-nationaux.fr/editions-du-patrimoine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471000v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chateau Dutier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112973v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522403v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01658022v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06991-1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515832v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079415v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/arthistoricum.880.c14886" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319785v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301317v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301305v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.48611/isbn.978-2-406-12893-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301313v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301428v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11902-9.p.0251" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301437v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301445v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304966v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410410v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410413v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305000v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305127v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483591v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>