--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -276,190 +276,190 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04981482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Droit constitutionnel de l'Espagne</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jordane Arlettaz</w:t>
+                <w:t xml:space="preserve">Le juge, la loi et l'Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Picod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco Balaguer Callejón</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Bruylant, 2022</w:t>
+                <w:t xml:space="preserve">Benoît Plessix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruylant, 221 p., 2022, Droit de l'Union européenne, série Colloques, 978-2-8027-7121-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04981462v1</w:t>
+                <w:t xml:space="preserve">hal-04468827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le juge, la loi et l'Europe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Droit constitutionnel de l'Espagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordane Arlettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Picod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Plessix</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Bruylant, 221 p., 2022, Droit de l'Union européenne, série Colloques, 978-2-8027-7121-0</w:t>
+                <w:t xml:space="preserve">Francisco Balaguer Callejón</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruylant, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04468827v1</w:t>
+                <w:t xml:space="preserve">hal-04981462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constitutional law of Poland</w:t>
               </w:r>
@@ -2210,51 +2210,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848657v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Dubout" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Marti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Picod" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981482v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Arlettaz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Simina Tanasescu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981462v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Balaguer Callej&#243;n" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04468827v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Plessix" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981468v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rytel-Warzocha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981454v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Passaglia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04930919v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Berlin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Martucci" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier-intersentia.com/fr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01228088v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunessen Bertrand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roland" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fr.bruylant.larciergroup.com/titres/131270_0_0/l-identite-du-droit-de-l-union-europeenne.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00812348v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bonnet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304684v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Hardy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376294v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960943v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vial" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04997653v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02202848v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951103v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01552948v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Blanc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coutron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04997664v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02206036v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02260676v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02202209v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02203162v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063538v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Blumann" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569312v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Azoulai" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848657v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Dubout" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Marti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Picod" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981482v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Arlettaz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Simina Tanasescu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04468827v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Plessix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981462v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Balaguer Callej&#243;n" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981468v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rytel-Warzocha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981454v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Passaglia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04930919v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Berlin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Martucci" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier-intersentia.com/fr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01228088v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunessen Bertrand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roland" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fr.bruylant.larciergroup.com/titres/131270_0_0/l-identite-du-droit-de-l-union-europeenne.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00812348v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bonnet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304684v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Hardy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376294v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960943v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vial" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04997653v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02202848v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04951103v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01552948v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Blanc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coutron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04997664v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02206036v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02260676v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02202209v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02203162v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063538v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Blumann" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569312v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Azoulai" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>