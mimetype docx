--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1579,372 +1579,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01872977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vlasov simulations of plasma-wall interactions in a weakly collisional plasma</w:t>
+                <w:t xml:space="preserve">Gas adsorption on carbon nanotubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Manfredi</w:t>
+                <w:t xml:space="preserve">E. Mcrae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.R. Babaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Valsaque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Masenelli-Varlot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Physics Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Recent Res. Devel. Surface Sci.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, pp.51-74</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03313344v1</w:t>
+                <w:t xml:space="preserve">hal-00474931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas adsorption on carbon nanotubes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surface characterisation of template-synthesised multi-walled carbon nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-R. Babaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mcrae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Delpeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Mcrae</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M.R. Babaa</w:t>
+                <w:t xml:space="preserve">J. Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Valsaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recent Res. Devel. Surface Sci.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 396 (1-3), pp.49-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cplett.2004.07.070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00474931v1</w:t>
+                <w:t xml:space="preserve">hal-03313365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface characterisation of template-synthesised multi-walled carbon nanotubes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J. Ghanbaja</w:t>
+                <w:t xml:space="preserve">Vlasov simulations of plasma-wall interactions in a weakly collisional plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Valsaque</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Physics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 164 (1-3), pp.262-268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cpc.2004.06.037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cplett.2004.07.070⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03313365v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03313344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma-wall transition and sheath formation</w:t>
               </w:r>
@@ -2025,51 +2025,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetic simulations of ion temperature measurements from retarding field analyzers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Valsaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. P. Gunn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2303,51 +2303,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Valsaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mercy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kohler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2591,51 +2591,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C3EE11F9"/>
+    <w:nsid w:val="90FF6455"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2822,51 +2822,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabrice-valsaque" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7398-3712" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/071011153" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/https://publons.com/researcher/2289685/fabrice-valsaque/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612257v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chafik Bourkaib" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiavarc&#8217;h" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chevalot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delaunay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gleize" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2019.08.046" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02270532v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Darne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Desforges" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawal Berrada" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fontana" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guichard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8en01276h" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284343v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Yu Tsareva" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Mcrae" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Valsaque" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-015-9664-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284344v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vigolo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoual Allali" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201500248" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289119v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Remy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire H&#233;rold" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mar&#234;ch&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fontana" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp406396y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313565v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay-Rachid Babaa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Dupont-Pavlovsky" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Delpeux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Beguin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-782-A9.5" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266131v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Lejosne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mercier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mamane" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fort" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2011.03.019" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VWPNLGPN-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266141v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.N.Ha Le" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaouad Thabit" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2008.10.024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSM6VQH5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872960v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Arab" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Picaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ramseyer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Babaa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Valsaque" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2431364" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872977v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Ramseyer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-R. Babaa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2006.03.063" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JQV7FN47-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313344v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Manfredi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2004.06.037" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V1T60K16-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474931v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mcrae" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Babaa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Masenelli-Varlot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313365v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghanbaja" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2004.07.070" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313380v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Manfredi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313004v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Gunn" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gauthier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1463416" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312842v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-3115(00)00454-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S20NJQQS-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313371v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mercy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kohler" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/names2007018" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747019v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2002NAN10254" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabrice-valsaque" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7398-3712" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/071011153" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/https://publons.com/researcher/2289685/fabrice-valsaque/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612257v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chafik Bourkaib" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiavarc&#8217;h" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chevalot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delaunay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gleize" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2019.08.046" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02270532v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Darne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Desforges" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawal Berrada" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fontana" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guichard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8en01276h" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284343v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Yu Tsareva" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Mcrae" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Valsaque" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Devaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-015-9664-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284344v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vigolo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoual Allali" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201500248" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289119v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Remy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire H&#233;rold" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mar&#234;ch&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fontana" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp406396y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313565v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay-Rachid Babaa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Dupont-Pavlovsky" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Delpeux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Beguin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-782-A9.5" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266131v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Lejosne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mercier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mamane" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fort" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2011.03.019" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VWPNLGPN-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266141v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.N.Ha Le" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaouad Thabit" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2008.10.024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSM6VQH5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872960v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Arab" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Picaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ramseyer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Babaa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Valsaque" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2431364" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872977v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Ramseyer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-R. Babaa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2006.03.063" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JQV7FN47-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474931v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mcrae" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Babaa" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Masenelli-Varlot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313365v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghanbaja" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2004.07.070" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313344v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Manfredi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2004.06.037" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V1T60K16-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313380v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Manfredi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313004v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Gunn" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gauthier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1463416" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312842v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-3115(00)00454-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S20NJQQS-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313371v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mercy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kohler" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/names2007018" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747019v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2002NAN10254" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>