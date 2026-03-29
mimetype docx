--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -762,504 +762,504 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03396858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Dynamics Simulation of Ethylene/Hexene Copolymer Adsorption onto Graphene: New Insight into Thermal Gradient Interaction Chromatography</w:t>
+                <w:t xml:space="preserve">New Insight into Cluster Aggregation Mechanism during Polymerization-Induced Self-Assembly by Molecular Dynamics Simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Jennifer Lesage de La Haye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Lansalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Clement</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Boisson</w:t>
+                <w:t xml:space="preserve">Franck D’agosto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/macp.201800496⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123 (30), pp.6609-6617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.9b03622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02074198v1</w:t>
+                <w:t xml:space="preserve">hal-02408548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Glass‐Transition Temperature Polymer Networks Harnessing the Dynamic Ring Opening of Pinacol Boronates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular Dynamics Simulation of Ethylene/Hexene Copolymer Adsorption onto Graphene: New Insight into Thermal Gradient Interaction Chromatography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Brunet</w:t>
+                <w:t xml:space="preserve">Arnaud Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Collas</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201904559⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1800496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/macp.201800496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03006422v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02074198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Insight into Cluster Aggregation Mechanism during Polymerization-Induced Self-Assembly by Molecular Dynamics Simulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High Glass‐Transition Temperature Polymer Networks Harnessing the Dynamic Ring Opening of Pinacol Boronates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Collas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 123 (30), pp.6609-6617. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (35), pp.12216-12222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.9b03622⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.201904559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02408548v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03006422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Networks High Glass-Transition Temperature Polymer Networks Harnessing the Dynamic Ring Opening of Pinacol Boronates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Collas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 58 (35), pp.12216-12222. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/anie.201904559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02284460v1</w:t>
@@ -1664,51 +1664,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of Hydrophile Topology in RAFT-Mediated Polymerization-Induced Self-Assembly.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Lesage de La Haye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuewei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3335,51 +3335,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469572v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Jacquin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Espinosa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Dugas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lansalot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bourgeat-Lami" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5PY01074H" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905431v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Ravet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chiron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Brochon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c04406" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769711v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Galanopoulo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Espinosa Rodriguez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D'Agosto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3PY01381B" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042860v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Lopes Do Rosario" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fotis Christakopoulos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Tervoort" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Mckenna" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20230038" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396858v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Baffie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Patias" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ataulla Shegiwal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Monteil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202108996" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074198v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Clement" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boisson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201800496" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006422v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brunet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Collas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Humbert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Perrin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201904559" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408548v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lesage de La Haye" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D&#8217;agosto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.9b03622" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284460v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716467v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pochard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Turesson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=sandrine Gauffinet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.6b00445" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703299v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Billuart" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.7b01930" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446094v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brunel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pochard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gauffinet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turesson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b04047" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877395v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuewei Zhang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chaduc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201511159" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4BGR3BHW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068726v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.M. Goycoolea" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E.E. Gueddari" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coggiola" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Lollo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mabi.201600298" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068731v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Eddine El Gueddari" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Kolkenbrock" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Schaaf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chilukoti" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068727v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pourchet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Perrey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2013.04.002" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RW6S7CTR-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068730v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno M. Moerschbacher" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068728v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595249v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veron" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Domard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Verrier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mabi.200900356" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B01LW6K6-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423718v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent V&#233;ron" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ladavi&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la9002753" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373721v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delair" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843770v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Beldjoudi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Decompte" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gaudon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526867v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632918v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Roux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Weber" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469572v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Jacquin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Espinosa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Dugas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lansalot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bourgeat-Lami" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5PY01074H" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905431v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Ravet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chiron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Brochon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c04406" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769711v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Galanopoulo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Espinosa Rodriguez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D'Agosto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3PY01381B" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042860v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Lopes Do Rosario" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fotis Christakopoulos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Tervoort" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Mckenna" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20230038" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396858v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Baffie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Patias" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ataulla Shegiwal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Monteil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202108996" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408548v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lesage de La Haye" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D&#8217;agosto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.9b03622" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074198v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Clement" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boisson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201800496" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006422v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brunet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Collas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Humbert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Perrin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201904559" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284460v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716467v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pochard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Turesson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=sandrine Gauffinet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.6b00445" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703299v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Billuart" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.7b01930" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446094v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brunel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pochard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gauffinet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turesson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b04047" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877395v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuewei Zhang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chaduc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201511159" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4BGR3BHW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068726v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.M. Goycoolea" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E.E. Gueddari" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coggiola" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Lollo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mabi.201600298" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068731v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Eddine El Gueddari" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Kolkenbrock" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Schaaf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chilukoti" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068727v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pourchet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Perrey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2013.04.002" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RW6S7CTR-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068730v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno M. Moerschbacher" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068728v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595249v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veron" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Domard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Verrier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mabi.200900356" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B01LW6K6-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00423718v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent V&#233;ron" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ladavi&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la9002753" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373721v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delair" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843770v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Beldjoudi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Decompte" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gaudon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526867v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632918v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Roux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Weber" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>