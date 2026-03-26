--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Elodie Fache </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rétrospective réflexive sur l’organisation du travail en interdisciplinarité : un projet relatif au nexus moustique-plastique-eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Reydel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 34 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05157165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des points de vue face à l’empreinte carbone de la recherche en partenariat avec les Suds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariline Poupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Antona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (1), </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2025028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaps and overlaps between sustainability science and the environmental humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie M. Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Cué Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (2), pp.581-596. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11625-024-01596-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre les bidons jaunes à Toliara, ville du Sud-Ouest de Madagascar : Contribution exploratoire au développement d’une écologie globale des plastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Toussaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Saïd Djahere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fereta Rodin Manjaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Fabiola Randrianomenjanahary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (3), pp.347-356. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2024051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Artaud, 2023. - Immersion : Rencontre des mondes atlantique et pacifique, Éditions La Découverte, Coll. Les empêcheurs de penser en rond, 297 p. [compte-rendu de lecture]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 157, pp.305-306. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jso.15499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04477071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commentaire de l'article &amp;quot;&amp;quot;What tradition affords : articulations of indigeneity in contemporary bushfire management'' par Timothy Neale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 64 (1), pp.86-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Women’s Active Engagement with the Sea Through Fishing in Fiji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropological Forum: A Journal of Social Anthropology and Comparative Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34 (2), pp.186-208. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00664677.2023.2258452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Roux Géraldine, 2022. - L'art des ghostnets : approche anthropologique et esthétique des filets-fantômes, Paris, Presses du MNHN, coll. Natures en Sociétés, 447 p. [compte-rendu de lecture]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 156, pp.127-128. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jso.14858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de projet : a sea of connections : contextualizing fisheries in the South Pacific region (SOC Pacific)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 156, pp.109-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encouraging drawing in research with children on marine environments: methodological and epistemological considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 50 (4), pp.739-760. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10745-022-00332-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A social-ecological engagement with reef passages in New Caledonia: Connectors between coastal and oceanic spaces and species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dombal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (12), pp.2401-2413. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-022-01762-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ridge-to-reef approach on Cicia Island, Fiji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (12), pp.2376-2388. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-021-01669-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A sea of connections : reflections on connectivity from/in Oceania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kon Kam King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (12), pp.2333-2341. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-022-01789-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine resources and their value in Kadavu, Fiji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Marama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Matairakula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (12), pp.2414-2430. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-022-01794-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine social sciences for the ocean we want</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schlueter Achim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fujitani Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breckwoldt Annette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kriegl Michael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portman Michelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">news@nature.com</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Draw the sea...&amp;quot; : children's representations of ocean connectivity in Fiji and New Caledonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Piovano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Soderberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tuiono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (12), pp.2445-2458. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-022-01777-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A typology for reef passages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Nozik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Moosdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bierwirth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9, 786125 [9 p.]. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2022.786125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03672175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sea Sisters : un équipage féminin à l'épreuve de la pollution dans le Pacifique (Le Roux, G. 2021) [compte-rendu de lecture]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Geographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 57, pp.30-31. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23791/573031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: The New Scramble for the Pacific: A Frontier Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estienne Rodary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Affairs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 94 (1), pp.57-76. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5509/202194157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turning Away from Wicked Ways: Christian Climate Change Politics in the Pacific Island Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Fair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropological Forum: A Journal of Social Anthropology and Comparative Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30 (3), pp.233-253. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00664677.2020.1811953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trends in South Pacific fisheries management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Karcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugh Govan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xochitl Elías Ilosvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 118, 104021 [13 p.]. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpol.2020.104021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02617210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tackling coastal ‘overfishing’ in Fiji: Advocating for indigenous worldview, knowledge and values to be the backbone of fisheries management strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maritime Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 19 (1), pp.41-52. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40152-020-00162-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: An interdisciplinary overview of some climate-related narratives and responses in the Pacific</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine de Ramon N’yeurt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Le Pacifique en première ligne face au changement climatique, 149 (2), </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jso.11042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02522300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Synthèse interdisciplinaire de quelques discours et réponses liés au climat dans le Pacifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine de Ramon N’yeurt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Le Pacifique en première ligne face au changement climatique, 149 (2), pp.199-210. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jso.11057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02522296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to research project SOCPacific - A Sea of Connections: An interdisciplinary, multi-level and multi-stakeholder study of South Pacific fisheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Geographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51, pp.16-21. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23791/511621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de l'ouvrage 'People and Change in Indigenous Australia', D. Austin-Broos & F. Merlan (eds), Honolulu: University of Hawai'i Press, 2018.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/taja.12296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01972926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-scale managed marine areas over time : developments and challenges in a local Fijian reef fishery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 220, pp.253-265. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.05.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-scale managed marine areas over time: Developments and challenges in a local Fijian reef fishery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 220, pp.253-265. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.05.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Burning Practices Contribute to Caring for Country? Contemporary Uses of Fire for Conservation Purposes in Indigenous Australia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Moizo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 35 (1), pp.163-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01140544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caring for Country, a Form of Bureaucratic Participation. Conservation, Development, and Neoliberalism in Indigenous Australia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropological Forum: A Journal of Social Anthropology and Comparative Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.DOI: 10.1080/00664677.2014.939576</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01057689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musées et (re-)production de représentations des Aborigènes d'Australie. Déconstruction ou médiatisation des stéréotypes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthrovision - Vaneasa online journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1 (1), pp.[Online]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00854595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caring for country, médiation et Aboriginalité en Australie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 132 (1), pp.135-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Women’s contributions to coastal fisheries and their management: A comparison between Brazil and Fiji.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Pelage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Ocean Science Congress 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Nice, France. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/oos2025-156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05462916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Illuminating the role of iTaukei women in Fiji's small-scale fisheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FALAH final conference - “Family farming, lifestyle and health in small islands, countries and territories”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Nouméa, New Caledonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equité de genre dans les petites pêches : Visibiliser le rôle des femmes iTaukei à Fidji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16e colloque de l’Association Française d’Halieutique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Sète, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plastiques & transmission de pathogènes vers les poissons et les humains à Madagascar : Une approche interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Toussaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Saïd Djahere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fereta Rodin Manjaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Fabiola Randrianomenjanahary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque BiodivOc « Biodiversité et pollutions plastiques : Des impacts aux solutions »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Banyuls-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A social-ecological engagement with reef passages in New Caledonia: connectors between coastal and oceanic spaces and species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dombal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists (ESFO) Conference 2022. Material and Immaterial in Motion. Oceania’s vast geography, seascape, and history are full of movement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREDO (Centre for Research and Documentation on Oceania), Marseille; University of Verona, Italy, Jun 2022, Ajaccio, Corse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04922511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reef passages in New Caledonia and their social-ecological roles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dombal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Islands of the World Conference. Nature and culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Zadar, Croatia; International Small Islands Study Association (ISISA), Charlotettown PE, Canada, Jun 2022, Zadar, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04922505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La compréhension de la Diversité des points de vue dans la recherche comme levier d'action Face aux Urgences Socio-Ecologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesse Labeyrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariline Poupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abigaïl Fallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Mariel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Face aux urgences sociales et écologiques, quels engagements de la recherche avec et pour les Suds ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD; CIRAD; MSH SUD; UMR SENS, Oct 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Pacific fisheries through children’s drawings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists (ESfO) 2022 Conference - « Material and Immaterial in Motion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connexions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arno Pascht</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une Europe des Sciences Humaines et Sociales – 15 ans de recherche franco-allemande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A social-ecological engagement with reef passages in New Caledonia: connectors between coastal and oceanic spaces and species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dombal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ZMT Annual Conference 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zentrum für Marine Tropenforschung (ZMT), Leibniz, Jan 2022, Leibniz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04922512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner les ressources « d’accès partagé ». Une grille d’analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lavigne Delville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Ancey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Humanités Environnementales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'écologie humaine/UMR Sens, Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04925331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science de la durabilité Humanités environnementales : différences, points communs, complémentarités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie M. Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Calatayud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanités Environnementales : Sciences, arts et citoyennetés face aux changements globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Montpellier, France. 35p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs autochtones et enjeux de gestion durable des pêcheries côtières aux Fidji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Week-end Océanie, Musée du Quai Branly - Jacques Chirac</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02172317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s perceptions and values of the reef and its resources on Gau island, Fiji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 People &amp; the Sea Conference (MARE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02172305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The end of the age? Entanglement of religion and climate change in Fiji, from local discourses to COP23 and back</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists (ESfO) 2018 Conference, « Dealing with Inequality: Pacific perspectives, Pacific futures »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01972934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frontier commoning, frontier grabbing: Living or invading the Pacific Ocean?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estienne Rodary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association for Social Anthropology in Oceania (ASAO) 2018 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking indigenous / local knowledge and western ecological science combination in Fiji: On the role of social sciences in tackling overfishing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICOMOS Conference 'Culture: Conserving it together'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Australia ICOMOS &amp; ICOMOS Pasifika, Oct 2018, Suva, Fiji</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01972946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The other side of the maritime frontier in the Pacific</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estienne Rodary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists (ESfO) 2018 Conference, « Dealing with Inequality: Pacific perspectives, Pacific futures »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01972940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A diachronic and interdisciplinary perspective on a local island fishery in Fiji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centre for Maritime Research (MARE) 2017 Conference, "People &amp; the Sea"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Fiji locally-managed marine area network: Exploring both sides of the conservation frontier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists (ESfO) 2017 Conference, "Experiencing Pacific Environments"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ‘locally-managed marine areas’ à Fidji, Pacifique Sud : Nouveaux espaces, nouvelles pratiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque IDMeR, "Discours sur la mer, résistance des pratiques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combiner savoirs écologiques &amp;quot;traditionnels / autochtones&amp;quot; et &amp;quot;scientifiques&amp;quot; : Regard anthropologique sur l'application de l'approche &amp;quot;two-way&amp;quot; en Australie du nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interdisciplinaire 2015 MSH-MONTPELLIER et UMR GRED - Savoirs naturalistes “traditionnels” : l’innovation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH-MONTPELLIER; UMR GRED, Dec 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing “environmental” policies and practices in Oceania: Beyond the local/global divide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists 2015 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01171471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur les processus et effets de la « gestion communautaire des ressources naturelles » en Océanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CRIOBE / IRCP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Moorea, Polynésie française</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01114214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et effets de la notion de « gestion communautaire des ressources naturelles »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude "Conceptologies environnementales" : Ce que les notions font aux pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laurent Dousset et Elodie Fache, Mar 2015, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01128688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrication sociale de « l’environnement » au travers des projets de conservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème congrès de l’Association Française de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Saint Quentin en Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01171472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle transition pour les populations autochtones ? Gestion communautaire des ressources naturelles, développement durable et bureaucratisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les chemins politiques de la transition écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01078709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fisheries in the Pacific: The Challenges of Governance and Sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, boundaries and governance: What future for fisheries in the Pacific?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Simonne Pauwels; Elodie Fache, Oct 2014, Marseille, France. 290 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01280637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indigenous persons in country in southern Arnhem Land: From individual initiatives to multi-level collectives?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude "People in country, persons in place: A Sepik (PNG) – Pama-Nyungan (Australia) comparison"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01097042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion autochtone des ressources naturelles, support d'une bureaucratisation multiforme. Le cas du système des rangers en Australie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire SOGIP " Perspectives comparatives sur les droits des peuples autochtones " 2013-2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00905190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation environnementale, population autochtone et gouvernance en Australie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque e-Toile Pacifique 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00870227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préserver le bush australien grâce aux savoirs et aux pratiques aborigènes : 'a new system introduced by the government' ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et interdisciplinaire "Dynamiques environnementales, politiques publiques et pratiques locales : quelles interactions ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00831931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation as development in Northern Australia: from policies to ethnography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Aboriginal Anthropology Today: Critical Perspectives from Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00781204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">With the help of ecological science... From the reproduction to the restructuration of Indigenous ecological knowledge through 'natural resource management' in Northern Australia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th Conference on Hunting and Gathering Societies (CHAGS 10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00839742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations autochtones de l'environnement et de sa conservation en Australie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peuples indigènes et ressources du vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00875084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La 'culture', obstacle ou fondement du développement économique autochtone ? Politiques publiques et idéologies culturalistes en Australie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque e-Toile Pacifique 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00870228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le 'mouvement Caring for Country' en Australie : une option de développement et de conservation alternatifs, par et pour les Aborigènes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'AFS (Association Française de Sociologie), "Les dominations"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00859322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contrôle par les &amp;quot; communautés &amp;quot; aborigènes de la gestion des &amp;quot; ressources naturelles &amp;quot; en Australie du Nord à l'épreuve des interactions entre rangers locaux et acteurs exogènes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Développement durable, conservation de l'environnement et savoirs locaux : confrontation des projets avec les " réalités " de terrain" - Journées d'étude CREDO-AgroParisTech Nancy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00748003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion aborigène contemporaine des ressources naturelles&amp;quot; en Australie du Nord : une requalification conceptuelle pas anodine.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Les vocabulaires locaux du 'patrimoine'. Variations, négociations et transformations"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Evora, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00670008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire du terrain en territoire Aborigène en Australie du Nord : démarches éthiques et question du consentement informé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er congrès de l'AFEA " Connaissance No(s) Limit(es) "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Aborigènes d'Australie au musée en région PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes journées scientifiques de la Société d'Ecologie Humaine " Art et Ecologie Humaine. Des cavernes aux friches industrielles "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les &amp;quot;traditions&amp;quot; foncières Aborigènes dans le domaine du développement économique en Australie du Nord. Cas du tourisme et de la gestion des ressources naturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude interdisciplinaire " Des questions foncières aux problématiques touristiques : discours et pratiques "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droits et responsabilités Aborigènes envers la terre à Ngukurr, Terre d'Arnhem, Australie du Nord : mingirringgi, junggayi, darlnyin et T.O.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude interdisciplinaire sur les régimes de propriété foncière : entre droit coutumier et conceptions occidentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Sion, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs indigènes, environnement et développement économique en Australie du Nord. Caring for country : d'une responsabilité coutumière à un emploi 'à l'occidentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque e-Toile Pacifique - Livre Blanc des recherches en sciences humaines et sociales sur le Pacifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indigenous rangers as mediators in the Australian Top End</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2010 School for Environmental Research, Charles Darwin University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Darwin, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition de glossaire pluridisciplinaire pour le projet VectoPlastic et au-delà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Auguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Galgani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding interactions between (micro)plastics and mosquitoes: An interdisciplinary approach in Montpellier, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Reydel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Loiseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd European Society for Vector Ecology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding interactions between humans, mosquitoes, waters and plastics: an interdisciplinary approach in Montpellier, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Reydel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESOVE 2024 - 23rd European Society for Vector Ecology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Montpellier, France. , ESOVE 2024 - the 23rd European Society for Vector Ecology Conference. Book of Abstracts, pp.S4-P21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05007895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sea of Connections: Valuing Reef Passages in the South Pacific Region (SOCPacific2R)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Ford</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth ZMT Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOCPacific’s transdisciplinary research protocol based on children’s drawings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie M. Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ZMT’s first Annual Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dessin comme outil de recherche sur les représentations des pêcheries par les enfants du Pacifique Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie M. Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Art for Science! Unlocking Art power for Science &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fisheries management organizations and strategies at the regional and sub-regional levels in the South Pacific Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Karcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMBeR Open Science Conference ‘Future Oceans2’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentations sociales des plastiques dans le Sud-Ouest de Madagascar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Veriza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Toussaint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMR SENS, CIRAD, IRD, UPVM, Montpellier, France; Université de Toliara. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coastal Resource Management on Gau Island, Fiji: Report on a Social Study Conducted in 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] IRD Institut de recherche pour le developpement. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECOPAS-WP2 Interim Report to the European Commission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01023322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oceania : a sea of connections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mccormack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mawyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kon Kam King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 51 (12), pp.2333-2556, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03871611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The new scramble for the Pacific : a frontier approach [special section]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estienne Rodary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Affairs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (94), pp.57-122, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03243812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higher Powers: Negotiating Climate Change, Religion and Future in Oceania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Fair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Kempf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropological Forum: A Journal of Social Anthropology and Comparative Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30 (3), 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pacifique en première ligne face au changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Ramon N'Yeurt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 149, p. 197-310, 2019, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jso.10778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02546100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communs et gouvernance des ressources en accès partagé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lavigne Delville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ancey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colin, Jean-Philippe (ed.); Lavigne Delville, Philippe (ed.); Léonard, Eric (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le foncier rural dans les pays du Sud : enjeux et clés d'analyse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD; Quae, pp.177-255, 2022, Objectifs Suds, 978-2-7099-2876-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03965887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regard anthropologique sur les réserves marines du Pacifique Sud : Les ‘tabu areas’ fidjiennes comme pratiques hybrides ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvanne Bouvet; Kimberley Page-Jones. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours sur la mer : Résistance des pratiques et des représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.117-134, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02951466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mediation between Indigenous and non-Indigenous knowledge systems: Another analysis of ‘two-way’ conservation in northern Australia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Françoise Dussart; Sylvie Poirier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entangled territorialities: Negotiating Indigenous lands in Australia and Canada</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University of Toronto Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.91-116, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01735402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Pacific Islanders as ‘custodians of the ocean’ facing fisheries challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joeli Veitayaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elodie Fache; Simonne Pauwels. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fisheries in the Pacific: The challenges of governance and sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pacific-Credo Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-18, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01735399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les droits et responsabilités aborigènes envers la terre à Ngukurr (Terre d’Arnhem, Australie du Nord) sont-ils ‘reconnus’ ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maïa Ponsonnet; Céline Travési. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les conceptions de la propriété foncière à l’épreuve des revendications autochtones : Possession, propriété et leurs avatars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pacific-Credo Publications, pp.119-142, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01192977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conserver l’environnement grâce aux savoirs et pratiques autochtones en Australie du Nord : ‘A new system introduced by the government’ ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P. Béringuier, F. Blot, B. Desailly, M. Saqalli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement, politiques publiques et pratiques locales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.121-142, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01192982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la piste des rangers aborigènes : Prendre soin de la savane tropicale australienne à l’ère néolibérale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pacific-Credo Publications, 251 p., 2019, 978-2-9537485-9-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02522285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fisheries in the Pacific: The Challenges of Governance and Sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pacific-Credo Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01735395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamandabari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sœurs Mungamunga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutinga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waramurungundji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laintjung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sœurs Wawilag</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djang’kawu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica de Largy Healy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Awadabir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunapipi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figure de la mère en Australie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serpent Arc-en-Ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Travési</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01380226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps du Rêve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica de Largy Healy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01380221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId216"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Elodie Fache </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rétrospective réflexive sur l’organisation du travail en interdisciplinarité : un projet relatif au nexus moustique-plastique-eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Ferré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Reydel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 34 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05157165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des points de vue face à l’empreinte carbone de la recherche en partenariat avec les Suds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariline Poupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Antona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (1), </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2025028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaps and overlaps between sustainability science and the environmental humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie M. Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Cué Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (2), pp.581-596. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11625-024-01596-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre les bidons jaunes à Toliara, ville du Sud-Ouest de Madagascar : Contribution exploratoire au développement d’une écologie globale des plastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Toussaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Saïd Djahere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fereta Rodin Manjaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Fabiola Randrianomenjanahary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (3), pp.347-356. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2024051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04341847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Artaud, 2023. - Immersion : Rencontre des mondes atlantique et pacifique, Éditions La Découverte, Coll. Les empêcheurs de penser en rond, 297 p. [compte-rendu de lecture]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 157, pp.305-306. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jso.15499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04477071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commentaire de l'article &amp;quot;&amp;quot;What tradition affords : articulations of indigeneity in contemporary bushfire management'' par Timothy Neale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 64 (1), pp.86-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Women’s Active Engagement with the Sea Through Fishing in Fiji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropological Forum: A Journal of Social Anthropology and Comparative Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34 (2), pp.186-208. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00664677.2023.2258452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Roux Géraldine, 2022. - L'art des ghostnets : approche anthropologique et esthétique des filets-fantômes, Paris, Presses du MNHN, coll. Natures en Sociétés, 447 p. [compte-rendu de lecture]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 156, pp.127-128. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jso.14858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de projet : a sea of connections : contextualizing fisheries in the South Pacific region (SOC Pacific)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 156, pp.109-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encouraging drawing in research with children on marine environments: methodological and epistemological considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 50 (4), pp.739-760. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10745-022-00332-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A social-ecological engagement with reef passages in New Caledonia: Connectors between coastal and oceanic spaces and species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dombal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (12), pp.2401-2413. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-022-01762-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ridge-to-reef approach on Cicia Island, Fiji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (12), pp.2376-2388. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-021-01669-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A sea of connections : reflections on connectivity from/in Oceania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kon Kam King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (12), pp.2333-2341. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-022-01789-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine resources and their value in Kadavu, Fiji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Marama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Matairakula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (12), pp.2414-2430. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-022-01794-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine social sciences for the ocean we want</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schlueter Achim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fujitani Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breckwoldt Annette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kriegl Michael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portman Michelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">news@nature.com</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Draw the sea...&amp;quot; : children's representations of ocean connectivity in Fiji and New Caledonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Piovano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Soderberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tuiono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (12), pp.2445-2458. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-022-01777-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A typology for reef passages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Nozik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Moosdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bierwirth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9, 786125 [9 p.]. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2022.786125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03672175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sea Sisters : un équipage féminin à l'épreuve de la pollution dans le Pacifique (Le Roux, G. 2021) [compte-rendu de lecture]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Geographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 57, pp.30-31. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23791/573031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: The New Scramble for the Pacific: A Frontier Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estienne Rodary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Affairs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 94 (1), pp.57-76. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5509/202194157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turning Away from Wicked Ways: Christian Climate Change Politics in the Pacific Island Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Fair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropological Forum: A Journal of Social Anthropology and Comparative Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30 (3), pp.233-253. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00664677.2020.1811953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trends in South Pacific fisheries management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Karcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugh Govan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xochitl Elías Ilosvay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 118, 104021 [13 p.]. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpol.2020.104021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02617210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tackling coastal ‘overfishing’ in Fiji: Advocating for indigenous worldview, knowledge and values to be the backbone of fisheries management strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maritime Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 19 (1), pp.41-52. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40152-020-00162-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: An interdisciplinary overview of some climate-related narratives and responses in the Pacific</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine de Ramon N’yeurt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Le Pacifique en première ligne face au changement climatique, 149 (2), </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jso.11042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02522300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Synthèse interdisciplinaire de quelques discours et réponses liés au climat dans le Pacifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine de Ramon N’yeurt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Le Pacifique en première ligne face au changement climatique, 149 (2), pp.199-210. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jso.11057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02522296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to research project SOCPacific - A Sea of Connections: An interdisciplinary, multi-level and multi-stakeholder study of South Pacific fisheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Geographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51, pp.16-21. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23791/511621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de l'ouvrage 'People and Change in Indigenous Australia', D. Austin-Broos & F. Merlan (eds), Honolulu: University of Hawai'i Press, 2018.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/taja.12296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01972926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-scale managed marine areas over time : developments and challenges in a local Fijian reef fishery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 220, pp.253-265. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.05.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-scale managed marine areas over time: Developments and challenges in a local Fijian reef fishery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 220, pp.253-265. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.05.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Burning Practices Contribute to Caring for Country? Contemporary Uses of Fire for Conservation Purposes in Indigenous Australia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Moizo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 35 (1), pp.163-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01140544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caring for Country, a Form of Bureaucratic Participation. Conservation, Development, and Neoliberalism in Indigenous Australia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropological Forum: A Journal of Social Anthropology and Comparative Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.DOI: 10.1080/00664677.2014.939576</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01057689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musées et (re-)production de représentations des Aborigènes d'Australie. Déconstruction ou médiatisation des stéréotypes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthrovision - Vaneasa online journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1 (1), pp.[Online]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00854595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caring for country, médiation et Aboriginalité en Australie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 132 (1), pp.135-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fish species identified from BRUVs in Ovalau reef passages by SOCPacific2R</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bishwa Devavrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasha Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Stockwell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kelly Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salanieta Kitolelei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15468/cynwtu⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05559444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serpent Arc-en-Ciel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Travési</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01380226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps du Rêve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica de Largy Healy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01380221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Women’s contributions to coastal fisheries and their management: A comparison between Brazil and Fiji.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Pelage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Ocean Science Congress 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Nice, France. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/oos2025-156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05462916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Illuminating the role of iTaukei women in Fiji's small-scale fisheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FALAH final conference - “Family farming, lifestyle and health in small islands, countries and territories”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Nouméa, New Caledonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equité de genre dans les petites pêches : Visibiliser le rôle des femmes iTaukei à Fidji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16e colloque de l’Association Française d’Halieutique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Sète, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plastiques & transmission de pathogènes vers les poissons et les humains à Madagascar : Une approche interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Toussaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Saïd Djahere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fereta Rodin Manjaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Fabiola Randrianomenjanahary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque BiodivOc « Biodiversité et pollutions plastiques : Des impacts aux solutions »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Banyuls-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A social-ecological engagement with reef passages in New Caledonia: connectors between coastal and oceanic spaces and species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dombal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists (ESFO) Conference 2022. Material and Immaterial in Motion. Oceania’s vast geography, seascape, and history are full of movement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREDO (Centre for Research and Documentation on Oceania), Marseille; University of Verona, Italy, Jun 2022, Ajaccio, Corse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04922511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reef passages in New Caledonia and their social-ecological roles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dombal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Islands of the World Conference. Nature and culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Zadar, Croatia; International Small Islands Study Association (ISISA), Charlotettown PE, Canada, Jun 2022, Zadar, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04922505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La compréhension de la Diversité des points de vue dans la recherche comme levier d'action Face aux Urgences Socio-Ecologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesse Labeyrie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariline Poupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abigaïl Fallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Mariel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Face aux urgences sociales et écologiques, quels engagements de la recherche avec et pour les Suds ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD; CIRAD; MSH SUD; UMR SENS, Oct 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Pacific fisheries through children’s drawings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists (ESfO) 2022 Conference - « Material and Immaterial in Motion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connexions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arno Pascht</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une Europe des Sciences Humaines et Sociales – 15 ans de recherche franco-allemande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A social-ecological engagement with reef passages in New Caledonia: connectors between coastal and oceanic spaces and species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dombal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ZMT Annual Conference 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zentrum für Marine Tropenforschung (ZMT), Leibniz, Jan 2022, Leibniz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04922512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner les ressources « d’accès partagé ». Une grille d’analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lavigne Delville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Ancey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Humanités Environnementales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'écologie humaine/UMR Sens, Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-04925331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science de la durabilité Humanités environnementales : différences, points communs, complémentarités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie M. Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Calatayud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Castella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanités Environnementales : Sciences, arts et citoyennetés face aux changements globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Montpellier, France. 35p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs autochtones et enjeux de gestion durable des pêcheries côtières aux Fidji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Week-end Océanie, Musée du Quai Branly - Jacques Chirac</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02172317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s perceptions and values of the reef and its resources on Gau island, Fiji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 People &amp; the Sea Conference (MARE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02172305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The end of the age? Entanglement of religion and climate change in Fiji, from local discourses to COP23 and back</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists (ESfO) 2018 Conference, « Dealing with Inequality: Pacific perspectives, Pacific futures »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01972934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frontier commoning, frontier grabbing: Living or invading the Pacific Ocean?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estienne Rodary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association for Social Anthropology in Oceania (ASAO) 2018 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking indigenous / local knowledge and western ecological science combination in Fiji: On the role of social sciences in tackling overfishing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICOMOS Conference 'Culture: Conserving it together'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Australia ICOMOS &amp; ICOMOS Pasifika, Oct 2018, Suva, Fiji</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01972946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The other side of the maritime frontier in the Pacific</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estienne Rodary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists (ESfO) 2018 Conference, « Dealing with Inequality: Pacific perspectives, Pacific futures »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01972940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A diachronic and interdisciplinary perspective on a local island fishery in Fiji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centre for Maritime Research (MARE) 2017 Conference, "People &amp; the Sea"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Fiji locally-managed marine area network: Exploring both sides of the conservation frontier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists (ESfO) 2017 Conference, "Experiencing Pacific Environments"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ‘locally-managed marine areas’ à Fidji, Pacifique Sud : Nouveaux espaces, nouvelles pratiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque IDMeR, "Discours sur la mer, résistance des pratiques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combiner savoirs écologiques &amp;quot;traditionnels / autochtones&amp;quot; et &amp;quot;scientifiques&amp;quot; : Regard anthropologique sur l'application de l'approche &amp;quot;two-way&amp;quot; en Australie du nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interdisciplinaire 2015 MSH-MONTPELLIER et UMR GRED - Savoirs naturalistes “traditionnels” : l’innovation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH-MONTPELLIER; UMR GRED, Dec 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing “environmental” policies and practices in Oceania: Beyond the local/global divide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for Oceanists 2015 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01171471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur les processus et effets de la « gestion communautaire des ressources naturelles » en Océanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CRIOBE / IRCP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Moorea, Polynésie française</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01114214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et effets de la notion de « gestion communautaire des ressources naturelles »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude "Conceptologies environnementales" : Ce que les notions font aux pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laurent Dousset et Elodie Fache, Mar 2015, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01128688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrication sociale de « l’environnement » au travers des projets de conservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème congrès de l’Association Française de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Saint Quentin en Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01171472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle transition pour les populations autochtones ? Gestion communautaire des ressources naturelles, développement durable et bureaucratisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les chemins politiques de la transition écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01078709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fisheries in the Pacific: The Challenges of Governance and Sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, boundaries and governance: What future for fisheries in the Pacific?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Simonne Pauwels; Elodie Fache, Oct 2014, Marseille, France. 290 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01280637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indigenous persons in country in southern Arnhem Land: From individual initiatives to multi-level collectives?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude "People in country, persons in place: A Sepik (PNG) – Pama-Nyungan (Australia) comparison"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01097042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion autochtone des ressources naturelles, support d'une bureaucratisation multiforme. Le cas du système des rangers en Australie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire SOGIP " Perspectives comparatives sur les droits des peuples autochtones " 2013-2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00905190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation environnementale, population autochtone et gouvernance en Australie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque e-Toile Pacifique 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00870227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préserver le bush australien grâce aux savoirs et aux pratiques aborigènes : 'a new system introduced by the government' ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et interdisciplinaire "Dynamiques environnementales, politiques publiques et pratiques locales : quelles interactions ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00831931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation as development in Northern Australia: from policies to ethnography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Aboriginal Anthropology Today: Critical Perspectives from Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00781204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations autochtones de l'environnement et de sa conservation en Australie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peuples indigènes et ressources du vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00875084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">With the help of ecological science... From the reproduction to the restructuration of Indigenous ecological knowledge through 'natural resource management' in Northern Australia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th Conference on Hunting and Gathering Societies (CHAGS 10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00839742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La 'culture', obstacle ou fondement du développement économique autochtone ? Politiques publiques et idéologies culturalistes en Australie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque e-Toile Pacifique 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00870228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le 'mouvement Caring for Country' en Australie : une option de développement et de conservation alternatifs, par et pour les Aborigènes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'AFS (Association Française de Sociologie), "Les dominations"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00859322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contrôle par les &amp;quot; communautés &amp;quot; aborigènes de la gestion des &amp;quot; ressources naturelles &amp;quot; en Australie du Nord à l'épreuve des interactions entre rangers locaux et acteurs exogènes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Développement durable, conservation de l'environnement et savoirs locaux : confrontation des projets avec les " réalités " de terrain" - Journées d'étude CREDO-AgroParisTech Nancy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00748003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion aborigène contemporaine des ressources naturelles&amp;quot; en Australie du Nord : une requalification conceptuelle pas anodine.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Les vocabulaires locaux du 'patrimoine'. Variations, négociations et transformations"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Evora, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00670008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire du terrain en territoire Aborigène en Australie du Nord : démarches éthiques et question du consentement informé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er congrès de l'AFEA " Connaissance No(s) Limit(es) "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Aborigènes d'Australie au musée en région PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes journées scientifiques de la Société d'Ecologie Humaine " Art et Ecologie Humaine. Des cavernes aux friches industrielles "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les &amp;quot;traditions&amp;quot; foncières Aborigènes dans le domaine du développement économique en Australie du Nord. Cas du tourisme et de la gestion des ressources naturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude interdisciplinaire " Des questions foncières aux problématiques touristiques : discours et pratiques "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droits et responsabilités Aborigènes envers la terre à Ngukurr, Terre d'Arnhem, Australie du Nord : mingirringgi, junggayi, darlnyin et T.O.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude interdisciplinaire sur les régimes de propriété foncière : entre droit coutumier et conceptions occidentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Sion, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs indigènes, environnement et développement économique en Australie du Nord. Caring for country : d'une responsabilité coutumière à un emploi 'à l'occidentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque e-Toile Pacifique - Livre Blanc des recherches en sciences humaines et sociales sur le Pacifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indigenous rangers as mediators in the Australian Top End</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2010 School for Environmental Research, Charles Darwin University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Darwin, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00638506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition de glossaire pluridisciplinaire pour le projet VectoPlastic et au-delà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Auguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Galgani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding interactions between (micro)plastics and mosquitoes: An interdisciplinary approach in Montpellier, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Reydel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Loiseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd European Society for Vector Ecology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding interactions between humans, mosquitoes, waters and plastics: an interdisciplinary approach in Montpellier, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Reydel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESOVE 2024 - 23rd European Society for Vector Ecology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Montpellier, France. , ESOVE 2024 - the 23rd European Society for Vector Ecology Conference. Book of Abstracts, pp.S4-P21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05007895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sea of Connections: Valuing Reef Passages in the South Pacific Region (SOCPacific2R)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Ford</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth ZMT Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOCPacific’s transdisciplinary research protocol based on children’s drawings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie M. Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ZMT’s first Annual Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dessin comme outil de recherche sur les représentations des pêcheries par les enfants du Pacifique Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie M. Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sabinot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Art for Science! Unlocking Art power for Science &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fisheries management organizations and strategies at the regional and sub-regional levels in the South Pacific Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Karcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Breckwoldt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMBeR Open Science Conference ‘Future Oceans2’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentations sociales des plastiques dans le Sud-Ouest de Madagascar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Veriza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Toussaint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMR SENS, CIRAD, IRD, UPVM, Montpellier, France; Université de Toliara. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coastal Resource Management on Gau Island, Fiji: Report on a Social Study Conducted in 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] IRD Institut de recherche pour le developpement. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECOPAS-WP2 Interim Report to the European Commission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01023322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oceania : a sea of connections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mccormack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mawyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kon Kam King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 51 (12), pp.2333-2556, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03871611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The new scramble for the Pacific : a frontier approach [special section]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estienne Rodary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Affairs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (94), pp.57-122, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03243812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Higher Powers: Negotiating Climate Change, Religion and Future in Oceania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Fair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Kempf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropological Forum: A Journal of Social Anthropology and Comparative Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30 (3), 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pacifique en première ligne face au changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Ramon N'Yeurt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société des Océanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 149, p. 197-310, 2019, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jso.10778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02546100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communs et gouvernance des ressources en accès partagé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lavigne Delville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Ancey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colin, Jean-Philippe; Lavigne Delville, Philippe; Léonard, Eric. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le foncier rural dans les pays du Sud : enjeux et clés d'analyse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRD; Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.177-255, 2022, Objectifs Suds, 978-2-7099-2876-2. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.irdeditions.45593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03965887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regard anthropologique sur les réserves marines du Pacifique Sud : Les ‘tabu areas’ fidjiennes comme pratiques hybrides ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvanne Bouvet; Kimberley Page-Jones. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours sur la mer : Résistance des pratiques et des représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.117-134, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02951466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mediation between Indigenous and non-Indigenous knowledge systems: Another analysis of ‘two-way’ conservation in northern Australia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Françoise Dussart; Sylvie Poirier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entangled territorialities: Negotiating Indigenous lands in Australia and Canada</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University of Toronto Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.91-116, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01735402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Pacific Islanders as ‘custodians of the ocean’ facing fisheries challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joeli Veitayaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elodie Fache; Simonne Pauwels. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fisheries in the Pacific: The challenges of governance and sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pacific-Credo Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-18, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01735399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les droits et responsabilités aborigènes envers la terre à Ngukurr (Terre d’Arnhem, Australie du Nord) sont-ils ‘reconnus’ ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maïa Ponsonnet; Céline Travési. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les conceptions de la propriété foncière à l’épreuve des revendications autochtones : Possession, propriété et leurs avatars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pacific-Credo Publications, pp.119-142, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01192977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conserver l’environnement grâce aux savoirs et pratiques autochtones en Australie du Nord : ‘A new system introduced by the government’ ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P. Béringuier, F. Blot, B. Desailly, M. Saqalli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement, politiques publiques et pratiques locales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.121-142, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01192982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la piste des rangers aborigènes : Prendre soin de la savane tropicale australienne à l’ère néolibérale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pacific-Credo Publications, 251 p., 2019, 978-2-9537485-9-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02522285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fisheries in the Pacific: The Challenges of Governance and Sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simonne Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pacific-Credo Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01735395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamandabari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sœurs Mungamunga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutinga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waramurungundji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laintjung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sœurs Wawilag</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djang’kawu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica de Largy Healy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Awadabir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figure de la mère en Australie du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunapipi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Fache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des dieux, déesses et démons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId224"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05157165v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Loiseau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fache" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ferr&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Reydel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04722047v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariline Poupaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Fache" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Castella" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Antona" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025028" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861371v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Moreau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie M. Carri&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Cu&#233; Rio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11625-024-01596-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04341847v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Toussaint" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahamada Sa&#239;d Djahere" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fereta Rodin Manjaka" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Fabiola Randrianomenjanahary" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2024051" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477071v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.15499" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642738v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04667086v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Breckwoldt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00664677.2023.2258452" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197311v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.14858" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197056v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Breckwoldt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415955v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sabinot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonne Pauwels" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Riera" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10745-022-00332-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184389v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dombal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-022-01762-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184391v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pauwels" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-021-01669-w" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184379v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kon Kam King" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-022-01789-x" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184385v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Harding" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Marama" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Matairakula" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-022-01794-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365330v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schlueter Achim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fujitani Marie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Breckwoldt Annette" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kriegl Michael" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Portman Michelle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184382v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Piovano" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soderberg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tuiono" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-022-01777-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672175v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nozik" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moosdorf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bierwirth" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.786125" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639998v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23791/573031" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04667090v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Meur" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estienne Rodary" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5509/202194157" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970205v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Fair" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00664677.2020.1811953" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02617210v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Karcher" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Govan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xochitl El&#237;as Ilosvay" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2020.104021" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194415v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40152-020-00162-6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02522300v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Ramon N&#8217;yeurt" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.11042" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02522296v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.11057" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061967v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23791/511621" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972926v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/taja.12296" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667552v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.05.029" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796612v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01140544v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Moizo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01057689v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854595v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638492v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05462916v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Pelage" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-156" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05040096v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04806974v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04806981v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922511v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922505v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04625645v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesse Labeyrie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abiga&#239;l Fallot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mariel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677877v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677862v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Pascht" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922512v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04925331v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lavigne Delville" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ancey" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789870v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Calatayud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02172317v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02172305v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972934v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796608v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972946v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972940v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796606v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796605v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796607v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240325v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01171471v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114214v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01128688v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01171472v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01078709v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01280637v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01097042v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905190v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00870227v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00831931v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00781204v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839742v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00875084v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00870228v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00859322v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00748003v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00670008v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638496v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638499v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638504v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638503v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638493v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638506v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04789485v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Auguet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bouvier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Galgani" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04806958v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007895v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04806942v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Ford" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677896v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677939v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677946v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04659256v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Veriza" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796610v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023322v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dousset" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871611v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mccormack" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mawyer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243812v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04667097v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kempf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546100v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Ramon N'Yeurt" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.10778" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965887v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ancey" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02951466v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01735402v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utorontopress.com/us/entangled-territorialities-2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01735399v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joeli Veitayaki" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.pacific-credo.fr/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01192977v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01192982v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02522285v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01735395v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796598v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796600v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796599v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796602v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796597v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796601v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796590v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica de Largy Healy" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796593v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796596v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796594v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380226v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bernard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Trav&#233;si" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380221v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05157165v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Loiseau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fache" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ferr&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Reydel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04722047v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariline Poupaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Fache" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Castella" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Antona" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025028" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861371v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Moreau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie M. Carri&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Cu&#233; Rio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11625-024-01596-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04341847v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Toussaint" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahamada Sa&#239;d Djahere" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fereta Rodin Manjaka" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Fabiola Randrianomenjanahary" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2024051" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477071v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.15499" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642738v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04667086v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Breckwoldt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00664677.2023.2258452" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197311v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.14858" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197056v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Breckwoldt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415955v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sabinot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonne Pauwels" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Riera" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10745-022-00332-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184389v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dombal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-022-01762-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184391v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pauwels" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-021-01669-w" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184379v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kon Kam King" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-022-01789-x" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184385v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Harding" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Marama" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Matairakula" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-022-01794-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365330v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schlueter Achim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fujitani Marie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Breckwoldt Annette" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kriegl Michael" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Portman Michelle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184382v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Piovano" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soderberg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tuiono" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-022-01777-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672175v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nozik" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moosdorf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bierwirth" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.786125" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639998v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23791/573031" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04667090v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Meur" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estienne Rodary" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5509/202194157" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970205v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Fair" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00664677.2020.1811953" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02617210v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Karcher" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Govan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xochitl El&#237;as Ilosvay" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2020.104021" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194415v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40152-020-00162-6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02522300v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Ramon N&#8217;yeurt" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.11042" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02522296v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.11057" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061967v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23791/511621" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972926v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/taja.12296" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667552v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.05.029" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796612v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01140544v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Moizo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01057689v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854595v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638492v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05559444v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bishwa Devavrat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasha Dehm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Stockwell" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Brown" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salanieta Kitolelei" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15468/cynwtu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380226v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dousset" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bernard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Trav&#233;si" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380221v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica de Largy Healy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05462916v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Pelage" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-156" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05040096v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04806974v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04806981v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922511v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922505v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04625645v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesse Labeyrie" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abiga&#239;l Fallot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mariel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677877v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677862v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Pascht" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922512v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04925331v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lavigne Delville" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ancey" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789870v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Calatayud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02172317v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02172305v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972934v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796608v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972946v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972940v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796606v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796605v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796607v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240325v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01171471v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114214v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01128688v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01171472v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01078709v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01280637v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01097042v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905190v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00870227v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00831931v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00781204v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00875084v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839742v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00870228v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00859322v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00748003v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00670008v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638496v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638499v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638504v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638503v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638493v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00638506v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04789485v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Auguet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bouvier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Galgani" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04806958v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007895v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04806942v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Ford" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677896v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677939v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677946v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04659256v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Veriza" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796610v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023322v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871611v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mccormack" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mawyer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243812v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04667097v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kempf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546100v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Ramon N'Yeurt" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.10778" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965887v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1793/9782759235735/le-foncier-rural-dans-les-pays-du-sud" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.45593" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02951466v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01735402v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utorontopress.com/us/entangled-territorialities-2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01735399v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joeli Veitayaki" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publications.pacific-credo.fr/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01192977v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01192982v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02522285v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01735395v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796598v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796600v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796599v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796602v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796597v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796601v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796590v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796593v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796594v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796596v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>