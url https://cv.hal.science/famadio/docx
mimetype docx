--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -175,2213 +175,2213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Wacquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HRI '26: 21st ACM/IEEE International Conference on Human-Robot Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Edinburgh Scotland UK, United Kingdom. pp.589-593, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3776734.3794463⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05478495v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Vocal Instructions to Household Tasks: The Inria Tiago++ in the euROBIN Service Robots Coopetition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Compliant Non-Prehensile Pushing Manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Cufino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Selvaggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Amadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Ruggiero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IRIM-3D 2025: 7th Italian Conference on Robotics and Intelligent Machines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-05411011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning to Walk with Hybrid Serial-Parallel Linkages: a Case Study on the Kangaroo Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongbo Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Uttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Kanoulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Ivaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th International Conference on Robot Intelligence Technology and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, London, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05072198v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What Can Robots Teach Us About Trust and Reliance? An interdisciplinary dialogue between Social Sciences and Social Robotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wacquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Zibetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joffrey Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Aloe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18th International Workshop on Human-Friendly Robotics 2025, HFR 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Università degli Studi di Napoli Federico II, Jun 2025, Capri Island, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05157054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variable Impedance Control Combining Reinforcement Learning and Gaussian Process Regression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolino de Risi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluca Garofalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Ficuciello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Falco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanoids 2024 - IEEE-RAS 23rd International Conference on Humanoid Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Nancy, France. pp.343 - 350, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/humanoids58906.2024.10769856⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05036167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Learning Control from Raw Position Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Dalla Libera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Nikovski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero Carli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Romeres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 American Control Conference (ACC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, San Diego, France. pp.2171-2178, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/acc55779.2023.10156063⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05037961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FollowMe: a Robust Person Following Framework Based on Visual Re-Identification and Gestures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Zunino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gennaro Raiola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arash Ajoudani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 IEEE International Conference on Advanced Robotics and Its Social Impacts (ARSO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Berlin, Germany. pp.84-89, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ARSO56563.2023.10187536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04298949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Target-Referred DMPs for Learning Bimanual Tasks from Shared-Autonomy Telemanipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Laghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Raiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Zunino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2022 IEEE-RAS 21st International Conference on Humanoid Robots (Humanoids)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Ginowan, France. pp.496-503, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/humanoids53995.2022.10000233⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05037957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Control of Mechanical Systems via Feedback Linearization Based on Black-Box Gaussian Process Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Dalla Libera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Nikovski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero Carli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Romeres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 European Control Conference (ECC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Delft, France. pp.243-248, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ecc54610.2021.9654429⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05037967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From Vocal Instructions to Household Tasks: The Inria TIAGo++ in the euROBIN Service Robots Coopetition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Clemente Donoso Krauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dionis Totsila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04868440v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2412.17861⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868440v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Controlled Gaussian Process Dynamical Models with Application to Robotic Cloth Manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Antonio Delgado-Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrià Colomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carme Torras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Dynamics and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05037947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Model-Based Policy Search Using Monte Carlo Gradient Estimation With Real Systems Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Dalla Libera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Antonello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Nikovski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero Carli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38 (6), pp.3879-3898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/tro.2022.3184837⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05037945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Target-Guided Telemanipulation Architecture for Assisted Grasping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Laghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Raiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Rollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Zunino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (4), pp.8759-8766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/lra.2022.3188436⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05037953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploiting Symmetries in Reinforcement Learning of Bimanual Robotic Tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrià Colomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carme Torras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (2), pp.1838-1845. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/lra.2019.2898330⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05037949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method and device for speech-supplemented kinesthetic robot programming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Zudaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Amadio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2025140777A1. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model-Free Six-Dimensional Object Pose Estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Zudaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Iovino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Amadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aris Synodinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianjun Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Switzerland, Patent n° : WO2025228515A1. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05434349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative handling of objects to be extracted/loaded from/onto an automated object transport and/or sorting system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Briano Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akhras M. Alì</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raiano Luigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zunino Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rollo Federico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Italy, Patent n° : WO2025008760A1. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05037988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method and system for modelling and control partially measurable systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romeres Diego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amadio Fabio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Amadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Libera Alberto Dalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonello Riccardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : WO2022118498A1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05037991v1</w:t>
-              </w:r>
-[...1558 lines deleted...]
-                <w:t xml:space="preserve">hal-05037949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId81"/>
+      <w:footerReference w:type="default" r:id="rId83"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2528,51 +2528,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478495v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Zibetti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lorenzo-Louis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Amadio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wacquez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Becker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868440v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemente Donoso Krauss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionis Totsila" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lorenzo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rouxel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158265v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Zudaire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434349v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Iovino" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aris Synodinos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianjun Wang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037988v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briano Andrea" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhras M. Al&#236;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raiano Luigi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zunino Andrea" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rollo Federico" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037991v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romeres Diego" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadio Fabio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libera Alberto Dalla" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Riccardo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072198v3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbo Li" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Uttini" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kanoulas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Ivaldi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411011v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cufino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Selvaggio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ruggiero" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157054v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Aloe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036167v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolino de Risi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Garofalo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Ficuciello" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Falco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/humanoids58906.2024.10769856" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037961v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Dalla Libera" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Nikovski" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Carli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Romeres" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/acc55779.2023.10156063" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298949v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Rollo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zunino" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennaro Raiola" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Ajoudani" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARSO56563.2023.10187536" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037957v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Laghi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Raiano" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/humanoids53995.2022.10000233" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037967v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc54610.2021.9654429" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037947v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Delgado-Guerrero" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#224; Colom&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carme Torras" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037953v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lra.2022.3188436" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037945v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Antonello" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tro.2022.3184837" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037949v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lra.2019.2898330" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478495v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Zibetti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lorenzo-Louis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Amadio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wacquez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Becker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3776734.3794463" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411011v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cufino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Selvaggio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ruggiero" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072198v3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbo Li" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Uttini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kanoulas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Ivaldi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157054v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Aloe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036167v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolino de Risi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Garofalo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Ficuciello" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Falco" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/humanoids58906.2024.10769856" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037961v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Dalla Libera" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Nikovski" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Carli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Romeres" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/acc55779.2023.10156063" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298949v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Rollo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zunino" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennaro Raiola" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Ajoudani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARSO56563.2023.10187536" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037957v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Laghi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Raiano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/humanoids53995.2022.10000233" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037967v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc54610.2021.9654429" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868440v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemente Donoso Krauss" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionis Totsila" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lorenzo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rouxel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2412.17861" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037947v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Delgado-Guerrero" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#224; Colom&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carme Torras" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037945v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Antonello" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tro.2022.3184837" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037953v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lra.2022.3188436" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037949v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lra.2019.2898330" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158265v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Zudaire" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434349v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Iovino" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aris Synodinos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianjun Wang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037988v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briano Andrea" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhras M. Al&#236;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raiano Luigi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zunino Andrea" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rollo Federico" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037991v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romeres Diego" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadio Fabio" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libera Alberto Dalla" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Riccardo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>