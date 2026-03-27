--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -243,295 +243,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05386566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional tumor-blood profiling uncovers systemic lymphocyte-monocyte imbalance in pituitary neuroendocrine tumors</w:t>
+                <w:t xml:space="preserve">Endogenous Retroelement Activation is Implicated in Interferon‐α Production and Anti–Cyclic Citrullinated Peptide Autoantibody Generation in Early Rheumatoid Arthritis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuting Dai</w:t>
+                <w:t xml:space="preserve">Faye a H Cooles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaojian Lin</w:t>
+                <w:t xml:space="preserve">Gemma Vidal Pedrola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Junchen Wu</w:t>
+                <w:t xml:space="preserve">Najib Naamane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuangshuang Yang</w:t>
+                <w:t xml:space="preserve">Arthur G Pratt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yang Lu</w:t>
+                <w:t xml:space="preserve">Ben Barron‐millar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Transduction and Targeted Therapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10 (1), pp.377. </w:t>
+              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 77 (6), pp.646-657. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41392-025-02489-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/art.43083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05403158v1</w:t>
+                <w:t xml:space="preserve">pasteur-05120596v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endogenous Retroelement Activation is Implicated in Interferon‐α Production and Anti–Cyclic Citrullinated Peptide Autoantibody Generation in Early Rheumatoid Arthritis</w:t>
+                <w:t xml:space="preserve">Multidimensional tumor-blood profiling uncovers systemic lymphocyte-monocyte imbalance in pituitary neuroendocrine tumors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faye a H Cooles</w:t>
+                <w:t xml:space="preserve">Yuting Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gemma Vidal Pedrola</w:t>
+                <w:t xml:space="preserve">Shaojian Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Najib Naamane</w:t>
+                <w:t xml:space="preserve">Junchen Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur G Pratt</w:t>
+                <w:t xml:space="preserve">Shuangshuang Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ben Barron‐millar</w:t>
+                <w:t xml:space="preserve">Yang Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 77 (6), pp.646-657. </w:t>
+              <w:t xml:space="preserve">Signal Transduction and Targeted Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (1), pp.377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/art.43083⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41392-025-02489-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05120596v2</w:t>
+                <w:t xml:space="preserve">hal-05403158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Four-state active fault diagnosis method for cascaded H-bridge multilevel inverter</w:t>
               </w:r>
@@ -896,416 +896,416 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05162395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological Control with Trichogramma in China: History, Present Status, and Perspectives</w:t>
+                <w:t xml:space="preserve">A Compressed-Domain Robust Video Watermarking Against Recompression Attack</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lian-Sheng Zang</w:t>
+                <w:t xml:space="preserve">Hao Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Su Wang</w:t>
+                <w:t xml:space="preserve">Ruixin Tao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Review of Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1146/annurev-ento-060120-091620⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.35324-35337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2021.3062468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05283405v1</w:t>
+                <w:t xml:space="preserve">hal-05267599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predatory Ability of Harmonia axyridis (Coleoptera: Coccinellidae) and Orius sauteri (Hemiptera: Anthocoridae) for Suppression of Fall Armyworm Spodoptera frugiperda (Lepidoptera: Noctuidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ning Di</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qingxuan Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James D. Harwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (12), pp.1063. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/insects12121063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05246421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Compressed-Domain Robust Video Watermarking Against Recompression Attack</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biological Control with Trichogramma in China: History, Present Status, and Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jing Sun</w:t>
+                <w:t xml:space="preserve">Lian-Sheng Zang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jin Liu</w:t>
+                <w:t xml:space="preserve">Su Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Desneux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, pp.35324-35337. </w:t>
+              <w:t xml:space="preserve">Annual Review of Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 66 (1), pp.463-484. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2021.3062468⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1146/annurev-ento-060120-091620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05267599v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05283405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decision Tree Classifiers Based on Granular Computing</w:t>
               </w:r>
@@ -1680,353 +1680,353 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“让双眼转动起来”：1891年前后的印象主义与象征主义</w:t>
+                <w:t xml:space="preserve">关于中国画家</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Shiff</w:t>
+                <w:t xml:space="preserve">Paul Valéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne Bouniort</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Fan ZHANG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531462v1</w:t>
+                <w:t xml:space="preserve">hal-04531453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">关于中国画家</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">象征主义在比利时或比利时象征主义</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Decaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fan ZHANG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fan ZHANG</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-04531453v1</w:t>
+                <w:t xml:space="preserve">hal-04531466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">象征主义在比利时或比利时象征主义</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">盛成，“闯荡江湖的人”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge BOURJEA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fan ZHANG</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Decaudin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fan ZHANG</w:t>
+                <w:t xml:space="preserve">Pu XU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531466v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">盛成，“闯荡江湖的人”</w:t>
+                <w:t xml:space="preserve">“让双眼转动起来”：1891年前后的印象主义与象征主义</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge BOURJEA</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Richard Shiff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Bouniort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan ZHANG</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531449v1</w:t>
+                <w:t xml:space="preserve">hal-04531462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2038,303 +2038,303 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">法语在国际交流场景中的运用</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Paul Valéry. L'Orient de l'esprit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge BOURJEA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan ZHANG</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tiantian Yin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">法语在国际交流场景中的运用</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fan ZHANG, Nov 2024, Hangzhou (Chine), China</w:t>
+              <w:t xml:space="preserve">Paul Valéry. L'Orient de l'esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Voix auréiliennes; Fan ZHANG, Jun 2024, Eguilles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04789858v1</w:t>
+                <w:t xml:space="preserve">hal-04601247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Valéry. L'Orient de l'esprit</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Napoléon et la littérature française du 19eme siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan ZHANG</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Hicks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paul Valéry. L'Orient de l'esprit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Voix auréiliennes; Fan ZHANG, Jun 2024, Eguilles, France</w:t>
+              <w:t xml:space="preserve">Napoléon et la littérature française du 19eme siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fan ZHANG, Oct 2024, Hangzhou (Chine), Chine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04601247v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04789855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Napoléon et la littérature française du 19eme siècle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">法语在国际交流场景中的运用</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan ZHANG</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Hicks</w:t>
+                <w:t xml:space="preserve">Tiantian Yin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Napoléon et la littérature française du 19eme siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fan ZHANG, Oct 2024, Hangzhou (Chine), Chine</w:t>
+              <w:t xml:space="preserve">法语在国际交流场景中的运用</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fan ZHANG, Nov 2024, Hangzhou (Chine), China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04789855v1</w:t>
+                <w:t xml:space="preserve">hal-04789858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">文化艺术与策划实务</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan ZHANG</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunlei Tong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2372,51 +2372,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monsieur Teste en Chine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan ZHANG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monsieur Teste en Chine.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université du Tiers temps de Montpellier, Oct 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2441,51 +2441,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les substrats de la langue - de la poésie performance française à la poésie performance chinoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan ZHANG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les substrats de la langue - de la poésie performance française à la poésie performance chinoise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SARL de Culture et de Communication Jishu de Tongxiang, Oct 2022, En ligne, Chine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2542,51 +2542,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire en français : une coopération innovante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan ZHANG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Zhejiang Gongshang University Press, 2023, 978-7-5178-4486-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (manuel)</w:t>
@@ -2777,51 +2777,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386566v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guankun Wang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Bai" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyi Wang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Yuan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Li" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2025.103789" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hcl.hal.science/hal-05403158v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Dai" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaojian Lin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junchen Wu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangshuang Yang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Lu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41392-025-02489-0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05120596v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faye a H Cooles" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Vidal Pedrola" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najib Naamane" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur G Pratt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Barron&#8208;millar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.43083" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05339257v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunjie Tang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianzhen Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Zhang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbouzid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2023.112692" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05162411v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Li" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Li" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Zhou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-022-01541-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05162395v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-021-01412-0" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283405v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian-Sheng Zang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su Wang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-ento-060120-091620" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05246421v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Di" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Zhang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingxuan Xu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James D. Harwood" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12121063" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05267599v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Ding" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixin Tao" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Sun" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Liu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3062468" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437321v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbing Liu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang-An Wu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05370330v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Eisenmann" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Reinke" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivienn Weru" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minu Dietlinde Tizabi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Isensee" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332682v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Descoteaux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt G Schilling" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dogu Baran Aydogan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beaulieu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Borra" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531462v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Shiff" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bouniort" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan ZHANG" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531453v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Val&#233;ry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531466v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Decaudin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531449v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge BOURJEA" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pu XU" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789858v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiantian Yin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601247v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789855v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hicks" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530174v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunlei Tong" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531441v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530170v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530111v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386566v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guankun Wang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Bai" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junyi Wang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Yuan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Li" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2025.103789" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05120596v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faye a H Cooles" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Vidal Pedrola" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najib Naamane" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur G Pratt" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Barron&#8208;millar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.43083" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hcl.hal.science/hal-05403158v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Dai" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaojian Lin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junchen Wu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangshuang Yang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Lu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41392-025-02489-0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05339257v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunjie Tang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianzhen Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Zhang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbouzid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2023.112692" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05162411v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Li" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Li" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Zhou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-022-01541-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05162395v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-021-01412-0" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05267599v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Ding" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixin Tao" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Sun" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Liu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3062468" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05246421v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Di" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Zhang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingxuan Xu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James D. Harwood" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12121063" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283405v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian-Sheng Zang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su Wang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-ento-060120-091620" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437321v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbing Liu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang-An Wu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05370330v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Eisenmann" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Reinke" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivienn Weru" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minu Dietlinde Tizabi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Isensee" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332682v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Descoteaux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt G Schilling" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dogu Baran Aydogan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beaulieu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Borra" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531453v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Val&#233;ry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan ZHANG" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531466v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Decaudin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531449v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge BOURJEA" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pu XU" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531462v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Shiff" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bouniort" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601247v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789855v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hicks" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789858v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiantian Yin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530174v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunlei Tong" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531441v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530170v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530111v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>