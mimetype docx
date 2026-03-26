--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -181,472 +181,472 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lutter contre les ingérences étrangères envers le système démocratique. Analyse comparée des lois française et hongroise</w:t>
+                <w:t xml:space="preserve">Ministre de l'Intérieur et police administrative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fannie Duverger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, n° 28</w:t>
+              <w:t xml:space="preserve">Revue française de droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 01, pp.119</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318380v1</w:t>
+                <w:t xml:space="preserve">halshs-05007912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interview Fannie Duverger</w:t>
+                <w:t xml:space="preserve">Lutter contre les ingérences étrangères envers le système démocratique. Analyse comparée des lois française et hongroise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fannie Duverger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurore Gaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Droit public comparé - Comparative Public Law</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, n° 28</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05420854v1</w:t>
+                <w:t xml:space="preserve">hal-05318380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Institutions administratives et coutumes en outre-mer</w:t>
+                <w:t xml:space="preserve">Interview Fannie Duverger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fannie Duverger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Gaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Droit public comparé - Comparative Public Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4, https://publications-prairial.fr/droit-public-compare/index.php?id=678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35562/droit-public-compare.612⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05308017v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05420854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ministre de l'Intérieur et police administrative</w:t>
+                <w:t xml:space="preserve">Institutions administratives et coutumes en outre-mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fannie Duverger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de droit administratif</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 01, pp.119</w:t>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35, pp.1796</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05007912v1</w:t>
+                <w:t xml:space="preserve">halshs-05308017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les communes à l’épreuve des dommages causés par la colère sociale. Retour sur les incertitudes du régime de responsabilité du fait des attroupements</w:t>
+                <w:t xml:space="preserve">Les difficultés de la méthode interdisciplinaire en droit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fannie Duverger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Droit administratif</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Cahiers Portalis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 13 (1), pp.135-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/capo.013.013.0135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318417v1</w:t>
+                <w:t xml:space="preserve">hal-05318395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les difficultés de la méthode interdisciplinaire en droit</w:t>
+                <w:t xml:space="preserve">Les communes à l’épreuve des dommages causés par la colère sociale. Retour sur les incertitudes du régime de responsabilité du fait des attroupements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fannie Duverger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Portalis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 3, p. 13-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/capo.013.013.0135⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05318395v1</w:t>
+                <w:t xml:space="preserve">hal-05318417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les lois temporaires seraient-elles un « cheval de Troie » sécuritaire ? Étude comparée des lois expérimentales françaises et des sunset laws américaines</w:t>
               </w:r>
@@ -695,165 +695,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05318387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment faire disparaître une Cour suprême en quatre étapes ? Étude comparée des récentes évolutions constitutionnelles en Israël.</w:t>
+                <w:t xml:space="preserve">Le référendum constitutionnel australien de 2023 : analyse d’un rejet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fannie Duverger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Titre VII – Les Cahiers du Conseil constitutionnel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, n° 11, https://www.conseil-constitutionnel.fr/publications/titre-vii/attribution-du-prix-favoreu</w:t>
+              <w:t xml:space="preserve">Questions constitutionnelles. Revue de droit constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, https://questions-constitutionnelles.fr/le-referendum-constitutionnel-australien-de-2023-analyse-dun-rejet/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318426v1</w:t>
+                <w:t xml:space="preserve">hal-05318434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le référendum constitutionnel australien de 2023 : analyse d’un rejet</w:t>
+                <w:t xml:space="preserve">Comment faire disparaître une Cour suprême en quatre étapes ? Étude comparée des récentes évolutions constitutionnelles en Israël.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fannie Duverger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Questions constitutionnelles. Revue de droit constitutionnel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, https://questions-constitutionnelles.fr/le-referendum-constitutionnel-australien-de-2023-analyse-dun-rejet/</w:t>
+              <w:t xml:space="preserve">Titre VII – Les Cahiers du Conseil constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 11, https://www.conseil-constitutionnel.fr/publications/titre-vii/attribution-du-prix-favoreu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318434v1</w:t>
+                <w:t xml:space="preserve">hal-05318426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -972,100 +972,100 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les évolutions du concept de représentation : un terrain juridique propice aux démocraties illibérales</w:t>
+                <w:t xml:space="preserve">Crise sanitaire et dématérialisation de la fonction législative au Parlement européen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fannie Duverger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Vanessa Barbé; Bertrand-Léo Combrade; Charles-Édouard Sénac. </w:t>
+              <w:t xml:space="preserve">Xavier Philippe; Xavier Dupré de Boulois. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La démocratie illibérale en droit constitutionnel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, pp.377-388, 2023, 9782802771470</w:t>
+              <w:t xml:space="preserve">Gouverner et juger en période de crise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare &amp; Martin, pp.37-51, 2023, 978-2-84934-691-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03990820v1</w:t>
+                <w:t xml:space="preserve">hal-03990786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le temps long. Définitions, enjeux et perspectives</w:t>
               </w:r>
@@ -1131,100 +1131,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04569969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crise sanitaire et dématérialisation de la fonction législative au Parlement européen</w:t>
+                <w:t xml:space="preserve">Les évolutions du concept de représentation : un terrain juridique propice aux démocraties illibérales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fannie Duverger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Xavier Philippe; Xavier Dupré de Boulois. </w:t>
+              <w:t xml:space="preserve">Vanessa Barbé; Bertrand-Léo Combrade; Charles-Édouard Sénac. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gouverner et juger en période de crise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mare &amp; Martin, pp.37-51, 2023, 978-2-84934-691-4</w:t>
+              <w:t xml:space="preserve">La démocratie illibérale en droit constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, pp.377-388, 2023, 9782802771470</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03990786v1</w:t>
+                <w:t xml:space="preserve">hal-03990820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1403,51 +1403,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F7AC0803"/>
+    <w:nsid w:val="1C2445DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1634,51 +1634,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fannie-duverger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6512-0219" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/271544171" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318380v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fannie Duverger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420854v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gaillet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/droit-public-compare.612" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05308017v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05007912v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318417v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318395v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/capo.013.013.0135" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318387v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318426v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318434v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569941v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Havard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990820v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569969v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990786v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05318371v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fannie-duverger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6512-0219" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/271544171" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05007912v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fannie Duverger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318380v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420854v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gaillet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/droit-public-compare.612" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05308017v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318395v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/capo.013.013.0135" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318417v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318387v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318434v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318426v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569941v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Havard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990786v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569969v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990820v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05318371v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>