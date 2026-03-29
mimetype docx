--- v0 (2026-03-03)
+++ v1 (2026-03-29)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (46)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,1072 +234,1068 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-temporal elevation changes of Fedchenko Glacier, Tajikistan, from 1928 to 2021</w:t>
+                <w:t xml:space="preserve">Glacier surge monitoring from temporally dense elevation time series: application to an ASTER dataset over the Karakoram region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Luc Beraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Mayer</w:t>
+                <w:t xml:space="preserve">Amaury Dehecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janali Rezaei</w:t>
+                <w:t xml:space="preserve">Romain Hugonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amaury Dehecq</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prashant Shekhar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Glaciology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 71, pp.e45. </w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (10), pp.5075-5094. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jog.2024.101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/tc-19-5075-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05451108v1</w:t>
+                <w:t xml:space="preserve">hal-05549848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brief communication: Sharp precipitation gradient on the southern edge of the Tibetan Plateau during cold season</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-temporal elevation changes of Fedchenko Glacier, Tajikistan, from 1928 to 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titouan Biget</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fanny Brun</w:t>
+                <w:t xml:space="preserve">Astrid Lambrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walter Immerzeel</w:t>
+                <w:t xml:space="preserve">Christoph Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hamish Pritchard</w:t>
+                <w:t xml:space="preserve">Janali Rezaei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Dehecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-19-5863-2025⟩</w:t>
+              <w:t xml:space="preserve">Journal of Glaciology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 71, pp.e45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jog.2024.101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05463321v1</w:t>
+                <w:t xml:space="preserve">hal-05451108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TICOI: an operational Python package to generate regular glacier velocity time series</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Brief communication: Sharp precipitation gradient on the southern edge of the Tibetan Plateau during cold season</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Biget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurane Charrier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amaury Dehecq</w:t>
+                <w:t xml:space="preserve">Walter Immerzeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lei Guo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fanny Brun</w:t>
+                <w:t xml:space="preserve">Léo Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Millan</w:t>
+                <w:t xml:space="preserve">Hamish Pritchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Cryosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 19 (10), pp.4555-4583. </w:t>
+              <w:t xml:space="preserve">, 2025, 19 (11), pp.5863-5870. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/tc-19-4555-2025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/tc-19-5863-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05376950v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05463321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface energy and mass balance of Mera Glacier (Nepal, Central Himalaya) and their sensitivity to temperature and precipitation</w:t>
+                <w:t xml:space="preserve">TICOI: an operational Python package to generate regular glacier velocity time series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arbindra Khadka</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Laurane Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Dehecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dibas Shrestha</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Romain Millan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Glaciology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jog.2024.42⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (10), pp.4555-4583. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-19-4555-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04617304v2</w:t>
+                <w:t xml:space="preserve">hal-05376950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observing Glacier Elevation Changes From Spaceborne Optical And Radar Sensors - An Inter-Comparison Experiment Using Aster And Tandem-X Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livia Piermattei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zemp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Livia Piermattei</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michael Zemp</w:t>
+                <w:t xml:space="preserve">Christian Sommer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias H. Braun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Cryosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 18, pp.3195-3230. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/tc-18-3195-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04721360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributed surface mass balance of an avalanche-fed glacier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surface energy and mass balance of Mera Glacier (Nepal, Central Himalaya) and their sensitivity to temperature and precipitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arbindra Khadka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marin Kneib</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amaury Dehecq</w:t>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Gilbert</w:t>
+                <w:t xml:space="preserve">Dibas Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auguste Basset</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tenzing Chogyal Sherpa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-18-5965-2024⟩</w:t>
+              <w:t xml:space="preserve">Journal of Glaciology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jog.2024.42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04923260v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617304v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel numerical implementation for the surface energy budget of melting snowpacks and glaciers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Fourteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Fourteau</w:t>
+                <w:t xml:space="preserve">Julien Brondex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 17 (4), pp.1903-1929. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/gmd-17-1903-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04485307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping And Characterization Of Avalanches On Mountain Glaciers With Sentinel-1 Satellite Imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marin Kneib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Dehecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Karbou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurane Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Cryosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 18, pp.2809-2830. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/tc-18-2809-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04752892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
@@ -1419,3785 +1415,3789 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04837498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing the evolution of debris-free and debris-covered glaciers during the end of the Lateglacial and the Holocene in Dudh Koshi basin, Everest region, Nepal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distributed surface mass balance of an avalanche-fed glacier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Kneib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Dehecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Jomelli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+                <w:t xml:space="preserve">Adrien Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanna Charton</w:t>
+                <w:t xml:space="preserve">Auguste Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Braucher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Leo Martin</w:t>
+                <w:t xml:space="preserve">Evan S Miles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2024.108994⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (12), pp.5965-5983. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-18-5965-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04765190v1</w:t>
+                <w:t xml:space="preserve">hal-04923260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pléiades Glacier Observatory: high-resolution digital elevation models and ortho-imagery to monitor glacier change</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparing the evolution of debris-free and debris-covered glaciers during the end of the Lateglacial and the Holocene in Dudh Koshi basin, Everest region, Nepal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Berthier</w:t>
+                <w:t xml:space="preserve">Joanna Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Lebreton</w:t>
+                <w:t xml:space="preserve">Régis Braucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Fontannaz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joaquín Muñoz-Cobo Belart</w:t>
+                <w:t xml:space="preserve">Leo Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-18-5551-2024⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 344, pp.108994. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2024.108994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04892875v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04765190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brief communication: Accurate and autonomous snow water equivalent measurements using a cosmic ray sensor on a Himalayan glacier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Pléiades Glacier Observatory: high-resolution digital elevation models and ortho-imagery to monitor glacier change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Navaraj Pokhrel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Arbindra Khadka</w:t>
+                <w:t xml:space="preserve">Delphine Fontannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Matthews</w:t>
+                <w:t xml:space="preserve">Steven Hosford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquín Muñoz-Cobo Belart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Cryosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 18 (12), pp.5913-5920. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-18-5913-2024⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 18 (12), pp.5551-5571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-18-5551-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04923266v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent ground thermo-hydrological changes in a southern Tibetan endorheic catchment and implications for lake level changes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brief communication: Accurate and autonomous snow water equivalent measurements using a cosmic ray sensor on a Himalayan glacier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Westermann</w:t>
+                <w:t xml:space="preserve">Navaraj Pokhrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arbindra Khadka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michele Magni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joel Fiddes</w:t>
+                <w:t xml:space="preserve">Tom Matthews</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/hess-27-4409-2023⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (12), pp.5913-5920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-18-5913-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04721641v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Everest South Col Glacier did not thin during the period 1984–2017</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Recent ground thermo-hydrological changes in a southern Tibetan endorheic catchment and implications for lake level changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo C. P. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Westermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Magni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anton Planchot</w:t>
+                <w:t xml:space="preserve">Joel Fiddes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 17 (8), pp.3251-3268. </w:t>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27, pp.4409-4436. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/tc-17-3251-2023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/hess-27-4409-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04183927v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04721641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling the climate control on debris-free glacier evolution in the Everest region (Nepal, central Himalaya) during the Holocene</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+                <w:t xml:space="preserve">Everest South Col Glacier did not thin during the period 1984–2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Swingedouw</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Régis Braucher</w:t>
+                <w:t xml:space="preserve">Owen King</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Réveillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Amory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Planchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2023.108109⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (8), pp.3251-3268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-17-3251-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04097595v1</w:t>
+                <w:t xml:space="preserve">hal-04183927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A method to estimate surface mass-balance in glacier accumulation areas based on digital elevation models and submergence velocities</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marion Réveillet</w:t>
+                <w:t xml:space="preserve">Unraveling the climate control on debris-free glacier evolution in the Everest region (Nepal, central Himalaya) during the Holocene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Rabatel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fanny Brun</w:t>
+                <w:t xml:space="preserve">Didier Swingedouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Braucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Glaciology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-16. </w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 310, pp.108109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jog.2023.29⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2023.108109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04240450v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04097595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processing of VENµS Images of High Mountains: A Case Study for Cryospheric and Hydro-Climatic Applications in the Everest Region (Nepal)</w:t>
+                <w:t xml:space="preserve">A method to estimate surface mass-balance in glacier accumulation areas based on digital elevation models and submergence velocities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoé Bessin</w:t>
+                <w:t xml:space="preserve">Bruno Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Dedieu</w:t>
+                <w:t xml:space="preserve">Christian Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Réveillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Arnaud</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Antoine Rabatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14 (5), pp.1098. </w:t>
+              <w:t xml:space="preserve">Journal of Glaciology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs14051098⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jog.2023.29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03590789v1</w:t>
+                <w:t xml:space="preserve">hal-04240450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent ground thermo-hydrological changes in a Tibetan endorheic catchment and implications for lake level changes</w:t>
+                <w:t xml:space="preserve">Processing of VENµS Images of High Mountains: A Case Study for Cryospheric and Hydro-Climatic Applications in the Everest Region (Nepal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo C P Martin</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Zoé Bessin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joel Fiddes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences Discussions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/hess-2022-241⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (5), pp.1098. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs14051098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03964351v1</w:t>
+                <w:t xml:space="preserve">hal-03590789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainty analysis of digital elevation models by spatial inference from stable terrain</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Recent ground thermo-hydrological changes in a Tibetan endorheic catchment and implications for lake level changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo C P Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Westermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Magni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Erik Schytt Mannerfelt</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Fiddes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSTARS.2022.3188922⟩</w:t>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 241, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-2022-241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03719624v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03964351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glacier-wide seasonal and annual geodetic mass balances from Pléiades stereo images: application to the Glacier d'Argentière, French Alps</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Beraud</w:t>
+                <w:t xml:space="preserve">Uncertainty analysis of digital elevation models by spatial inference from stable terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Hugonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Dehecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Cusicanqui</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christian Vincent</w:t>
+                <w:t xml:space="preserve">Erik Schytt Mannerfelt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Glaciology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 69 (275), pp.525-537. </w:t>
+              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, pp.6456-6472. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jog.2022.79⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JSTARS.2022.3188922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04381080v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03719624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of ERA5-Land and HARv2 Reanalysis Data at High Elevation in the Upper Dudh Koshi Basin (Everest Region, Nepal)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Glacier-wide seasonal and annual geodetic mass balances from Pléiades stereo images: application to the Glacier d'Argentière, French Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Luc Beraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Cusicanqui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rabatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yves Lejeune</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Meteorology and Climatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 61, pp.931-954. </w:t>
+              <w:t xml:space="preserve">Journal of Glaciology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 69 (275), pp.525-537. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1175/JAMC-D-21-0091.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jog.2022.79⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03859269v1</w:t>
+                <w:t xml:space="preserve">hal-04381080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debris Emergence Elevations and Glacier Change</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of ERA5-Land and HARv2 Reanalysis Data at High Elevation in the Upper Dudh Koshi Basin (Everest Region, Nepal)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arbindra Khadka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dibas Shrestha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph M Shea</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yves Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2021.709957⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Meteorology and Climatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61, pp.931-954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JAMC-D-21-0091.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923231v1</w:t>
+                <w:t xml:space="preserve">insu-03859269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of downstream lakes to Aru glacier collapses on the western Tibetan Plateau</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Debris Emergence Elevations and Glacier Change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph M Shea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip D A Kraaijenbrink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanbin Lei</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Walter W Immerzeel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-15-199-2021⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2021.709957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03361060v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geodetic point surface mass balances: a new approach to determine point surface mass balances on glaciers from remote sensing measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Cusicanqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Laarman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Six</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Cryosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 15 (3), pp.1259 - 1276. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/tc-15-1259-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03454622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerated global glacier mass loss in the early twenty-first century</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Hugonnet</w:t>
+                <w:t xml:space="preserve">Response of downstream lakes to Aru glacier collapses on the western Tibetan Plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanbin Lei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tandong Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lide Tian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongwei Sheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Mcnabb</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christopher Nuth</w:t>
+                <w:t xml:space="preserve">Jingjuan Liao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-021-03436-z⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (1), pp.199-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-15-199-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03214987v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Observational Assessments of Glacier Mass Changes at Regional and Global Level</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accelerated global glacier mass loss in the early twenty-first century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Hugonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Mcnabb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Menounos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Thomson</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christopher Nuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2020.641710⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 592 (7856), pp.726-731. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-021-03436-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04923228v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03214987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A debris-covered glacier at Kerguelen (49°S, 69°E) over the past 15 000 years</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+                <w:t xml:space="preserve">Editorial: Observational Assessments of Glacier Mass Changes at Regional and Global Level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Thomson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Matthias Braun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Zemp</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antarctic Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0954102020000541⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2020.641710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02988434v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Author Correction: Two decades of glacier mass loss along the Andes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A debris-covered glacier at Kerguelen (49°S, 69°E) over the past 15 000 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Dussaillant</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">R. Hugonnet</w:t>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-020-0639-5⟩</w:t>
+              <w:t xml:space="preserve">Antarctic Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33, pp.103-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0954102020000541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04811277v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les glaciers noirs à l'épreuve du climat (Prix Prud'homme 2019)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Brun</w:t>
+                <w:t xml:space="preserve">Author Correction: Two decades of glacier mass loss along the Andes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Dussaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Masiokas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étienne Berthier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R. Hugonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Météorologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 109, pp.016. </w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (10), pp.711-711. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.37053/lameteorologie-2020-0042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41561-020-0639-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03319263v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limited Contribution of Glacier Mass Loss to the Recent Increase in Tibetan Plateau Lake Volume</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Les glaciers noirs à l'épreuve du climat (Prix Prud'homme 2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Désirée Treichler</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Walter Immerzeel</w:t>
+                <w:t xml:space="preserve">Étienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2020.582060⟩</w:t>
+              <w:t xml:space="preserve">La Météorologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 109, pp.016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.37053/lameteorologie-2020-0042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923208v1</w:t>
+                <w:t xml:space="preserve">insu-03319263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reanalysing the 2007–19 glaciological mass-balance series of Mera Glacier, Nepal, Central Himalaya, using geodetic mass balance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Limited Contribution of Glacier Mass Loss to the Recent Increase in Tibetan Plateau Lake Volume</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désirée Treichler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Shean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Immerzeel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Glaciology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jog.2020.88⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.1331 - 1345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2020.582060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03051883v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Publisher Correction: Recent global decline in endorheic basin water storages</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">James S. Famiglietti</w:t>
+                <w:t xml:space="preserve">Reanalysing the 2007–19 glaciological mass-balance series of Mera Glacier, Nepal, Central Himalaya, using geodetic mass balance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arbindra Khadka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dibas Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-019-0316-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Glaciology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 67 (261), pp.117-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jog.2020.88⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03706498v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karakoram geodetic glacier mass balances between 2008 and 2016: persistence of the anomaly and influence of a large rock avalanche on Siachen Glacier</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Publisher Correction: Recent global decline in endorheic basin water storages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jida Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chunqiao Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John T. Reager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fangfang Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James S. Famiglietti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Glaciology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jog.2019.32⟩</w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12, pp.220-220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41561-019-0316-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365263v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03706498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Twenty-first century glacier slowdown driven by mass loss in High Mountain Asia</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Karakoram geodetic glacier mass balances between 2008 and 2016: persistence of the anomaly and influence of a large rock avalanche on Siachen Glacier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-018-0271-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Glaciology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 65 (251), pp.494-507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jog.2019.32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01952548v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneous Changes in Western North American Glaciers Linked to Decadal Variability in Zonal Wind Strength</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantification of different flow components in a high-altitude glacierized catchment (Dudh Koshi, Himalaya): some cryospheric-related issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Mimeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Menounos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Hugonnet</w:t>
+                <w:t xml:space="preserve">Michel Esteves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Shean</w:t>
+                <w:t xml:space="preserve">Isabella Zin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gardner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">I. Howat</w:t>
+                <w:t xml:space="preserve">Hans-Werner Jacobi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2018GL080942⟩</w:t>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23 (9), pp.3969-3996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-23-3969-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365258v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02341822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of different flow components in a high-altitude glacierized catchment (Dudh Koshi, Himalaya): some cryospheric-related issues</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Twenty-first century glacier slowdown driven by mass loss in High Mountain Asia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Dehecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noel Gourmelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Gardner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Mimeau</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Fanny Brun</w:t>
+                <w:t xml:space="preserve">Daniel Goldberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/hess-23-3969-2019⟩</w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12, pp.22-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41561-018-0271-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02341822v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01952548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ice cliff contribution to the tongue-wide ablation of Changri Nup Glacier, Nepal, central Himalaya</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Walter W Immerzeel</w:t>
+                <w:t xml:space="preserve">Heterogeneous Changes in Western North American Glaciers Linked to Decadal Variability in Zonal Wind Strength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Menounos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hugonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Shean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gardner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Howat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-12-3439-2018⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (1), pp.200-209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018GL080942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01952649v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Author Correction: A spatially resolved estimate of High Mountain Asia glacier mass balances from 2000 to 2016</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Ice cliff contribution to the tongue-wide ablation of Changri Nup Glacier, Nepal, central Himalaya</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph M Shea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter W Immerzeel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 11, pp.543-543. </w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12 (11), pp.3439-3457. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41561-018-0171-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/tc-12-3439-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03670739v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01952649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massive collapse of two glaciers in western Tibet in 2016 after surge-like instability</w:t>
               </w:r>
@@ -5209,51 +5209,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Max Kääb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvan Leinss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bühler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5311,657 +5311,787 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01952631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geodetic Mass Balance of the Northern Patagonian Icefield from 2000 to 2012 using two independent methods</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Author Correction: A spatially resolved estimate of High Mountain Asia glacier mass balances from 2000 to 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fanny Brun</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Kääb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désirée Treichler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2018.00008⟩</w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11, pp.543-543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41561-018-0171-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03706511v1</w:t>
+                <w:t xml:space="preserve">insu-03670739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glacial and geomorphic effects of a supraglacial lake drainage and outburst event, Everest region, Nepal Himalaya</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Geodetic Mass Balance of the Northern Patagonian Icefield from 2000 to 2012 using two independent methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inés Dussaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-12-3891-2018⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2018.00008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365255v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03706511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent global decline in endorheic basin water storages</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">James S. Famiglietti</w:t>
+                <w:t xml:space="preserve">Glacial and geomorphic effects of a supraglacial lake drainage and outburst event, Everest region, Nepal Himalaya</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evan Miles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Scott Watson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Esteves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-018-0265-7⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12 (12), pp.3891-3905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-12-3891-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04835452v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A spatially resolved estimate of High Mountain Asia glacier mass balances from 2000 to 2016</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Recent global decline in endorheic basin water storages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jida Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chunqiao Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John T. Reager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fangfang Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James S. Famiglietti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Geoscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 10, pp.668-673. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, 11, pp.926-932. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41561-018-0265-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ngeo2999⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-03670729v1</w:t>
+                <w:t xml:space="preserve">insu-04835452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A spatially resolved estimate of High Mountain Asia glacier mass balances from 2000 to 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Kääb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désirée Treichler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10, pp.668-673. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ngeo2999⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03670729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Reduced melt on debris-covered glaciers: investigations from Changri Nup Glacier, Nepal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick W Wagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph M Shea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter W Immerzeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Kraaijenbrink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Cryosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 10, pp.1845 - 1858. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-10-1845-2016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01389475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5971,51 +6101,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linear snow dune orientations in Antarctica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Poizat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6064,581 +6194,581 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Amory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Vienna (Austria), Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-7504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of a debris-covered glacier in the Kerguelen Archipelago (49°S, 69°E) over the past 15,000 years constrained by in situ cosmogenic 36Cl dating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Verfaillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Vienna (online), Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-13304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03419269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical discussion on the &amp;quot;observed&amp;quot; water balances of five sub-basins in the Everest region</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Estimation of different flow components in a high-altitude glaciated catchment (Dudh Koshi, Nepalese Himalaya) using a distributed glacio-hydrological model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Mimeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Esteves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Condom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU 2017 Fall meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, New Orleans, United States</w:t>
+              <w:t xml:space="preserve">Journées glaciologie-nivologie-hydrologie de montagne SHF 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02100187v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of different flow components in a high-altitude glaciated catchment (Dudh Koshi, Nepalese Himalaya) using a distributed glacio-hydrological model</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Critical discussion on the &amp;quot;observed&amp;quot; water balances of five sub-basins in the Everest region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Eeckman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santosh Nepal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Condom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées glaciologie-nivologie-hydrologie de montagne SHF 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Grenoble, France</w:t>
+              <w:t xml:space="preserve">AGU 2017 Fall meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04660425v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02100187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les glaciers des hautes montagnes d’Asie face au changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ménégoz Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopédie de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6648,163 +6778,163 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Status and Change of the Cryosphere in the Extended Hindu Kush Himalaya Region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Bolch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph M. Shea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shiyin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farooq M. Azam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Hindu Kush Himalaya Assessment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-92288-1_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04720614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6814,100 +6944,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the debris cover on High Mountain Asia glacier mass balances : a multi-scale approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Glaciology. Université Grenoble Alpes, 2018. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018GREAU024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01927944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6917,168 +7047,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of different flow components in a high-altitude glaciated catchment (Dudh Koshi, Nepalese Himalaya) using a distributed glacio-hydrological model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Mimeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Esteves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Condom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04660065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId237"/>
+      <w:footerReference w:type="default" r:id="rId240"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7225,51 +7355,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067015v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Zemp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Jakob" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Dussaillant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Nussbaumer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Gourmelen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-08545-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05451108v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Lambrecht" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Mayer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janali Rezaei" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Dehecq" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2024.101" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463321v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Biget" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Immerzeel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Martin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamish Pritchard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-19-5863-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376950v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Charrier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Guo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Millan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-19-4555-2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617304v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbindra Khadka" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagnon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dibas Shrestha" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tenzing Chogyal Sherpa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2024.42" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04721360v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Piermattei" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sommer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias H. Braun" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-3195-2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923260v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Kneib" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gilbert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Basset" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan S Miles" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-5965-2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485307v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Fourteau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brondex" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-17-1903-2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04752892v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Karbou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-2809-2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837498v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poizat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Picard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Narteau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Amory" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-024-01506-1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765190v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jomelli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Charton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Braucher" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.108994" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892875v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Berthier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lebreton" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Fontannaz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Hosford" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Mu&#241;oz-Cobo Belart" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-5551-2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923266v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navaraj Pokhrel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Matthews" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-5913-2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04721641v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o C. P. Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Westermann" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Magni" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Fiddes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-27-4409-2023" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183927v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen King" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion R&#233;veillet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Planchot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-17-3251-2023" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097595v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Swingedouw" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2023.108109" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240450v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jourdain" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vincent" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2023.29" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590789v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Bessin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dedieu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Arnaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14051098" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964351v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o C P Martin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-2022-241" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719624v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hugonnet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Schytt Mannerfelt" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2022.3188922" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381080v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Beraud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Cusicanqui" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2022.79" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03859269v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lejeune" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAMC-D-21-0091.1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923231v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph M Shea" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip D A Kraaijenbrink" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter W Immerzeel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2021.709957" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361060v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanbin Lei" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tandong Yao" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lide Tian" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongwei Sheng" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjuan Liao" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-15-199-2021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454622v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Laarman" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Six" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-15-1259-2021" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03214987v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Mcnabb" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Menounos" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Nuth" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03436-z" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923228v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Thomson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Braun" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.641710" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988434v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Schimmelpfennig" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Verfaillie" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Favier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0954102020000541" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811277v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dussaillant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Berthier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brun" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masiokas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hugonnet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-020-0639-5" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03319263v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Berthier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37053/lameteorologie-2020-0042" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923208v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233;e Treichler" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shean" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.582060" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051883v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2020.88" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706498v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jida Wang" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunqiao Song" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T. Reager" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangfang Yao" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S. Famiglietti" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-019-0316-8" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365263v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2019.32" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952548v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Gardner" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Goldberg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0271-9" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365258v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Menounos" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Shean" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gardner" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Howat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL080942" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341822v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Mimeau" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Esteves" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Zin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Werner Jacobi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-23-3969-2019" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952649v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-12-3439-2018" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03670739v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas K&#228;&#228;b" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0171-z" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952631v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Max K&#228;&#228;b" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvan Leinss" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves B&#252;hler" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gascoin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-017-0039-7" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706511v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2018.00008" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365255v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Miles" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Scott Watson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-12-3891-2018" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04835452v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0265-7" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03670729v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2999" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01389475v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick W Wagnon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Kraaijenbrink" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-10-1845-2016" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606387v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-7504" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419269v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-13304" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02100187v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chevallier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Eeckman" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Nepal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660425v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Condom" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303480v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;n&#233;goz Martin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720614v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Bolch" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph M. Shea" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyin Liu" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farooq M. Azam" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Gao" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92288-1_7" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01927944v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018GREAU024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660065v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067015v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Zemp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Jakob" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Dussaillant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Nussbaumer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Gourmelen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-08545-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549848v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Beraud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brun" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Dehecq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hugonnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Shekhar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-19-5075-2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05451108v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Lambrecht" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Mayer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janali Rezaei" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2024.101" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463321v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Biget" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Immerzeel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Martin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamish Pritchard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-19-5863-2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376950v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Charrier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Guo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Millan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-19-4555-2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04721360v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livia Piermattei" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sommer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias H. Braun" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-3195-2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617304v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbindra Khadka" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagnon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dibas Shrestha" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tenzing Chogyal Sherpa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2024.42" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485307v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Fourteau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brondex" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-17-1903-2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04752892v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Kneib" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Karbou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-2809-2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837498v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poizat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Picard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Narteau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Amory" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-024-01506-1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923260v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gilbert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Basset" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan S Miles" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-5965-2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765190v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jomelli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Charton" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Braucher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Martin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.108994" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892875v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Berthier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lebreton" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Fontannaz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Hosford" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Mu&#241;oz-Cobo Belart" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-5551-2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923266v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navaraj Pokhrel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Matthews" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-5913-2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04721641v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o C. P. Martin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Westermann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Magni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Fiddes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-27-4409-2023" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183927v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen King" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion R&#233;veillet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Planchot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-17-3251-2023" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097595v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Swingedouw" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2023.108109" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240450v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jourdain" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vincent" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2023.29" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590789v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Bessin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dedieu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Arnaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14051098" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964351v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o C P Martin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-2022-241" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719624v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Schytt Mannerfelt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2022.3188922" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381080v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Cusicanqui" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2022.79" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03859269v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lejeune" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAMC-D-21-0091.1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923231v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph M Shea" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip D A Kraaijenbrink" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter W Immerzeel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2021.709957" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454622v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Laarman" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Six" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-15-1259-2021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361060v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanbin Lei" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tandong Yao" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lide Tian" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongwei Sheng" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjuan Liao" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-15-199-2021" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03214987v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Mcnabb" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Menounos" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Nuth" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03436-z" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923228v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Thomson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Braun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.641710" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988434v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Schimmelpfennig" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Verfaillie" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Favier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0954102020000541" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811277v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dussaillant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Berthier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brun" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masiokas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hugonnet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-020-0639-5" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03319263v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Berthier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37053/lameteorologie-2020-0042" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923208v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233;e Treichler" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shean" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.582060" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051883v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2020.88" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706498v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jida Wang" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunqiao Song" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T. Reager" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangfang Yao" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S. Famiglietti" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-019-0316-8" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365263v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2019.32" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341822v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Mimeau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Esteves" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Zin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Werner Jacobi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-23-3969-2019" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952548v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Gardner" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Goldberg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0271-9" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365258v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Menounos" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Shean" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gardner" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Howat" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL080942" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952649v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-12-3439-2018" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952631v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Max K&#228;&#228;b" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvan Leinss" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves B&#252;hler" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gascoin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-017-0039-7" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03670739v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas K&#228;&#228;b" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0171-z" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706511v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2018.00008" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365255v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Miles" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Scott Watson" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-12-3891-2018" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04835452v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0265-7" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03670729v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2999" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01389475v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick W Wagnon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Kraaijenbrink" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-10-1845-2016" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606387v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-7504" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419269v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-13304" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660425v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Condom" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02100187v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chevallier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Eeckman" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Nepal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303480v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;n&#233;goz Martin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720614v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Bolch" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph M. Shea" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyin Liu" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farooq M. Azam" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Gao" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92288-1_7" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01927944v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018GREAU024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660065v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>