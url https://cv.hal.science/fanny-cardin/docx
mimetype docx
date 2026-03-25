--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,230 +1,256 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:113.94658753709px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+            <w10:wrap type="tight" anchorx="margin"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fanny Cardin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
         <w:t xml:space="preserve">ATER en études cinématographiques à l'Université Picardie Jules Verne (laboratoire CRAE)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdHAL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">fanny-cardin</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ORCID : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">0009-0001-1957-5782</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdRef : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">281413843</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Fanny Cardin est docteure en études cinématographiques et en littérature française contemporaine. Elle a soutenu en 2024 une thèse intitulée « Faire œuvre du quotidien : Enjeux poétiques et politiques de figuration chez Annie Ernaux et Chantal Akerman », sous la direction d'Evelyne Grossman et de Frédérique Berthet (Université Paris Cité).</w:t>
+        <w:t xml:space="preserve">Fanny Cardin est docteure en études cinématographiques et en littérature française contemporaine. Agrégée de lettres modernes depuis 2016, elle est actuellement ATER en études cinématographiques à l'Université Picardie Jules Verne à Amiens depuis 2024, au sein de l'UFR des Arts. Elle a également enseigné cinq ans en cinéma et littérature à l'Université Paris Cité, de 2017 à 2020 (comme monitrice puis ATER).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Agrégée de lettres modernes depuis 2016, elle est actuellement ATER en études cinématographiques à l'Université Picardie Jules Verne à Amiens, au sein de l'UFR des Arts. Elle a également enseigné cinq ans en cinéma et littérature à l'Université Paris Cité, comme monitrice dans le cadre de son contrat doctoral (2017-2020) puis comme ATER (2020-2022).</w:t>
+        <w:t xml:space="preserve">Thèse : « </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Faire œuvre du quotidien : Enjeux poétiques et politiques de figuration chez Annie Ernaux et Chantal Akerman</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> » (2024, Université Paris Cité, dir. Evelyne Grossman et de Frédérique Berthet)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ses recherches actuelles portent sur les esthétiques contemporaines du quotidien à l'ère numérique, sur les épistémologies féministes en littérature et au cinéma, ainsi que sur les stratégies auctoriales des femmes écrivaines et cinéastes.</w:t>
+        <w:t xml:space="preserve">Ses recherches actuelles portent sur les esthétiques contemporaines du quotidien et de l'ordinaire, sur les épistémologies féministes en littérature et au cinéma, ainsi que sur les stratégies auctoriales des femmes écrivaines et cinéastes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Auteure de plusieurs articles sur le quotidien en littérature et au cinéma, ainsi que sur Annie Ernaux, Maurice Pialat et Chantal Akerman, elle a codirigé la publication de </w:t>
+        <w:t xml:space="preserve">Elle est membre du comité éditoriale de la revue </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Genre en séries : cinéma, télévision, médias</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> (Mimésis, 2024). Elle participe également à la veille bibliographique du site annie- ernaux.org et a organisé en 2023 la journée d’étude </w:t>
+        <w:t xml:space="preserve">, et de la collection </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Annie Ernaux International Studies</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> (Université Paris Cité, publication en cours).</w:t>
+        <w:t xml:space="preserve"> (Brill/De Gruyter).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -247,156 +273,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinématérialismes : Nouvelles approches matérialistes de l'audiovisuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.E. Harris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlie Hewison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barnabé Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Rostan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Mimésis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Images, Médiums, Antonio Somaini; Alice Leroy, 9788869764257</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04746941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -406,111 +432,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Ernaux et Les Années Super 8 : des textes au film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Froloff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Textimage : revue d'étude du dialogue texte-image </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Le Conférencier</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05140635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -520,100 +546,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire œuvre du quotidien : Enjeux poétiques et politiques de figuration chez Annie Ernaux et Chantal Akerman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Art et histoire de l'art. Université Paris Cité, 2024. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04974868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -623,392 +649,392 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écritures de l'ordinaire : pour une approche pragmatique de la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 27 (2), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58282/acta.20604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Introduction. Accorder un film à trois voix : Les Années Super 8 ou la partition d’un remontage »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Textimage : revue d'étude du dialogue texte-image </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05140646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Chantal Akerman as &amp;quot;auteur&amp;quot;: contradictions of the discourse and posture of a filmmaker »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crossways Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Réalisatrices françaises et francophones, 5 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Girls (HBO, 2012-2017) et la possibilité d’une saisie du quotidien dans une série contemporaine »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mise au Point</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/map.5198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La nourriture par le prisme de l’écriture sociologique et sensible du quotidien dans quelques textes d’Annie Ernaux »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Postures, critique littéraire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1018,261 +1044,261 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Politiques du féminisme et du judaïsme dans l'oeuvre de Chantal Akerman : une réévaluation matérialiste »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Auvinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fanny Cardin; Charlie Hewison; C.E. Harris; Barnabé Sauvage; Anastasia Rostan; Garance Fromont. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cinématérialismes : Nouvelles approches matérialistes de l'audiovisuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mimésis, pp.159-176, 2024, Images, Médiums, 9788869764257</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Une intimité exposée : la femme d’intérieur dans les installations In the Mirror et Woman Sitting After Killing de Chantal Akerman »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eugénie Zvonkine; Macha Ovtchinnikova; Olga Kobryn. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intérieurs sensibles de Chantal Akerman. Films et installations – passages esthétiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.123-136, 2024, Arts du spectacle - Images et sons, 978-2-7574-4186-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Figurer la cruauté du quotidien : l’écriture du réel dans le cinéma de Maurice Pialat »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sarah Leperchey; José Moure. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Filmer le quotidien</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Impressions nouvelles, pp.157-172, 2019, 978-2-87449-724-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1282,884 +1308,884 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Le quotidien au masculin : l’impensé du genre dans les théories du quotidien et les études littéraires »</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">« ‘Un roman violent, rouge’ : puissance inaugurale du roman dans les premiers textes d’Annie Ernaux »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rétrospectives et perspectives : femmes et genre en littérature, le temps du bilan ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Béatrice Bloch; Élina Galin; Natacha d'Orlando; Anne Debrosse, Nov 2025, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Le roman français des années 1970, une rétrospective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Florence de Chalonge; Matthieu Rémy; Francesca Lorandini, May 2025, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05503212v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05125983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Surveillance, auto-surveillance, veille : variations autour du desktop movie Clean with Me (After Dark) (G. Stemmer, 2019) »</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">« Le quotidien au masculin : l’impensé du genre dans les théories du quotidien et les études littéraires »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">You’re Gonna Need A Bigger Screen. Cultures visuelles sous surveillance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Rémi Lauvain; Meera Perampalam; Teresa Castro; Sébastien Lefait, Jun 2025, Paris Sorbonne Nouvelle, France</w:t>
+              <w:t xml:space="preserve">Rétrospectives et perspectives : femmes et genre en littérature, le temps du bilan ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Béatrice Bloch; Élina Galin; Natacha d'Orlando; Anne Debrosse, Nov 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05134906v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Jet lag et backlash : les théories féministes du cinéma face à la résistance critique française »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">#MeToo français dans le cinéma et les médias. Contribution à la fabrique d’un objet de recherche universitaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05503180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Écrire sur les films en féministe : le cinéma dans la revue Sorcières (1975-1982) »</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">« Surveillance, auto-surveillance, veille : variations autour du desktop movie Clean with Me (After Dark) (G. Stemmer, 2019) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’AFECCAV : Écrits sur l’écran : écrire pour, dans et au sujet des productions cinématographiques et audiovisuelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Caen, France</w:t>
+              <w:t xml:space="preserve">You’re Gonna Need A Bigger Screen. Cultures visuelles sous surveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rémi Lauvain; Meera Perampalam; Teresa Castro; Sébastien Lefait, Jun 2025, Paris Sorbonne Nouvelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05125974v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05134906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« ‘Un roman violent, rouge’ : puissance inaugurale du roman dans les premiers textes d’Annie Ernaux »</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">« Écrire sur les films en féministe : le cinéma dans la revue Sorcières (1975-1982) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le roman français des années 1970, une rétrospective</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Florence de Chalonge; Matthieu Rémy; Francesca Lorandini, May 2025, Nancy, France</w:t>
+              <w:t xml:space="preserve">Congrès de l’AFECCAV : Écrits sur l’écran : écrire pour, dans et au sujet des productions cinématographiques et audiovisuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05125983v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05125974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« ‘Une sorte de destin de femme’: Annie Ernaux and anglophone women’s life writings, a specific corpus of intertextual references »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1974-2024: Annie Ernaux’s Years – a Global Perspective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Élise Hugueny-Léger; Fabien Arribert-Narce, Oct 2024, Edimbourg (Ecosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05125992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« “On dirait qu’ils posent pour une photo qui n’en finit pas d’être prise” : mise en scène de la vie domestique dans La Femme gelée et Les Années d’Annie Ernaux, au regard des Années Super 8 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annie Ernaux et Les Années Super 8 : des textes aux films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fanny Cardin; Nathalie Froloff, Feb 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Esquisses pour une approche matérialiste de l'œuvre de Chantal Akerman »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Auvinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cinématérialismes : Nouvelles approches matérialistes de l’audiovisuel (cinéma, médias, arts numériques)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fanny Cardin, Garance Fromont, Charlie Hewison, Rémi Lauvain, Anastasia Rostan et Barnabé Sauvage, Oct 2022, Université Paris Cité, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La femme au foyer chez Annie Ernaux et Chantal Akerman : (dé)construction d’une figure du quotidien »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée doctorale de l’AFECCAV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kira Kitsopanidou et Raphaëlle Moine, Sep 2019, Paris Université Sorbonne Nouvelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le pur et l'impur au service de l'écriture politique de la tache sexuelle et sociale dans Les Armoires vides d'Annie Ernaux »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Pur et l'Impur, Figurations de la souillure et aspiration à la pureté dans la littérature du Moyen Âge à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Annabelle Bolot; Louise Dehondt; Kévin Hémery; Loïc Le Sayec, Sep 2019, Amiens (Université Picardie Jules Verne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Dire l’aliénation dans la vie domestique : approche de l’écriture du quotidien chez Annie Ernaux dans La Femme gelée et Les Années »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’économie littéraire de l’amour. Les écrivaines face à l’idéologie conjugale française (XIXe - XXIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« De l’écriture du quotidien dans les fictions littéraires et cinématographiques de la mobilité sociale. Tentative d’approche croisée entre analyse sociologique et esthétique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier doctoral Études interdisciplinaires du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRIPOLIS, May 2018, Université Paris Diderot Paris 7, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId44"/>
+      <w:footerReference w:type="default" r:id="rId48"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2227,51 +2253,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D53FBD82"/>
+    <w:nsid w:val="025916E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2458,51 +2484,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fanny-cardin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-1957-5782" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/281413843" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746941v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Harris" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Hewison" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnab&#233; Sauvage" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Cardin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Rostan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsmimesis.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140635v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Froloff" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04974868v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513768v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.20604" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140646v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974777v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974598v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.5198" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974737v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974651v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Auvinet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974706v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974622v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503212v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134906v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503180v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125974v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125983v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125992v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126003v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126069v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126035v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126022v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126009v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126056v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fanny-cardin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-1957-5782" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/281413843" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.fr/2024UNIP7122" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/ges/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/page/518466?srsltid=AfmBOopO_1Yd7Y4a9V0VJ1O1MQg4I4X2nYxAVeJ-byqmQMq44pTa20I8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746941v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Harris" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Hewison" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnab&#233; Sauvage" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Cardin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Rostan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsmimesis.fr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140635v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Froloff" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04974868v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513768v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.20604" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140646v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974777v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974598v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.5198" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974737v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974651v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Auvinet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974706v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974622v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125983v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503212v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503180v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134906v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125974v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125992v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126003v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126069v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126035v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126022v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126009v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126056v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>