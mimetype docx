--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fanny Chabrol </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de recherche à  l'IRD</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fanny-chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3256-3217</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Présentation de F Chabrol</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la santé globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gaudilliere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte. 817, 2023, Repères, 9782348081019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin de sa population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l'Homme. , 2014, Le (Bien) commun, 9782735117390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05505243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIH/Sida Se confronter aux terrains. Expériences et postures de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANRS, pp.157, 2010, Sciences sociales et Sida</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00681369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responding to COVID-19 through participation. The Cuban experience of community engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Pomaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yadira Díaz Leal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Graber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesa Fernández Bereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSM - Qualitative Research in Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 9, pp.100724. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ssmqr.2026.100724⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening hospital infrastructure in a war context: the case of the Mopti regional hospital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdourahmane Coulibaly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Globalization and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (1), pp.55. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12992-025-01149-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05295798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Descendre de l’échelle. Pour une approche multidimensionnelle du projet ethnographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Beaudevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Béliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïa Fansten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Le Clainche - Piel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 31, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/158nl⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05388317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private consulting firms' intervention in public health policymaking: an exploratory review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Gallardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sydia Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Administrative Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 90 (4), pp.885-903. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00208523241242664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04456727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considering social inequalities in health in COVID-19 response : insights from a French case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Zinszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Promotion International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 38 (1), daac173 [11 p.]. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/heapro/daac173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échanges interprofessionnels en temps de COVID-19 à l’hôpital Bichat Claude-Bernard : éclairages pour la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renyou Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Chotard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Peiffer-Smadja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 35 (1), pp.59-64. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.231.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Did the design and planning of testing and contact tracing interventions for COVID-19 consider social inequalities in health? A multiple case study from Brazil, Canada, France & Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Catherine Gagnon-Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Beaujoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdourahmane Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science &amp; Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 335, pp.116230. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.socscimed.2023.116230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les pratiques des soignants « calment » ou « stressent » les malades : l’accompagnement psychosocial des malades infectés par le SARS-CoV-2 à Bamako</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdourahmane Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Zinszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Sociales et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 41 (3), pp.69-94. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/sss.2023.0255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hospital Governance During the COVID-19 Pandemic: A Multiple-Country Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shinichiro Noda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Duhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Systems and Reform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (2), pp.2173551. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23288604.2023.2173551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail et emploi dans un centre hospitalier de dépistage et vaccination : aux marges de la réponse à la pandémie de COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des affaires sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (234), pp.339-358. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfas.234.0339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How resilience affected public health research during COVID-19 and why we should abandon it</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (1), pp.2212750. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17441692.2023.2212750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation and response of a major Parisian referral hospital to the COVID-19 surge : a qualitative study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renyou Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chotard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Lucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Systems &amp; Reform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (2), 2165429 [10 p.]. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23288604.2023.2165429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04145244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que la résilience nous aura fait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anthropologiesante.12626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responses to Hospital Restrictions on Family Visits during the COVID-19 Epidemic in Mali and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdourahmane Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renyou Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boubacar Sidiki Ibrahim Dramé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Systems &amp; Reform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (2), </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23288604.2023.2241188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiothérapie et lutte contre les cancers : défis de maintenance de l’unique accélérateur linéaire à l’Hôpital du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Schantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idrissa Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alassane Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bakary Abou Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Vol. 34 (3), pp.425--428. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.223.0425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un sac blanc qu’on bouge » : le corps mort et les soignants à l’épreuve de la pandémie de COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Chotard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 33 (2), </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1095220ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are there reasons behind high Handrub consumption ? : a French national in-depth qualitative assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Perozziello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Lucet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antimicrobial Resistance and Infection Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (1), 42 [11 p.]. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13756-022-01074-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé publique en contexte pandémique : les inégalités sociales de santé dans la lutte contre le coronavirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Ridde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Zinszer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Vol. 34 (HS1), pp.14c-14c. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.220.0014c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'art de captiver, de transmettre et de fédérer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Carillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, No hs 24 bis, en ligne [9 p.]. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anthropologiesante.11349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons Learned From the Resilience of Chinese Hospitals to the COVID-19 Pandemic: Scoping Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jack Stennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renyou Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Zinszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JMIRx Med</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (2), pp.e31272. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/31272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning from public health and hospital resilience to the SARS-CoV-2 pandemic: protocol for a multiple case study (Brazil, Canada, China, France, Japan, and Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Dagenais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renyou Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Research Policy and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (1), pp.76. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12961-021-00707-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In the era of humanitarian crisis, young women continue to die in childbirth in Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Schantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. S. Bagayoko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conflict and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (1), p. 1 [4 p.]. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13031-020-00334-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04085142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovations et gestion des déchets médicaux : le cas du nouvel hôpital de référence de Niamey, Niger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Detemple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Aboubacar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. E. Aboubacar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Moha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Alkassoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (5), p. 729-739. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.215.0729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04085177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment mobiliser la recherche pour la couverture sanitaire universelle ? Valorisation de la journée du 15 octobre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Scientifques Réalisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, no hors-série, 42 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État des lieux de la mobilisation de la recherche et recommandation pour l'améliorer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Ravit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Degroote</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Scientifques Réalisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, no hors-série, p. 28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention and care of hepatitis B in the rural region of Fatick in Senegal : a healthcare workers’ perspective using a mixed methods approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tchadine Djaogol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Marcellin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Jaquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Health Services Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (1), </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12913-019-4416-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptual analysis of health systems resilience: A scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Pailliard Turenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Degroote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Guillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 232, pp.168 - 180. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.socscimed.2019.04.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Screening, diagnosis and care cascade for viral hepatitis B and C in Yaoundé, Cameroon: a qualitative study of patients and health providers coping with uncertainty and unbearable costs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Noah Noah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pascal Tchoumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Kuaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (3), pp.e025415. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-025415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viral hepatitis and a hospital infrastructure in ruins in Cameroon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 37 (8), pp.645-658. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01459740.2018.1518981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">40 years after Alma-Ata, is building new hospitals in low-income and lower-middle-income countries beneficial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Global Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (3), e001293 [5 p.]. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjgh-2018-001293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16, en ligne [13 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04100179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goodbye Charity Hospital : l'hôpital s'impose, même lorsqu'il n'existe plus = Goodbye Charity Hospital : a hospital that matters even when it has ceased to exist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16, en ligne [14 p.]. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anthropologiesante.3045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trente-cinq ans d’anthropologie du médicament en Afrique : retour sur l’étude des marchés informels, des hôpitaux et des usages pharmaceutiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Baxerres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Cassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudie Haxaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rationing hepatitis C treatment in the context of austerity policies in France and Cameroon: A transnational perspective on the pharmaceuticalization of healthcare systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Krikorian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science &amp; Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 187, pp.243 - 250. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.socscimed.2017.03.059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03342730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiretroviral medicines in Botswana at the forefront of global health transformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Tiers Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 215 (3), pp.17. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rtm.215.0017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réaliser un doctorat en sciences sociales de la santé : financements, pratiques de recherche et enjeux de professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moritz Hunsmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janina Kehr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7/2012, publication en ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00757550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin de sa population. Le sida au Botswana, entre politiques globales du médicament et pratiques locales de citoyenneté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Ecole des Hautes Etudes en Sciences Sociales (EHESS), 2012. Français. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00766707v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé globale : une des mondialisations de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gaudilliere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A political project and a geopolitical terrain : the new referral hospital built by China in Niamey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, [9 p. en ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The hospital multiple : introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janina Kehr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, [9 p. en ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hôpitaux ont besoin d'espaces pour respirer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, en ligne [6 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrique francophone : à quoi servent tous ces hôpitaux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, en ligne [5 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cabinets de conseil privés dans l'action publique contre les épidémies : une revue exploratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Gallardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sydia Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ventilators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divine Fuh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Soulimani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anna Harris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Matter of Hospitals - An Alphabetical Investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maastricht University Press, pp.307-315, 2025, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26481/mup.2503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05355887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5. L’approche matérielle et spatiale d’un hôpital parisien face à la Covid-19. Vers un hôpital dés-affecté?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Chotard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions science et bien commun. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hôpitaux et santé publique face à la pandémie de Covid-19. Perspectives de santé mondiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2023, 978-2-925128-32-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Persistent Hospitals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Beaudevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Paul Gaudillière; Andrew McDowell; Claudia Lang; Claire Beaudevin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Health for All. Knowledge, Politics, and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rutgers University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-168, 2022, 9781978827400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire d'un vaccin pas comme les autres : les premiers pas du vaccin contre l'hépatite B au Sénégal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ouvrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delaunay, Valérie (ed.); Desclaux, Alice (ed.); Sokhna, Cheikh (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Niakhar, mémoires et perspectives : recherches pluridisciplinaires sur le changement en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan-Sénégal; IRD, pp.489-510, 2018, 9782343156712</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04105800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sida: l'eldorado africain?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Auriane Guilbaud; Philippe Sansonetti. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le retour des épidémies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.61-74, 2015, La vie des idées, 978-2-13-065070-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05488711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do hospitals continue to matter for medical anthropology?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Soulimani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Anthropology Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05477888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId179"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:94.270833333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fanny Chabrol </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de recherche à  l'IRD</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fanny-chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3256-3217</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Présentation de F Chabrol</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la santé globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gaudilliere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte. 817, 2023, Repères, 9782348081019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin de sa population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Maison des Sciences de l'Homme. , 2014, Le (Bien) commun, 9782735117390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05505243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIH/Sida Se confronter aux terrains. Expériences et postures de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANRS, pp.157, 2010, Sciences sociales et Sida</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00681369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responding to COVID-19 through participation. The Cuban experience of community engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Pomaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yadira Díaz Leal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Graber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanesa Fernández Bereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSM - Qualitative Research in Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 9, pp.100724. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ssmqr.2026.100724⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening hospital infrastructure in a war context: the case of the Mopti regional hospital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdourahmane Coulibaly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Globalization and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (1), pp.55. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12992-025-01149-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05295798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Descendre de l’échelle. Pour une approche multidimensionnelle du projet ethnographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Beaudevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Béliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïa Fansten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Le Clainche - Piel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 31, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/158nl⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05388317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private consulting firms' intervention in public health policymaking: an exploratory review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Gallardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sydia Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Administrative Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 90 (4), pp.885-903. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00208523241242664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04456727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considering social inequalities in health in COVID-19 response : insights from a French case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Zinszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Promotion International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 38 (1), daac173 [11 p.]. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/heapro/daac173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échanges interprofessionnels en temps de COVID-19 à l’hôpital Bichat Claude-Bernard : éclairages pour la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renyou Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Chotard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Peiffer-Smadja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 35 (1), pp.59-64. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.231.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Did the design and planning of testing and contact tracing interventions for COVID-19 consider social inequalities in health? A multiple case study from Brazil, Canada, France & Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Catherine Gagnon-Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Beaujoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdourahmane Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science &amp; Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 335, pp.116230. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.socscimed.2023.116230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les pratiques des soignants « calment » ou « stressent » les malades : l’accompagnement psychosocial des malades infectés par le SARS-CoV-2 à Bamako</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdourahmane Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Zinszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Sociales et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 41 (3), pp.69-94. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/sss.2023.0255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail et emploi dans un centre hospitalier de dépistage et vaccination : aux marges de la réponse à la pandémie de COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des affaires sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (234), pp.339-358. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfas.234.0339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hospital Governance During the COVID-19 Pandemic: A Multiple-Country Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shinichiro Noda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Duhoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Systems and Reform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (2), pp.2173551. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23288604.2023.2173551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How resilience affected public health research during COVID-19 and why we should abandon it</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (1), pp.2212750. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17441692.2023.2212750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation and response of a major Parisian referral hospital to the COVID-19 surge : a qualitative study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renyou Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chotard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Lucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Systems &amp; Reform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (2), 2165429 [10 p.]. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23288604.2023.2165429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04145244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que la résilience nous aura fait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anthropologiesante.12626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responses to Hospital Restrictions on Family Visits during the COVID-19 Epidemic in Mali and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdourahmane Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renyou Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boubacar Sidiki Ibrahim Dramé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Systems &amp; Reform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (2), </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23288604.2023.2241188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un sac blanc qu’on bouge » : le corps mort et les soignants à l’épreuve de la pandémie de COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Chotard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 33 (2), </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1095220ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiothérapie et lutte contre les cancers : défis de maintenance de l’unique accélérateur linéaire à l’Hôpital du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Schantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idrissa Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alassane Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bakary Abou Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Vol. 34 (3), pp.425--428. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.223.0425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are there reasons behind high Handrub consumption ? : a French national in-depth qualitative assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Perozziello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Lucet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antimicrobial Resistance and Infection Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (1), 42 [11 p.]. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13756-022-01074-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04084409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé publique en contexte pandémique : les inégalités sociales de santé dans la lutte contre le coronavirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Ridde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Zinszer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Vol. 34 (HS1), pp.14c-14c. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.220.0014c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04413589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'art de captiver, de transmettre et de fédérer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Carillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, No hs 24 bis, en ligne [9 p.]. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anthropologiesante.11349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons Learned From the Resilience of Chinese Hospitals to the COVID-19 Pandemic: Scoping Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jack Stennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renyou Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Zinszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JMIRx Med</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (2), pp.e31272. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/31272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04228737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning from public health and hospital resilience to the SARS-CoV-2 pandemic: protocol for a multiple case study (Brazil, Canada, China, France, Japan, and Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Dagenais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renyou Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Research Policy and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (1), pp.76. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12961-021-00707-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In the era of humanitarian crisis, young women continue to die in childbirth in Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Schantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. S. Bagayoko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conflict and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (1), p. 1 [4 p.]. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13031-020-00334-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04085142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovations et gestion des déchets médicaux : le cas du nouvel hôpital de référence de Niamey, Niger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Detemple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Aboubacar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. E. Aboubacar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Moha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Alkassoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (5), p. 729-739. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.215.0729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04085177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment mobiliser la recherche pour la couverture sanitaire universelle ? Valorisation de la journée du 15 octobre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Scientifques Réalisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, no hors-série, 42 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État des lieux de la mobilisation de la recherche et recommandation pour l'améliorer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Ravit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Degroote</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Scientifques Réalisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, no hors-série, p. 28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention and care of hepatitis B in the rural region of Fatick in Senegal : a healthcare workers’ perspective using a mixed methods approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tchadine Djaogol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Marcellin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Jaquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Health Services Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (1), </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12913-019-4416-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptual analysis of health systems resilience: A scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Pailliard Turenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Degroote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Guillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 232, pp.168 - 180. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.socscimed.2019.04.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Screening, diagnosis and care cascade for viral hepatitis B and C in Yaoundé, Cameroon: a qualitative study of patients and health providers coping with uncertainty and unbearable costs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Noah Noah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pascal Tchoumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Kuaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (3), pp.e025415. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-025415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viral hepatitis and a hospital infrastructure in ruins in Cameroon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 37 (8), pp.645-658. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01459740.2018.1518981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">40 years after Alma-Ata, is building new hospitals in low-income and lower-middle-income countries beneficial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Global Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (3), e001293 [5 p.]. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjgh-2018-001293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16, en ligne [13 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04100179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goodbye Charity Hospital : l'hôpital s'impose, même lorsqu'il n'existe plus = Goodbye Charity Hospital : a hospital that matters even when it has ceased to exist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16, en ligne [14 p.]. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anthropologiesante.3045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trente-cinq ans d’anthropologie du médicament en Afrique : retour sur l’étude des marchés informels, des hôpitaux et des usages pharmaceutiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Baxerres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Cassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudie Haxaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rationing hepatitis C treatment in the context of austerity policies in France and Cameroon: A transnational perspective on the pharmaceuticalization of healthcare systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Krikorian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science &amp; Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 187, pp.243 - 250. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.socscimed.2017.03.059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03342730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiretroviral medicines in Botswana at the forefront of global health transformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Tiers Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 215 (3), pp.17. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rtm.215.0017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réaliser un doctorat en sciences sociales de la santé : financements, pratiques de recherche et enjeux de professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moritz Hunsmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janina Kehr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7/2012, publication en ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00757550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin de sa population. Le sida au Botswana, entre politiques globales du médicament et pratiques locales de citoyenneté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Ecole des Hautes Etudes en Sciences Sociales (EHESS), 2012. Français. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00766707v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé globale : une des mondialisations de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gaudilliere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A political project and a geopolitical terrain : the new referral hospital built by China in Niamey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, [9 p. en ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The hospital multiple : introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janina Kehr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, [9 p. en ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sida: l'eldorado africain?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05488695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hôpitaux ont besoin d'espaces pour respirer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, en ligne [6 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrique francophone : à quoi servent tous ces hôpitaux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, en ligne [5 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cabinets de conseil privés dans l'action publique contre les épidémies : une revue exploratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Gallardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sydia Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ventilators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divine Fuh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Soulimani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anna Harris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Matter of Hospitals - An Alphabetical Investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maastricht University Press, pp.307-315, 2025, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26481/mup.2503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05355887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5. L’approche matérielle et spatiale d’un hôpital parisien face à la Covid-19. Vers un hôpital dés-affecté?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Chotard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions science et bien commun. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hôpitaux et santé publique face à la pandémie de Covid-19. Perspectives de santé mondiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2023, 978-2-925128-32-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Persistent Hospitals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Beaudevin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Paul Gaudillière; Andrew McDowell; Claudia Lang; Claire Beaudevin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Health for All. Knowledge, Politics, and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rutgers University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-168, 2022, 9781978827400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire d'un vaccin pas comme les autres : les premiers pas du vaccin contre l'hépatite B au Sénégal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ouvrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delaunay, Valérie (ed.); Desclaux, Alice (ed.); Sokhna, Cheikh (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Niakhar, mémoires et perspectives : recherches pluridisciplinaires sur le changement en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan-Sénégal; IRD, pp.489-510, 2018, 9782343156712</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04105800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sida: l'eldorado africain?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Auriane Guilbaud; Philippe Sansonetti. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le retour des épidémies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.61-74, 2015, La vie des idées, 978-2-13-065070-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05488711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do hospitals continue to matter for medical anthropology?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Soulimani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Anthropology Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05477888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId181"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B1CE9B99"/>
+    <w:nsid w:val="B89B3CF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fanny-chabrol" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3256-3217" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294824v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chabrol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gaudilliere" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05505243v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681369v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Girard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508541v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pomaro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yadira D&#237;az Leal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Graber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa Fern&#225;ndez Bereau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssmqr.2026.100724" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05295798v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coulibaly" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahmane Coulibaly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12992-025-01149-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05388317v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beaudevin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude B&#233;liard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Fansten" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Clainche - Piel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/158nl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456727v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Gallardo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Gautier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Traverson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sydia Oliveira" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00208523241242664" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940342v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Richard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Zinszer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ridde" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapro/daac173" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228759v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renyou Hou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chotard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Peiffer-Smadja" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.231.0059" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225283v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Catherine Gagnon-Dufresne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Beaujoin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Boivin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2023.116230" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332752v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tour&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2023.0255" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149566v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichiro Noda" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie David" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duhoux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23288604.2023.2173551" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413577v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Ridde" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.234.0339" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149562v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17441692.2023.2212750" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145244v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chotard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Lucet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23288604.2023.2165429" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149683v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.12626" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294805v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Sidiki Ibrahim Dram&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23288604.2023.2241188" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149688v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Schantz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idrissa Diarra" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alassane Traor&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakary Abou Traor&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.223.0425" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150549v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1095220ar" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084409v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Berthod" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alvarez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perozziello" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13756-022-01074-2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413589v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.220.0014c" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862273v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carillon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Couderc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.11349" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228737v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Stennett" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/31272" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230004v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dagenais" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12961-021-00707-z" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085142v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coulibaly" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Traore" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. S. Bagayoko" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Traore" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13031-020-00334-5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085177v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Detemple" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aboubacar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E. Aboubacar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moha" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Alkassoum" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.215.0729" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531446v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fillo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gautier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531453v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravit" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Degroote" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02279641v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchadine Djaogol" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Coste" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Marcellin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jaquet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-019-4416-3" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484643v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Pailliard Turenne" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Guillard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2019.04.020" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02590815v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Noah Noah" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pascal Tchoumi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Kuaban" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-025415" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099673v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01459740.2018.1518981" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099681v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Albert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2018-001293" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100179v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kehr" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099668v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.3045" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02065343v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Baxerres" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Cassier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Haxaire" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03342730v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Krikorian" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2017.03.059" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333261v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.215.0017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757550v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Hunsmann" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Kehr" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00766707v2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352252v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324085v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324102v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134154v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chabrol" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02792352v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03943255v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355887v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divine Fuh" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Soulimani" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26481/mup.2503" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398503v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694434v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Lang" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rutgersuniversitypress.org/global-health-for-all/9781978827400/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105800v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Moulin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouvrier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488711v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/le-retour-des-epidemies" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05477888v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fanny-chabrol" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3256-3217" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294824v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chabrol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gaudilliere" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05505243v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00681369v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Girard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508541v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pomaro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yadira D&#237;az Leal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Graber" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa Fern&#225;ndez Bereau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssmqr.2026.100724" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05295798v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coulibaly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahmane Coulibaly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12992-025-01149-w" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05388317v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beaudevin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude B&#233;liard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a Fansten" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Clainche - Piel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/158nl" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456727v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Gallardo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Gautier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Traverson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sydia Oliveira" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00208523241242664" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940342v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Richard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Zinszer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ridde" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapro/daac173" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228759v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renyou Hou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chotard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Peiffer-Smadja" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.231.0059" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225283v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Catherine Gagnon-Dufresne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Beaujoin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Boivin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2023.116230" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332752v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tour&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2023.0255" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413577v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Ridde" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.234.0339" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149566v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichiro Noda" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie David" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duhoux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23288604.2023.2173551" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149562v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17441692.2023.2212750" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145244v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chotard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Lucet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23288604.2023.2165429" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149683v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.12626" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294805v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Sidiki Ibrahim Dram&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23288604.2023.2241188" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150549v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1095220ar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149688v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Schantz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idrissa Diarra" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alassane Traor&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakary Abou Traor&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.223.0425" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084409v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Berthod" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alvarez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perozziello" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13756-022-01074-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413589v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.220.0014c" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862273v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carillon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Couderc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.11349" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228737v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Stennett" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/31272" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230004v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dagenais" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12961-021-00707-z" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085142v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coulibaly" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Traore" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. S. Bagayoko" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Traore" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13031-020-00334-5" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085177v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Detemple" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aboubacar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E. Aboubacar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moha" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Alkassoum" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.215.0729" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531446v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fillo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gautier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531453v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravit" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Degroote" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02279641v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchadine Djaogol" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Coste" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Marcellin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jaquet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-019-4416-3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484643v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Pailliard Turenne" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Guillard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2019.04.020" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02590815v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Noah Noah" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pascal Tchoumi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Kuaban" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-025415" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099673v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01459740.2018.1518981" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099681v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Albert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjgh-2018-001293" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100179v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kehr" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099668v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.3045" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02065343v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Baxerres" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Cassier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Haxaire" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03342730v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Krikorian" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2017.03.059" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333261v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.215.0017" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00757550v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Hunsmann" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Kehr" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00766707v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352252v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324085v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324102v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488695v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134154v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chabrol" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02792352v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03943255v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355887v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divine Fuh" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Soulimani" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26481/mup.2503" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398503v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694434v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Lang" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rutgersuniversitypress.org/global-health-for-all/9781978827400/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105800v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Moulin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouvrier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488711v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/le-retour-des-epidemies" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05477888v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>