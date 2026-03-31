--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fanny Domenec </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anglais de spécialité en 30 mots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bouyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Kloppmann-Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Labetoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 84, pp.183-189. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.8718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orts, María Ángeles, Ruth Breeze & Maurizio Gotti (Eds.), Power, Persuasion and Manipulation in Specialised Genres.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 79, pp.113-120. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.7243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04000344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijay Bhatia, Stephen Bremner (Eds.), The Routledge Handbook of Language and Professional Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 77, pp.107-117. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.6321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03041974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary approach to ESP: The milieu, discourse and culture of American technological risk companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Language Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (1), pp.95-132. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32996/ijls.2023.3.1.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04004192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Légitimer des technologies controversées : le rôle croissant des spécialistes et des scientifiques dans la communication d’entreprise en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 71, pp.93-121. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.4951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03041969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconciling energy and the environment: emerging webgenres in the oil industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Industrial Ecology, An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (2/3), pp.158. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/PIE.2016.082147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03042981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate discourse from a cross-disciplinary perspective: characterizing corporate social responsibility in the non-financial reports of American technological risk companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 67, pp.27-54. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.4633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03041973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The “greening” of the annual letters published by Exxon, Chevron and BP between 2003 and 2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Communication Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16 (3), pp.296-311. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/13632541211245767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03042972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monsanto’s Claims au Royaume-Uni et aux États-Unis : les communiqués de presse de Monsanto, entre unité générique et hétérogénéité culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59, pp.65-93. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.2243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03041967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les stratégies de désinformation autour du glyphosate : ce que les &amp;quot;Monsanto Papers&amp;quot; nous apprennent de &amp;quot;L'Affaire Séralini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allard-Huver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Controverses et désinformation environnementale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Assas études environnementales (A2E, Université Panthéon-Assas), Apr 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticides & OGM : les experts entre controverses scientifiques et polémiques médiatiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allard-Huver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIe Congrès international de l'Aric L'interculturel par temps de crises. Regards croisés à l’aune des bouleversements contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Côte d'Azur, Oct 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03503782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique d’entreprise : un domaine spécialisé professionnel en construction ou une exception au sein du monde de l’entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59e congrès de la SAES (Société des Anglicistes de l’Enseignement Supérieur), Aix-Marseille Université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Aix (Aix-Marseille Université), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ethical considerations in corporate discourse: a paradigm shift? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40e colloque du GERAS (Groupe d’Étude et de Recherche en anglais de spécialité, Université Paris 2-Panthéon Assas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Corporate ethics as the new specialized? Identifying degrees of specialization in corporate communication ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e conférence d’ESSE (European Society for the Study of English), Université de Brno (République Tchèque)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Brno (Rép. Tchèque), Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Corporate ethics and specialization: Disseminating ethics and ideology in corporate communication ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">- Conférence CLAVIER (Corpus Linguistics and Language Variation in English Research), Università degli Studi di Milano (Italie):</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s professional in a professional magazine ? L’analyse de corpus au service de l’exploration du spécialisé professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus sur objectifs spécifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constituer un corpus pour l’étude de l’anglais en contexte professionnel : enjeux et méthodologie pour la représentation de variétés spécialisées en mouvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58e congrès de la SAES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Constituer un corpus pour l’étude de l’anglais en contexte professionnel : Enjeux et méthodologie pour la représentation de variétés spécialisées en mouvement »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Millot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">- 58e Congrès de la SAES, Université de Nanterre :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Nanterre - Université de Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Restoring trust at Wells Fargo: a comparative analysis of the CEOs’ statements between 2009 and 2016 ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DAFC conference (Discourse Approaches to Financial Communication), Université de Lugano (Suisse)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Lugano, Switzerland, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstruire l’image de Wells Fargo: une analyse comparative des déclarations des PDG de Wells Fargo entre 2009 et 2016 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57e Congrès de la SAES, Université de Reims</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Reims - Université de Reims-Champagne-Ardenne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Dear shareholders, customers and/or stakeholders?”: Degrees of specialization in the US banks’ communication of financial results ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLAVIER Conference (Corpus and Language Variation in English Research), Université de Bari (Italie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Bari (Italy), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies et techniques rhétoriques dans les discours spécialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, 2020, Aspects linguistiques et culturels des discours spécialisés, Catherine Resche, 978-3-0343-4141-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04039736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies et techniques rhétoriques dans les discours spécialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang CH, 2020, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b17435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonction argumentative de la métaphore dans les discours spécialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang CH, 2018, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b13412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonction argumentative de la métaphore dans les discours spécialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, 2018, Aspects linguistiques et culturels des discours spécialisés, Caherine Resche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What's in a term? Disseminating knowledge about the Séralini case on the GMOAnswers website</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anna Franca Plastina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analysing Health Discourse in Digital Environments: Current Paradigms and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars, 2022, 1-5275-8048-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04000283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s professional in a professional magazine? Using Corpus Analysis to Identify Specializedness in Professional Discourse and Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Geert Jacobs; Sofie Decock. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Good Data in Business and Professional Discourse Research and Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan Cham, pp.55-88, 2021, 978-3-030-61756-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects rhétoriques et degrés de spécialisation: la communication scientifique, médiatique et institutionnelle autour de l'Affaire Séralini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fanny Domenec et Catherine Resche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stratégies et techniques rhétoriques dans les discours spécialisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Peter Lang CH, 2020, 978-3-0343-4156-1. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b17435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04000302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De « Riding the ship » à « A port of safety »: la métaphore comme argument de défense dans les lettres aux actionnaires des banques américaines (2007-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fonction argumentative de la métaphore dans les discours spécialisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Peter Lang CH, 2018, 978-3-0343-3270-5. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b13412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04000335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How technology has changed our lives&amp;quot;: la mise en récit du discours de l'entreprise dans America's Farmers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mise en récit dans les discours spécialisés, Resche Catherine (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId56"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fanny Domenec </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anglais de spécialité en 30 mots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bouyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Kloppmann-Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Labetoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 84, pp.183-189. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.8718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orts, María Ángeles, Ruth Breeze & Maurizio Gotti (Eds.), Power, Persuasion and Manipulation in Specialised Genres.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 79, pp.113-120. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.7243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04000344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijay Bhatia, Stephen Bremner (Eds.), The Routledge Handbook of Language and Professional Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 77, pp.107-117. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.6321⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03041974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary approach to ESP: The milieu, discourse and culture of American technological risk companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Language Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (1), pp.95-132. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32996/ijls.2023.3.1.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04004192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Légitimer des technologies controversées : le rôle croissant des spécialistes et des scientifiques dans la communication d’entreprise en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 71, pp.93-121. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.4951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03041969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconciling energy and the environment: emerging webgenres in the oil industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Industrial Ecology, An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (2/3), pp.158. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/PIE.2016.082147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03042981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate discourse from a cross-disciplinary perspective: characterizing corporate social responsibility in the non-financial reports of American technological risk companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 67, pp.27-54. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.4633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03041973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The “greening” of the annual letters published by Exxon, Chevron and BP between 2003 and 2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Communication Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16 (3), pp.296-311. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/13632541211245767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03042972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monsanto’s Claims au Royaume-Uni et aux États-Unis : les communiqués de presse de Monsanto, entre unité générique et hétérogénéité culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59, pp.65-93. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/asp.2243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03041967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les stratégies de désinformation autour du glyphosate : ce que les &amp;quot;Monsanto Papers&amp;quot; nous apprennent de &amp;quot;L'Affaire Séralini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allard-Huver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Controverses et désinformation environnementale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Assas études environnementales (A2E, Université Panthéon-Assas), Apr 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticides & OGM : les experts entre controverses scientifiques et polémiques médiatiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Allard-Huver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIe Congrès international de l'Aric L'interculturel par temps de crises. Regards croisés à l’aune des bouleversements contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Côte d'Azur, Oct 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03503782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique d’entreprise : un domaine spécialisé professionnel en construction ou une exception au sein du monde de l’entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59e congrès de la SAES (Société des Anglicistes de l’Enseignement Supérieur), Aix-Marseille Université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Aix (Aix-Marseille Université), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ethical considerations in corporate discourse: a paradigm shift? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40e colloque du GERAS (Groupe d’Étude et de Recherche en anglais de spécialité, Université Paris 2-Panthéon Assas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Corporate ethics as the new specialized? Identifying degrees of specialization in corporate communication ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e conférence d’ESSE (European Society for the Study of English), Université de Brno (République Tchèque)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Brno (Rép. Tchèque), Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Corporate ethics and specialization: Disseminating ethics and ideology in corporate communication ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">- Conférence CLAVIER (Corpus Linguistics and Language Variation in English Research), Università degli Studi di Milano (Italie):</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s professional in a professional magazine ? L’analyse de corpus au service de l’exploration du spécialisé professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus sur objectifs spécifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constituer un corpus pour l’étude de l’anglais en contexte professionnel : enjeux et méthodologie pour la représentation de variétés spécialisées en mouvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58e congrès de la SAES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02023982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Constituer un corpus pour l’étude de l’anglais en contexte professionnel : Enjeux et méthodologie pour la représentation de variétés spécialisées en mouvement »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Millot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">- 58e Congrès de la SAES, Université de Nanterre :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Nanterre - Université de Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Restoring trust at Wells Fargo: a comparative analysis of the CEOs’ statements between 2009 and 2016 ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DAFC conference (Discourse Approaches to Financial Communication), Université de Lugano (Suisse)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Lugano, Switzerland, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstruire l’image de Wells Fargo: une analyse comparative des déclarations des PDG de Wells Fargo entre 2009 et 2016 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57e Congrès de la SAES, Université de Reims</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Reims - Université de Reims-Champagne-Ardenne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Dear shareholders, customers and/or stakeholders?”: Degrees of specialization in the US banks’ communication of financial results ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLAVIER Conference (Corpus and Language Variation in English Research), Université de Bari (Italie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Bari (Italy), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies et techniques rhétoriques dans les discours spécialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang CH, 2020, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b17435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies et techniques rhétoriques dans les discours spécialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, 2020, Aspects linguistiques et culturels des discours spécialisés, Catherine Resche, 978-3-0343-4141-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04039736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonction argumentative de la métaphore dans les discours spécialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang CH, 2018, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b13412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonction argumentative de la métaphore dans les discours spécialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, 2018, Aspects linguistiques et culturels des discours spécialisés, Caherine Resche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What's in a term? Disseminating knowledge about the Séralini case on the GMOAnswers website</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anna Franca Plastina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analysing Health Discourse in Digital Environments: Current Paradigms and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars, 2022, 1-5275-8048-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04000283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s professional in a professional magazine? Using Corpus Analysis to Identify Specializedness in Professional Discourse and Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Geert Jacobs; Sofie Decock. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Good Data in Business and Professional Discourse Research and Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan Cham, pp.55-88, 2021, 978-3-030-61756-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects rhétoriques et degrés de spécialisation: la communication scientifique, médiatique et institutionnelle autour de l'Affaire Séralini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fanny Domenec et Catherine Resche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stratégies et techniques rhétoriques dans les discours spécialisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Peter Lang CH, 2020, 978-3-0343-4156-1. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b17435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04000302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De « Riding the ship » à « A port of safety »: la métaphore comme argument de défense dans les lettres aux actionnaires des banques américaines (2007-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Resche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fonction argumentative de la métaphore dans les discours spécialisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Peter Lang CH, 2018, 978-3-0343-3270-5. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b13412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04000335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How technology has changed our lives&amp;quot;: la mise en récit du discours de l'entreprise dans America's Farmers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Domenec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mise en récit dans les discours spécialisés, Resche Catherine (dir.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId56"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323059v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouy&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Domenec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gaillard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kloppmann-Lambert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Labetoulle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.8718" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000344v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.7243" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041974v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.6321" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004192v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32996/ijls.2023.3.1.1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041969v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.4951" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042981v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/PIE.2016.082147" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041973v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.4633" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042972v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/13632541211245767" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041967v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.2243" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04556590v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allard-Huver" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503782v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029965v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029967v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029930v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029927v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024002v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Millot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023982v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029978v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029949v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029990v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029938v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04039736v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Resche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044021v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17435" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044027v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b13412" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038329v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000283v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601217v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000302v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000335v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044011v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323059v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouy&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Domenec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gaillard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kloppmann-Lambert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Labetoulle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.8718" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000344v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.7243" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041974v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.6321" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004192v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32996/ijls.2023.3.1.1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041969v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.4951" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042981v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/PIE.2016.082147" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041973v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.4633" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042972v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/13632541211245767" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041967v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.2243" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04556590v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Allard-Huver" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503782v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029965v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029967v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029930v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029927v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024002v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Millot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023982v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029978v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029949v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029990v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029938v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044021v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Resche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17435" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04039736v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044027v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b13412" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038329v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000283v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601217v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000302v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000335v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044011v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>