--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -331,165 +331,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05048771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les effets de l'IA sur les conditions de travail des salariés : quelle(s) réponse(s) du droit positif ?</w:t>
+                <w:t xml:space="preserve">Libres propos sur la vie privée du salarié à l’ère numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gabroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de droit du travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 12, pp.750</w:t>
+              <w:t xml:space="preserve">Revue Justice Actualités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30, p. 92 à 100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05450462v1</w:t>
+                <w:t xml:space="preserve">hal-05048757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Libres propos sur la vie privée du salarié à l’ère numérique</w:t>
+                <w:t xml:space="preserve">Les effets de l'IA sur les conditions de travail des salariés : quelle(s) réponse(s) du droit positif ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gabroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Justice Actualités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 30, p. 92 à 100</w:t>
+              <w:t xml:space="preserve">Revue de droit du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, pp.750</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05048757v1</w:t>
+                <w:t xml:space="preserve">halshs-05450462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exception de recevabilité d’une preuve illicite : l’hypothèse de la clé USB personnelle du salarié (Soc., 25 sept. 2024, n° 23-13.992)</w:t>
               </w:r>
@@ -1586,178 +1586,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04314661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le contrat d’emploi pénitentiaire : de la prise en compte du milieu carcéral à celle du travailleur carcéral (Contrats aidés)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Salariés dénonciateurs : de bonne foi ne veut pas dire de manière désintéressée (Soc. 13 sept. 2023)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gabroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 8 (1050), pp.1-7</w:t>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04352758v1</w:t>
+                <w:t xml:space="preserve">hal-04238541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salariés dénonciateurs : de bonne foi ne veut pas dire de manière désintéressée (Soc. 13 sept. 2023)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le contrat d’emploi pénitentiaire : de la prise en compte du milieu carcéral à celle du travailleur carcéral (Contrats aidés)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Fin-Langer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gabroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalloz Actualité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">La Semaine juridique. Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (1050), pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04238541v1</w:t>
+                <w:t xml:space="preserve">hal-04352758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfert d'entreprise - Liquidation judiciaire, licenciement d'un salarié protégé et transfert d'entreprise : quelques précisions sur le respect de l'article L. 1224-1</w:t>
               </w:r>
@@ -2104,196 +2104,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04013822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnérabilité et harcèlement moral : étude comparée du droit de la fonction publique et du droit du travail</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plateformes numériques de travail : le Conseil constitutionnel refuse de céder au chant des sirènes [in Chronique de jurisprudence constitutionnelle française 2019]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gabroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de la recherche sur les droits fondamentaux </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, La vulnérabilité, 18, pp.65-72. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/crdf.6437⟩</w:t>
+              <w:t xml:space="preserve">, 2020, La vulnérabilité, 18, pp.141-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/crdf.6482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04013815v1</w:t>
+                <w:t xml:space="preserve">hal-04013802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plateformes numériques de travail : le Conseil constitutionnel refuse de céder au chant des sirènes [in Chronique de jurisprudence constitutionnelle française 2019]</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vulnérabilité et harcèlement moral : étude comparée du droit de la fonction publique et du droit du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Denolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gabroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de la recherche sur les droits fondamentaux </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, La vulnérabilité, 18, pp.141-143. </w:t>
+              <w:t xml:space="preserve">, 2020, La vulnérabilité, 18, pp.65-72. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/crdf.6482⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/crdf.6437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04013802v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04013815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2487,51 +2487,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="255F372C"/>
+    <w:nsid w:val="1EFB1758"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2718,51 +2718,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fanny-gabroy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/264071832" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879383v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gabroy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048771v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05450462v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048757v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048779v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048775v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04413519v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048766v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238535v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238566v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021758v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013900v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013910v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013878v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fin-Langer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100096v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100081v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252395v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053193v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238564v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314661v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352758v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238541v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013833v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751043v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Douville" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013827v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.8479" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013865v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013822v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013815v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Denolle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.6437" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013802v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.6482" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013763v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Duval" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fanny-gabroy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/264071832" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04879383v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gabroy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048771v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048757v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05450462v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048779v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048775v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04413519v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048766v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238535v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238566v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021758v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013900v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013910v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013878v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fin-Langer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100096v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100081v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252395v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053193v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238564v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314661v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238541v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352758v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013833v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751043v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Douville" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013827v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.8479" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013865v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013822v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013802v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.6482" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013815v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Denolle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.6437" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013763v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Duval" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>