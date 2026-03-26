--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -133,51 +133,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Harari-Kermadec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2026, 978-2-488244-11-4</w:t>
+              <w:t xml:space="preserve">Université Paris Cité éditions, 2026, 978-2-488244-11-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05425579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -684,51 +684,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04259232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (46)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -943,1390 +943,1585 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04855694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quelles pratiques féministes de la non-mixité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Jacquemart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 49 (1), pp.161-164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tgs.049.0161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04332330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction. L’antiracisme en France : enjeux, métamorphoses et controverses au prisme du décès de George Floyd (vol. 2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lila Belkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Nyambek-Mebenga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, n° 16 (1), pp.11-19. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/clcd.016.0011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">halshs-04358469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’étude de la médiatisation de la marche permet d’articuler la question des mémoires et l’histoire de l’antiracisme »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gebeil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Nyambek-Mebenga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 16 (1), pp.47-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/clcd.016.0047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04358471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Antiracism in France: issues, changes and controversies in the light of George Floyd's death (vol.2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Nyambek-Mebenga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 16 (1), pp.11-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/clcd.016.0011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appropriations politiques des objets du travail reproductif de 1945 aux années 1980</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parlement[s], Revue d'histoire politique, Hors série</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, N° HS 18 (3), pp.177-184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/parl2.hs18.0177⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04332326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux masques citoyennes ! Mélange des genres productifs en régime d’“exception”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Mensitieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Meuret-Campfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Simonet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Salariat / Une revue de sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03482221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : Antiracisme en France : enjeux, métamorphoses et controverses au prisme du décès de George Floyd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alban Jacquemart</w:t>
+                <w:t xml:space="preserve">Francine Nyambek-Mebenga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, pp.9--21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/clcd.015.0009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antiracisme et Engagement Pour La Transformation Sociale:</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youcef Brakni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Nyambek-Mebenga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, N\textdegree{} 15 (1), pp.85--104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/clcd.015.0085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S'engager contre le racisme en tant qu'enseignante racisée : une nécessité nourrie par le vécu des élèves et les luttes sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Nyambek-Mebenga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entretien avec Manel Ben Boubaker,. Les cahiers de la LCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, pp.105--117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/clcd.015.0105⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The “worker-actresses” of Hénin-Beaumont (2007-2019): The making of a militant play for the “Samsonites”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Ibos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Mouvement social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 274 (1), pp.195-210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lms1.274.0195⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’agency : un concept heuristique pour penser le genre et les classes populaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrire l'histoire - Histoire, Littérature, Esthétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La formation professionnelle des « femmes immigrées » (1976-1989) au Centre d’accueil et de réadaptation sociale Pauline Roland : une approche intersectionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franziska Seitz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire de l’éducation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 156, pp.127-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/histoire-education.6751⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04000460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'autogestion au &amp;quot;made in France&amp;quot; : l'usage politique du vêtement dans les mobilisations des ouvrières, des années 1970 au très contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parlement[s], Revue d'histoire politique, Hors série</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° HS 18 (3), pp.177-184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/parl2.034.0156⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction [du dossier &amp;quot;Controverse : Rémunérer le travail domestique : une stratégie féministe ?]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Simonet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, n° 49 (1), pp.161-164. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/tgs.049.0161⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 2 (46), pp.173-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tgs.046.0173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">Francine Nyambek-Mebenga</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03454824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imbrication des dominations et conditions d’émancipation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Zancarini-Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/clcd.016.0047⟩</w:t>
+              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 146 (2), pp.2-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vin.146.0002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...998 lines deleted...]
-                <w:t xml:space="preserve">Maud Simonet</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Dumas, une dirigeante syndicale aux côtés des femmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Silvera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 2 (46), pp.173-177. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/tgs.046.0173⟩</w:t>
+              <w:t xml:space="preserve">, 2020, n° 44 (2), pp.5-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tgs.044.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un internationalisme pratique. La culture politique de la IVe Internationale dans les années 1970</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2342,2584 +2537,2298 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire@Politique : revue du Centre d'histoire de Sciences Po</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04333714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ya-Han Chuang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/vin.146.0002⟩</w:t>
+              <w:t xml:space="preserve">Recherches sociologiques et anthropologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51-2, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rsa.4135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-                <w:t xml:space="preserve">Rachel Silvera</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03951665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peut-on observer et critiquer une institution à laquelle on appartient ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Nyambek Kanga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De Facto - Institut Convergences Migrations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03272393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser l’intersectionnalité dans le système scolaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Mosconi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, n° 44 (2), pp.5-24. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/tgs.044.0005⟩</w:t>
+              <w:t xml:space="preserve">, 2019, n° 41 (1), pp.147-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tgs.041.0147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...249 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">Nicole Mosconi</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04358460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Rogerat, une femme qui savait dire non</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Maruani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, n° 41 (1), pp.147-152. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/tgs.041.0147⟩</w:t>
+              <w:t xml:space="preserve">, 2019, n° 41 (1), pp.5-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tgs.041.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Margaret Maruani</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Renewal of Women’s History at Work: Critical Note on Some Recent Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Tabutaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologie du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 61 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sdt.21422⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'école à l'épreuve de la &amp;quot;théorie du genre&amp;quot; : les effets d'une polémique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdge.065.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que penser l'intersectionnalité dans les recherches en éducation veut dire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contretemps: revue de critique communiste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03272397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que penser l’intersectionnalité dans les recherches en éducation veut dire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contretemps: revue de critique communiste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04360163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oppositions à l’intersectionnalité : malentendus ou résistances ? Le cas des journées d’études &amp;quot;Penser l’intersectionnalité dans les recherches en éducation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De(s)générations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28, pp.7-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04360106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oppositions à l’intersectionnalité : malentendus ou résistances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De(s)générations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03272405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La recherche en sciences sociales : quel intérêt pour débuter ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers pédagogiques. Coll. hors-série numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04360117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection du sexe fort&amp;quot; ? Quand la France est condamnée pour discrimination…(1988-1991)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Canadian Journal of Women and the Law / Revue Femmes et Droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : le lieu à l’épreuve du genre et des classes populaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Meuret-Campfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katie Jarvis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jusseaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genre &amp; histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Printemps (17)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet révolutionnaire à l’épreuve du viol. Le cas de « Révo » puis de l’OCT (1975-1979)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dissidences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Ludivine Bantigny, Fanny Gallot, Frédéric Thomas (dir.), « Sexualités en révolutions XIXe-XXe-XXIe siècle », 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notes sur la pédophilie dans les années 1968 : un combat révolutionnaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dissidences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Ludivine Bantigny, Fanny Gallot, Frédéric Thomas (dir.), « Sexualités en révolutions XIXe-XXe-XXIe siècle », 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des ouvrières en lutte dans l'après 1968 : rapports au féminisme et subversions de genre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Meuret-Campfort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Viviane Albenga et Alban Jacquemart (dir.), « Appropriations des idées féministes », 109, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pox.109.0021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un processus ambigu. Freins et incitations à la promotion des ouvrières dans les syndicats dans les années 1970</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Agone - Histoire, Politique et Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Julian Mischi, Etienne Penissat et Baptiste Giraud (dir.), "Porte-parole, militants et mobilisations", 56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Gisèle Chevalier : une carrière de syndicaliste à l’épreuve du genre (1968-2011)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'OURS. Office universitaire de recherche socialiste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 66-67, p. 37-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La « crise de nerfs » des ouvrières des années 1968 : de la « nature féminine » à la dénaturalisation de la division sexuée du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raison présente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Roland Pfefferkorn (dir.) « Genre et rapport sociaux de sexe. Citoyenneté et politiques publiques », 189, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rpre.190.0043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janine Caillot, Lejaby : la volonté d'en découdre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Benquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, n° 41 (1), pp.5-22. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/tgs.041.0005⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 1 (31), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tgs.031.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Amandine Tabutaud</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rencontre entre ouvrières et féministes dans les années 1968</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie du Travail</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers d’histoire. Revue d’histoire critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Fanny Gallot et David Hamelin (dir.) « Rebelles au travail », 125</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Gaël Pasquier</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ‘‘crises de nerfs’’ des ouvrières en France dans les années 1968 : la politisation d’une manifestation genrée de souffrance individuelle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers du Genre</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nouvelle revue de psychosociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Jacqueline Barus-Michel et Pascale Molinier (dir.) « Le genre. Représentations et réalités », 17</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La revanche du soutien-gorge. Le corps des ouvrières de la lingerie (1968-2012)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contretemps: revue de critique communiste</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">Clio. Femmes, Genre, Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Xavier Vigna et Michelle Zancarini-Fournel (dir.) « Ouvrières, ouvriers », 38, p. 61-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...616 lines deleted...]
-                <w:t xml:space="preserve">Le projet révolutionnaire à l’épreuve du viol. Le cas de « Révo » puis de l’OCT (1975-1979)</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les chansons des ouvrières dans les années 1968 : une combativité renforcée ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dissidences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Ludivine Bantigny, Fanny Gallot, Frédéric Thomas (dir.), « Sexualités en révolutions XIXe-XXe-XXIe siècle », 15</w:t>
+              <w:t xml:space="preserve">, 2011, 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Notes sur la pédophilie dans les années 1968 : un combat révolutionnaire ?</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La &amp;quot; crise de nerfs &amp;quot;, de la souffrance à la résistance ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clio. Histoire, Femmes et Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29 (1), pp.153-164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/clio.9263⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00545782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le travail ouvrier de la LCR et de LO : le cas de Renault-Cléon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dissidences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Ludivine Bantigny, Fanny Gallot, Frédéric Thomas (dir.), « Sexualités en révolutions XIXe-XXe-XXIe siècle », 15</w:t>
+              <w:t xml:space="preserve">, 2009, 6, pp.148-167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...822 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
-              <w:r>
-[...86 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00545785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4929,250 +4838,336 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désindustrialisation et immigration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Fanny Gallot</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raggi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Raggi</w:t>
+                <w:t xml:space="preserve">Marion Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Fontaine</w:t>
+                <w:t xml:space="preserve">Juliette Ronsin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hatzfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fanny Gallot; Pascal Raggi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ouvriers et ouvrières dans la désindustrialisation : Europe occidentale (1960-1999)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Atlande, 2025, Clefs-concours. Histoire économique et sociale, 978-2-38428-098-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05471195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des alliances militantes improbables ? Comprendre les mobilisations contre les ABCD de l’égalité (2013-2014). Entretien avec Mégane Erbani (ISP, université de Nanterre)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
-              <w:r>
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Erbani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fanny Gallot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation à la vie affective, relationnelle et à la sexualité : sortir des polémiques, ouvrir des possibles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.25-28, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05525464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un renouveau syndical féministe.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yon, Karel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le syndicalisme est politique. Questions stratégiques pour un renouveau syndical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La dispute, 2023, 9782843032691</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04344620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le travail reproductif des ouvrières en lutte en France et en Argentine dans les années 1968</w:t>
               </w:r>
@@ -5234,284 +5229,198 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04333755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour un renouveau syndical féministe.</w:t>
-[...76 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Analyse sociologique de l'appréhension de la protection sociale par les travailleuses de plateformes : une analyse par le prisme du genre (Etude France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Koechlin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réinventer la protection sociale des travailleurs de plateformes numériques, Etude pluridisciplinaire des fondements de la protection sociale à la lumière du travail de plateformes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04333745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brimades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS édition. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Routines punitives, les sanctions du quotidien, XIXe-XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saisir la parole des ouvrières, quels enjeux historiographiques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5531,593 +5440,593 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PUR. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Donner la parole aux "sans voix" ? Construction sociale et mise en discours d'un problème public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La &amp;quot;valeur du travail&amp;quot; des ouvrières en débats des années 1968 à la loi Roudy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le genre au travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Femmes ? Genre ? Mixité ? Quelles nouvelles perspectives pour l’enseignement de l’histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Muriel Salle et Christine Morin-Messabel (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A l’école des stéréotypes, Comprendre et déconstruire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Harmattan, p. 165-184, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01646277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bon genre de l’identité nationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurence De Cock; Regis Meyran (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paniques identitaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le croquant, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.P. Thompson et le matérialisme « culturel »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Grigera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maxime Cervulle, Florian Voros, Nelly Quemener (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matérialismes, culture et communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presse des mines, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01646273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des filles d’usines aux ouvrières « respectables ». Normes de genre et de classe reconfigurées (1968-1994)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yves Cohen; Francis Chateauraynaud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoires pragmatiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 25, Éditions de l’École des hautes études en sciences sociales, p. 225-246, 2016, « Histoires Pragmatiques », 9782713231032. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.editionsehess.12300⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
-              <w:r>
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conflictualité à Renault Cléon en mai-juin 68</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Xavier Vigna et Jean Vigreux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mai-juin 1968 Huit semaines qui ébranlèrent la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EUD, pp.23-35, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00545784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renault Cléon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Antoine Artous, Didier Epsztajn, Patrick Silberstein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La France des années 68</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, éditions Syllepse, pp.704-710, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00545783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6127,531 +6036,531 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’excellence scientifique : piège ou opportunité pour les femmes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Fanny Gallot</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Paoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Pochic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, n° 51, pp.157-160, 2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tgs.051.0157⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controverse : Quelles pratiques féministes de la non-mixité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Jacquemart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333739v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’antiracisme en France : enjeux, métamorphoses et controverses au prisme du décès de George Floyd (vol. 2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lila Belkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Nyambek-Mebenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 16, pp.11-91, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04360038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antiracisme en France. Enjeux, métamorphoses et controverses au prisme du décès de George Floyd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lila Belkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Nyambek-Mebenga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 15, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04262779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. Antiracisme en France : enjeux, métamorphoses et controverses au prisme du décès de George Floyd.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lila Belkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Nyambek-Mebenga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, N° 15 (1), pp.9-21, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/clcd.015.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04332317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controverse : Rémunérer le travail domestique : une stratégie féministe ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6667,355 +6576,355 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2 (46), 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intersectionnalité au travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Pochic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
-              <w:r>
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djaouida Séhili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 44, 2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tgs.044.0025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03270984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A l'intersection des dominations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Zancarini-Fournel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’intersectionnalité en histoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Zancarini-Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02009404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controverse : Penser l’intersectionnalité dans le système scolaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lila Belkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7030,266 +6939,266 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 41, pp.147-184, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04360057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La production quotidienne du genre en milieu populaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jusseaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Anne Jusseaume</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clyde Plumauzille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Meuret-Campfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clyde Plumauzille</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathilde Rossigneux-Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">111, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01980980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">111, 2018</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'école à l'épreuve de la &amp;quot;théorie du genre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01980980v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04333743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
-              <w:r>
-[...73 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre et classes populaires, in situ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Meuret-Campfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7348,73 +7257,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genre &amp; histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 17, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexualités en révolutions : XIXe-XXIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Bantigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7430,87 +7339,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dissidences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 15, 2016, 978-2-35687440-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traduire et introduire. Mahmood / Schmitz / Donaldson / Kymlicka</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
-              <w:r>
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Goldblum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7528,70 +7437,70 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lenormand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, #15, 2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/traces.6248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04241967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7601,241 +7510,241 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseigner la laïcité dans des écoles primaires ségréguées. Entre représentations, contraintes et ruses pédagogiques des EFS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Nyambek-Mebenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international ``L'école primaire au XXIe siècle''</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Cergy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04256348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser la question raciale à l'école depuis l'académie de Créteil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Nyambek Mebenga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Approches critiques de la dimension spatiale des rapports sociaux : débats transdisciplinaires et transnationaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04256225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’espérance révolutionnaire en Europe dans les années 1970</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Bantigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7851,73 +7760,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 1970’s in Europe : a transnational turn for political cultures ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Rome, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction générale : genre et engagement dans les années 68. Un état des lieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Bugnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7946,51 +7855,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international " Le genre de l'engagement dans les années 1968 ", Université de Rouen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01023764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8000,332 +7909,332 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grévistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Siblot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopédie critique du genre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.320-328. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dec.renne.2021.01.0320⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04016387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...4 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Article « Ouvrières »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Meuret-Campfort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04016387v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01646263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Article « Ouvrières »</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+                <w:t xml:space="preserve">Notice « Georgette Vacher »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01646263v1</w:t>
+                <w:t xml:space="preserve">halshs-01646262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notice « Georgette Vacher »</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">2016</w:t>
+                <w:t xml:space="preserve">Article « Extrême gauche »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Bantigny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014, p. 279-282</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
-              <w:r>
-[...73 lines deleted...]
-            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01646257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8335,212 +8244,212 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le genre de la grève</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
-              <w:r>
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Virgili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Gallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopédie d’histoire numérique de l’Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03087193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entretien avec Naima Anka Idrissi, Fanny Gallot et Gaël Pasquier à propos de leur ouvrage Enseigner l'égalité filles-garçons, Paris, Dunod, La boite à outil du professeur, 2018.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Anka Idrissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naima Anka Idrissi</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Céline Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02510492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8550,114 +8459,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ouvrières : pratiques et représentations (des années 1968 au très contemporain)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gallot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Histoire. Université Lumière - Lyon II, 2012. Français. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...28 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00769646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId191"/>
+      <w:footerReference w:type="default" r:id="rId190"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8804,51 +8713,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425579v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gallot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Harari-Kermadec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291062v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delage" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646229v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Anka-Idrissi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pasquier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02375318v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Bantigny" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bugnon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646226v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646221v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259232v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Goldblum-Krause" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Albert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lenormand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/revue-traces-2015-2.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419549v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.220.0117" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855694v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jobard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Amilhat Szary" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Gu&#233;nif-Souilamas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibos Caroline" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.114.0173" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04358469v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Belkacem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Nyambek-Mebenga" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.016.0011" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332330v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jacquemart" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.049.0161" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04358471v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gebeil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.016.0047" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349150v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332326v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.hs18.0177" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482221v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Mensitieri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Meuret-Campfort" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Simonet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229701v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.015.0009" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229702v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Brakni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.015.0085" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229710v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.015.0105" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333707v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ibos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms1.274.0195" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333704v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000460v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Seitz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.6751" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333698v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.034.0156" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454824v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.046.0173" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333714v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333720v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Zancarini-Fournel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.146.0002" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333717v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Silvera" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.044.0005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951665v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barbier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya-Han Chuang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsa.4135" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272393v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chapuis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Nyambek Kanga" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Pereira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04358460v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mosconi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.041.0147" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333725v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Maruani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.041.0005" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333722v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Tabutaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.21422" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510501v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.065.0005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272397v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360163v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360106v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272405v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360117v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646256v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194649v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Albert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Jarvis" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jusseaume" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646254v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646253v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646252v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.109.0021" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646251v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646249v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646241v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Benquet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.031.0005" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646246v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpre.190.0043" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195859v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646250v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646244v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646239v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646234v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545782v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.9263" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545785v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471195v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raggi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fontaine" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Ronsin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hatzfeld" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525464v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Erbani" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333755v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Lenguita" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344620v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333745v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Koechlin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333750v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333757v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333759v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646277v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Salle" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646269v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646273v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Grigera" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646255v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.12300" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545784v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545783v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867082v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Paoletti" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pochic" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.051.0157" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333739v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360038v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262779v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332317v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133583v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270984v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djaouida S&#233;hili" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.044.0025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333741v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009404v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360057v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980980v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clyde Plumauzille" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rossigneux-M&#233;heust" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333743v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194653v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02375327v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241967v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Goldblum" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.6248" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256348v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04256225v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chapuis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Nyambek Mebenga" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02375372v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023764v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04016387v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Siblot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.renne.2021.01.0320" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646263v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646262v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646257v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03087193v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Virgili" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510492v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Anka Idrissi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delcroix" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00769646v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425579v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gallot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Harari-Kermadec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291062v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delage" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646229v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Anka-Idrissi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pasquier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02375318v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Bantigny" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bugnon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646226v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646221v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259232v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Goldblum-Krause" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Albert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lenormand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/revue-traces-2015-2.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419549v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.220.0117" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855694v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jobard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Amilhat Szary" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Gu&#233;nif-Souilamas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibos Caroline" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.114.0173" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332330v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jacquemart" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.049.0161" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04358469v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Belkacem" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Nyambek-Mebenga" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.016.0011" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04358471v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gebeil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.016.0047" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349150v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332326v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.hs18.0177" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482221v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Mensitieri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Meuret-Campfort" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Simonet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229701v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.015.0009" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229702v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Brakni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.015.0085" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229710v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.015.0105" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333707v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ibos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms1.274.0195" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333704v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000460v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Seitz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.6751" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333698v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.034.0156" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454824v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.046.0173" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333720v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Zancarini-Fournel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.146.0002" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333717v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Silvera" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.044.0005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333714v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951665v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barbier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya-Han Chuang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsa.4135" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272393v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chapuis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Nyambek Kanga" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Pereira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04358460v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mosconi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.041.0147" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333725v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Maruani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.041.0005" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333722v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Tabutaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.21422" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510501v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.065.0005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272397v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360163v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360106v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272405v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360117v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646256v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194649v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Albert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Jarvis" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jusseaume" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646254v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646253v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646252v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.109.0021" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646251v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646249v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646246v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpre.190.0043" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195859v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Benquet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.031.0005" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646250v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646244v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646239v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646234v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545782v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.9263" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545785v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471195v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raggi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fontaine" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Ronsin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hatzfeld" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525464v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Erbani" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344620v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333755v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Lenguita" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333745v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Koechlin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333750v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333757v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333759v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646277v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Salle" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646269v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646273v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Grigera" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646255v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.12300" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545784v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545783v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867082v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Paoletti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pochic" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.051.0157" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333739v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360038v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262779v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332317v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133583v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270984v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djaouida S&#233;hili" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.044.0025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333741v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009404v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360057v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01980980v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clyde Plumauzille" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rossigneux-M&#233;heust" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333743v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194653v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02375327v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241967v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Goldblum" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.6248" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256348v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04256225v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chapuis" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Nyambek Mebenga" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02375372v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023764v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04016387v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Siblot" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.renne.2021.01.0320" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646263v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646262v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646257v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03087193v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Virgili" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510492v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Anka Idrissi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delcroix" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00769646v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>