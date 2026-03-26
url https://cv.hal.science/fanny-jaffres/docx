--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1212,260 +1212,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au-delà des quotas d’emploi de personnes handicapées, la production de handicap au travail. Analyse d’un cloisonnement sectoriel de l’action publique</w:t>
+                <w:t xml:space="preserve">Qui a besoin des Ésat ? Analyse des logiques d’orientation vers le secteur de travail protégé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Jaffrès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association française de sociologie - RT6 et RT 34 : L’intersectorisation des politiques sociales</w:t>
+              <w:t xml:space="preserve">Congrès de l'Association française de sociologie - RT 19 Santé, maladie, médecine, handicap</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RT6 et RT34 de l'AFS, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795688v1</w:t>
+                <w:t xml:space="preserve">hal-04795708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maintien dans l’emploi au sein de la fonction publique hospitalière française : entre situations individuelles et enjeux structurels</w:t>
+                <w:t xml:space="preserve">Au-delà des quotas d’emploi de personnes handicapées, la production de handicap au travail. Analyse d’un cloisonnement sectoriel de l’action publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Jaffrès</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Fillion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Le travail dans tous ses états : effets sur la santé »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Fribourg; Université de Lausanne; Haute École de Santé Vaud; Haute école de travail social et de santé de Lausanne, Jun 2023, Fribourg (CH), Suisse</w:t>
+              <w:t xml:space="preserve">Congrès de l'Association française de sociologie - RT6 et RT 34 : L’intersectorisation des politiques sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RT6 et RT34 de l'AFS, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795745v1</w:t>
+                <w:t xml:space="preserve">hal-04795688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qui a besoin des Ésat ? Analyse des logiques d’orientation vers le secteur de travail protégé</w:t>
+                <w:t xml:space="preserve">Maintien dans l’emploi au sein de la fonction publique hospitalière française : entre situations individuelles et enjeux structurels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Jaffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Daubas-Letourneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Fillion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association française de sociologie - RT 19 Santé, maladie, médecine, handicap</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RT6 et RT34 de l'AFS, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque « Le travail dans tous ses états : effets sur la santé »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Fribourg; Université de Lausanne; Haute École de Santé Vaud; Haute école de travail social et de santé de Lausanne, Jun 2023, Fribourg (CH), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795708v1</w:t>
+                <w:t xml:space="preserve">hal-04795745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’importance des ressources individuelles des travailleurs sociaux dans leur rapport à l’objectif d’inclusion en milieu ordinaire</w:t>
               </w:r>
@@ -2687,51 +2687,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="88214408"/>
+    <w:nsid w:val="378E6880"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2918,51 +2918,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fanny-jaffres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8001-3797" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/240595998" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05466227v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Valdes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Daubas-Letourneux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fillion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ren&#233;e Gu&#233;vel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063251400751" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05340706v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.252.0031" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566459v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.15702" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03411799v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.9338" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419045v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2019.06.004" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419051v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psm.193.0014" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986070v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.7759" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516357v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Picard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pisu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795666v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Le Bihan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Quidu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795456v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795668v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795688v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795745v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795708v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05007442v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04552835v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02896125v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gustafsson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ondrusova" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02901639v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913770v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05045010v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/inclure-ou-proteger/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707411v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Math&#233;a Boudinet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55778/ts911693406c230" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292787v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913755v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Azzedine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913983v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913740v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fanny-jaffres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8001-3797" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/240595998" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05466227v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Valdes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Daubas-Letourneux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fillion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ren&#233;e Gu&#233;vel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063251400751" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05340706v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.252.0031" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566459v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.15702" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03411799v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.9338" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419045v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2019.06.004" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419051v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psm.193.0014" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986070v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.7759" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516357v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Picard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pisu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795666v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Le Bihan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Quidu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795456v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795668v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795708v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795688v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795745v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05007442v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04552835v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02896125v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gustafsson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ondrusova" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02901639v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913770v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05045010v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/inclure-ou-proteger/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707411v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Math&#233;a Boudinet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55778/ts911693406c230" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292787v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913755v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Azzedine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913983v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913740v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>