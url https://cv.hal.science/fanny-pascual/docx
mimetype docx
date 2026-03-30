--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -6417,217 +6417,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00341357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propriétés des ordonnancements SPT: approximation et critères de satisfaction.</w:t>
+                <w:t xml:space="preserve">How good are SPT schedules for fair optimality criteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Angel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evripidis Bampis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Pascual</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of Roadef</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, France. pp.61</w:t>
+              <w:t xml:space="preserve">2nd Multidisciplinary International Conference on Scheduling : Theory and Applications (MISTA 2005)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2005, New York, NY., United States. pp.244--257</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00341360v1</w:t>
+                <w:t xml:space="preserve">hal-00341359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How good are SPT schedules for fair optimality criteria</w:t>
+                <w:t xml:space="preserve">Propriétés des ordonnancements SPT: approximation et critères de satisfaction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Angel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evripidis Bampis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Pascual</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Multidisciplinary International Conference on Scheduling : Theory and Applications (MISTA 2005)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2005, New York, NY., United States. pp.244--257</w:t>
+              <w:t xml:space="preserve">Proceedings of Roadef</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, France. pp.61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00341359v1</w:t>
+                <w:t xml:space="preserve">hal-00341360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Truthful algorithms for scheduling selfish tasks on parallel machines</w:t>
               </w:r>
@@ -7455,51 +7455,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1BCC9BB4"/>
+    <w:nsid w:val="DE6C9588"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7686,51 +7686,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fanny-pascual" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0215-409X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120777037" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/218443511" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/DJY-9349-2022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173496v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Durand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Pascual" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2021.02.031" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770604v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siao-Leu Phouratsamay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Kedad-Sidhoum" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-020-00443-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102674v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Rzadca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2019.2911084" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817667v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disopt.2018.05.001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744684v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2018.01.046" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01488424v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gourv&#232;s" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Monnot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vanderpooten" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2017.01.012" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-03030286v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5130/portal.v14i2.5335" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01317570v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Blogowski" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chr&#233;tienne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2014061" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185099v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Bazgan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2013.01.021" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185284v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00796861v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Dutot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Trystram" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2011.47" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00798443v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Diedrich" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Jansen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-008-9271-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-80T7TNMM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654128v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Angel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evripidis Bampis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex-Ariel Tchetgnia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10951-009-0118-8" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9528QZFH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953257v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.1378" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N1GKVFPD-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341351v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-007-0267-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341352v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-007-9075-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341353v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10951-008-0069-5" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185218v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Liazi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Milis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Zissimopoulos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-007-9069-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341358v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2006.07.057" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X7BFRMF1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05148422v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ehrhard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Escoffier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mathieu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3715275.3732111" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04643513v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kononov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Lucarelli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ISAAC.2023.9" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879341v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Dogeas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2022/636" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814812v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Spanjaard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18843-5_11" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778668v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15714-1_26" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595370v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670210v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389776v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3409964.3461812" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173562v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS47924.2020.00041" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744728v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Skowron" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515434v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516758v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541584v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366464v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thibault" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-42634-1_2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340598v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516804v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516780v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287277v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Cohen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-48096-0_15" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01304901v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HiPC.2015.52" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219738v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215977v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38233-8_18" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690003v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Bouhtou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Ouorou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282465v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288124v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Klopfenstein" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285708v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Thang Nguyen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-24873-3_6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00588339v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285718v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282515v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282507v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-29116-6_5" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291377v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291460v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fouilhoux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289172v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296286v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303906v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-93980-1_7" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644642v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1248377.1248410" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00689789v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74466-5_25" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-M89ZGP5V-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341355v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341356v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11823285" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341357v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341360v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341359v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341361v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511836v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oeditionspacifiquesud.com/germaine-ayrault-journal-dune-femme-libre-1941-1946-commentee-par-fanny-pascual-" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511834v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221763v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diodato Ferraioli" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Moretti" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119005353.ch21" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341354v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781420010749-92" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00422414v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04101347v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fanny-pascual" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0215-409X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120777037" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/218443511" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/DJY-9349-2022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173496v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Durand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Pascual" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2021.02.031" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770604v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siao-Leu Phouratsamay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Kedad-Sidhoum" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-020-00443-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102674v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Rzadca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2019.2911084" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817667v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disopt.2018.05.001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744684v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2018.01.046" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01488424v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gourv&#232;s" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Monnot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vanderpooten" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2017.01.012" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-03030286v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5130/portal.v14i2.5335" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01317570v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Blogowski" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chr&#233;tienne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2014061" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185099v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Bazgan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2013.01.021" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185284v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00796861v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Dutot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Trystram" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2011.47" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00798443v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Diedrich" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Jansen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-008-9271-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-80T7TNMM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654128v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Angel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evripidis Bampis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex-Ariel Tchetgnia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10951-009-0118-8" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9528QZFH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953257v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.1378" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N1GKVFPD-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341351v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-007-0267-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341352v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-007-9075-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341353v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10951-008-0069-5" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185218v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Liazi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Milis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Zissimopoulos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-007-9069-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341358v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2006.07.057" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X7BFRMF1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05148422v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ehrhard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Escoffier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mathieu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3715275.3732111" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04643513v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kononov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Lucarelli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ISAAC.2023.9" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879341v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Dogeas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24963/ijcai.2022/636" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814812v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Spanjaard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18843-5_11" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778668v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15714-1_26" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595370v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670210v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389776v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3409964.3461812" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173562v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS47924.2020.00041" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744728v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Skowron" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515434v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516758v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541584v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366464v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thibault" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-42634-1_2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340598v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516804v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516780v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287277v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Cohen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-48096-0_15" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01304901v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HiPC.2015.52" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219738v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215977v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38233-8_18" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690003v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Bouhtou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Ouorou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282465v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288124v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Klopfenstein" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285708v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Thang Nguyen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-24873-3_6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00588339v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285718v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282515v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282507v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-29116-6_5" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291377v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291460v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fouilhoux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289172v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296286v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303906v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-93980-1_7" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644642v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1248377.1248410" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00689789v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74466-5_25" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-M89ZGP5V-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341355v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341356v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11823285" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341357v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341359v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341360v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341361v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511836v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oeditionspacifiquesud.com/germaine-ayrault-journal-dune-femme-libre-1941-1946-commentee-par-fanny-pascual-" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511834v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221763v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diodato Ferraioli" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Moretti" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119005353.ch21" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341354v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781420010749-92" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00422414v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04101347v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>