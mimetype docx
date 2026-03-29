--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Farouk Yahaya </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Compressed Weighted Nonnegative Matrix Factorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 72, pp.4798-4811. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSP.2024.3469830⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04706788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ calibration of cross-sensitive sensors in mobile sensor arrays using fast informed non-negative matrix factorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vu Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toronto, Canada. pp.3515-3519, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9414742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast informed nonnegative matrix factorization for mobile sensor calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vu Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GdR ISIS (Groupement de Recherche Information Signal Image viSion) : Statistical learning with missing values</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03471618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Projection Streams for (Weighted) Nonnegative Matrix Factorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toronto, Canada. pp.3280-3284, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9413496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaussian Compression Stream: Principle and Preliminary Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iTWIST'20 : international Traveling Workshop on Interactions between low-complexity data models and Sensing Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Nantes, France. Paper-ID 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Apply Random Projections to Nonnegative Matrix Factorization with Missing Entries?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Signal Processing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, A Coruña, Spain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EUSIPCO.2019.8903036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Negative Matrix Factorization with Missing Entries: A Random Projection Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des jeunes chercheurs en Traitement du signal et de l’image 2019 GRAISyHM TSI 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accélération de la factorisation pondérée en matrices non-négatives par projections aléatoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophonede traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lille, France. pp.265-268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie et étalonnage de capteurs conjoints par traitement des données issues de capteurs mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Dorffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National Capteurs et Sciences Participatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast & furious: accelerating weighted NMF using random projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Low-Rank Models and Applications (LRMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Mons, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faster-than-fast NMF using random projections and Nesterov iterations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iTWIST: international Traveling Workshop on Interactions between low-complexity data models and Sensing Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01859713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration en ligne d’un réseau de capteurs mobiles par factorisation matricielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Dorffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Individual Air Pollution Sensors: Innovation or Revolution?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMF for Big Data with Missing Entries: A Random Projection Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Journée Régionale des Doctorants en Automatique et Traitement du Signal (JRDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do random projections fasten an already fast NMF technique using Nesterov optimal gradient?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Journée Régionale des Doctorants en Automatique et Traitement du Signal (JRDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressive informed (semi-)non-negative matrix factorization methods for incomplete and large-scale data : with application to mobile crowd-sensing data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Computer science. Université du Littoral Côte d'Opale, 2021. English. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021DUNK0602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03616665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId33"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Farouk Yahaya </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Compressed Weighted Nonnegative Matrix Factorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 72, pp.4798-4811. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSP.2024.3469830⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04706788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ calibration of cross-sensitive sensors in mobile sensor arrays using fast informed non-negative matrix factorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vu Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toronto, Canada. pp.3515-3519, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9414742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast informed nonnegative matrix factorization for mobile sensor calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vu Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GdR ISIS (Groupement de Recherche Information Signal Image viSion) : Statistical learning with missing values</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03471618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Projection Streams for (Weighted) Nonnegative Matrix Factorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toronto, Canada. pp.3280-3284, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9413496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaussian Compression Stream: Principle and Preliminary Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iTWIST'20 : international Traveling Workshop on Interactions between low-complexity data models and Sensing Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Nantes, France. Paper-ID 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Negative Matrix Factorization with Missing Entries: A Random Projection Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des jeunes chercheurs en Traitement du signal et de l’image 2019 GRAISyHM TSI 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accélération de la factorisation pondérée en matrices non-négatives par projections aléatoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophonede traitement du signal et des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lille, France. pp.265-268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Apply Random Projections to Nonnegative Matrix Factorization with Missing Entries?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Signal Processing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, A Coruña, Spain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EUSIPCO.2019.8903036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast & furious: accelerating weighted NMF using random projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Low-Rank Models and Applications (LRMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Mons, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie et étalonnage de capteurs conjoints par traitement des données issues de capteurs mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Dorffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque National Capteurs et Sciences Participatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faster-than-fast NMF using random projections and Nesterov iterations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iTWIST: international Traveling Workshop on Interactions between low-complexity data models and Sensing Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01859713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration en ligne d’un réseau de capteurs mobiles par factorisation matricielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Dorffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Individual Air Pollution Sensors: Innovation or Revolution?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMF for Big Data with Missing Entries: A Random Projection Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Journée Régionale des Doctorants en Automatique et Traitement du Signal (JRDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do random projections fasten an already fast NMF technique using Nesterov optimal gradient?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Puigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Delmaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Journée Régionale des Doctorants en Automatique et Traitement du Signal (JRDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressive informed (semi-)non-negative matrix factorization methods for incomplete and large-scale data : with application to mobile crowd-sensing data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Yahaya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Computer science. Université du Littoral Côte d'Opale, 2021. English. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021DUNK0602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03616665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId33"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706788v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Yahaya" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Puigt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Delmaire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Roussel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2024.3469830" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126481v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vu Thanh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414742" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471618v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126485v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9413496" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931454v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151521v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2019.8903036" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314813v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145705v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070054v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dorffer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151522v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859713v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868016v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166582v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831111v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03616665v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021DUNK0602" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706788v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Yahaya" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Puigt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Delmaire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Roussel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2024.3469830" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126481v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vu Thanh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414742" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471618v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126485v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9413496" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931454v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314813v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145705v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151521v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2019.8903036" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151522v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070054v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dorffer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859713v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868016v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166582v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831111v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03616665v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021DUNK0602" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>