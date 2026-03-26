--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -982,165 +982,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01627345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’homme en noir dans les médias: victime vulnérable des déviances sportives ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatia Terfous</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal International de Victimologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01627347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La sportive française &amp;quot; entre Révolution nationale et commandement allemand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatia Terfous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clio. Histoire, Femmes et Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 36, pp.209-233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00936533v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01627347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les faits de déviance dans le football féminin : le cas de la ligue et des districts du Nord Pas-de-Calais (2006-2009)</w:t>
               </w:r>
@@ -1258,212 +1258,212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00936524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quand les footballeuses en viennent aux mains…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Penin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatia Terfous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumaya Hidri Neys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Champ Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Vol. VIII, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/champpenal.8083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sport et éducation physique sous le Front Populaire et sous Vichy : approche comparative selon le genre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatia Terfous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 90, pp.49-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00936523v1</w:t>
-              </w:r>
-[...114 lines deleted...]
-                <w:t xml:space="preserve">hal-03427088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La politique en faveur de l'éducation physique des jeunes filles sous Vichy : l'œuvre de Marie-Thérèse Eyquem (1940-1944)</w:t>
               </w:r>
@@ -2765,70 +2765,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01895344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Evaluation des prises de décisions arbitrales par et dans les médias au cours des quatre dernières coupes du monde de football : l’exemple du quotidien « l’Equipe » et de l’hebdomadaire « France Football ».</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatia Terfous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pironom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIIIème colloque "Football &amp; Recherche" : La prise de décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">How referees are socially perceived? A first study about referees stereotype content</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dutrévis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2856,139 +2938,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First International Conference on the Science and Practice of Sports Refereeing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01077053v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-01076306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The question of refereeing performance in média narratives: the case of the rugby world cup</w:t>
               </w:r>
@@ -5084,51 +5084,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432353v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatia Terfous" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432075v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dubois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437301v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Amans-Passaga" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gef.1168" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022669v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.081.0123" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438394v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Corneloup" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Falaix" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895545v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895521v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386112v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.5813" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225694v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Li&#232;vre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2015.09.005" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627345v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936533v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627347v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936532v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936524v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936523v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427088v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaya Hidri Neys" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.8083" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-2TX7FWHD-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936522v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936519v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936535v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432116v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432131v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fabry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432093v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432291v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437310v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437334v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437342v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04983394v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Youn&#232;s" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437319v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145149v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129612v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Simar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne M&#233;rini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145151v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895344v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Masson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tessier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Degb&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077053v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dutr&#233;vis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Toczek" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076306v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114887v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00794805v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Monta&#241;ola" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436808v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Montanola" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436795v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436786v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436787v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436783v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436805v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436801v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436785v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437363v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437351v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437428v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437432v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714899v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01683860v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627348v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05436771v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05436770v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895536v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627351v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627354v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Munoz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627353v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627349v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917269v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9af" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432353v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatia Terfous" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432075v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dubois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437301v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Amans-Passaga" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gef.1168" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022669v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.081.0123" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438394v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Corneloup" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Falaix" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895545v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895521v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386112v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.5813" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225694v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Li&#232;vre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2015.09.005" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627345v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627347v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936533v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936532v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936524v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427088v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaya Hidri Neys" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.8083" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-2TX7FWHD-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936523v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936522v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936519v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936535v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432116v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432131v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fabry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432093v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432291v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437310v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437334v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437342v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04983394v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Youn&#232;s" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437319v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145149v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129612v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Simar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne M&#233;rini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145151v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895344v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Masson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tessier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Degb&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076306v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077053v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dutr&#233;vis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Toczek" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114887v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00794805v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Monta&#241;ola" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436808v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Montanola" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436795v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436786v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436787v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436783v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436805v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436801v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436785v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437363v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437351v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437428v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437432v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714899v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01683860v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627348v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05436771v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05436770v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895536v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627351v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627354v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Munoz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627353v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01627349v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917269v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9af" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>