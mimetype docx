--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -468,425 +468,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05025514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solidification furnace for in situ observation of bulk transparent systems and image analysis methods</w:t>
+                <w:t xml:space="preserve">Cell invasion during competitive growth of polycrystalline solidification patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F L Mota</w:t>
+                <w:t xml:space="preserve">Younggil Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima L Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Medjkoune</w:t>
+                <w:t xml:space="preserve">Damien Tourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaihua Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Strutzenberg Littles</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bernard Billia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0150391⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.2244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-37458-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04147199v1</w:t>
+                <w:t xml:space="preserve">hal-04087286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of macroscopic interface curvature on dendritic patterns during directional solidification of bulk samples: Experimental and phase-field studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.L. Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.L. Mota</w:t>
+                <w:t xml:space="preserve">L. Strutzenberg Littles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Ji</w:t>
+                <w:t xml:space="preserve">R. Trivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Karma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.118849. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.actamat.2023.118849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04025856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell invasion during competitive growth of polycrystalline solidification patterns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Solidification furnace for in situ observation of bulk transparent systems and image analysis methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F L Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Medjkoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Younggil Song</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fatima L Mota</w:t>
+                <w:t xml:space="preserve">L Strutzenberg Littles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Tourret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kaihua Ji</w:t>
+                <w:t xml:space="preserve">A Karma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Billia</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N Bergeon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (1), pp.2244. </w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 94 (6), pp.065111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-37458-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0150391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04087286v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04147199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microgravity studies of solidification patterns in model transparent alloys onboard the International Space Station</w:t>
               </w:r>
@@ -1123,103 +1123,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of sub-boundaries on primary spacing dynamics during 3D directional solidification conducted on DECLIC-DSI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pereda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Trivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 204, pp.116500. </w:t>
@@ -1381,291 +1381,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03304049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscillatory-nonoscillatory transitions for inclined cellular patterns in three-dimensional directional solidification</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bergeon</w:t>
+                <w:t xml:space="preserve">Experimental characterization and theoretical analysis of cell tip oscillations in directional solidification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Pereda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Karma</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rohit Trivedi</w:t>
+                <w:t xml:space="preserve">J.-M. Debierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Debierre</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">B. Billia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Trivedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 102 (3), pp.032803. </w:t>
+              <w:t xml:space="preserve">, 2020, 102 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.102.032803⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.102.032804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02948833v1</w:t>
+                <w:t xml:space="preserve">hal-02951894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization and theoretical analysis of cell tip oscillations in directional solidification</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fatima L. Mota</w:t>
+                <w:t xml:space="preserve">Oscillatory-nonoscillatory transitions for inclined cellular patterns in three-dimensional directional solidification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima L Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bergeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-M. Debierre</w:t>
+                <w:t xml:space="preserve">Alain Karma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rohit Trivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Billia</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Marc Debierre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 102 (3), </w:t>
+              <w:t xml:space="preserve">, 2020, 102 (3), pp.032803. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.102.032804⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.102.032803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02951894v1</w:t>
+                <w:t xml:space="preserve">hal-02948833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal-field effects on interface dynamics and microstructure selection during alloy directional solidification</w:t>
               </w:r>
@@ -1703,51 +1703,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.L. L Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pereda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Billia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 150, pp.139-152. </w:t>
@@ -1798,77 +1798,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental observation of oscillatory cellular patterns in three-dimensional directional solidification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pereda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Billia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Tourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1919,90 +1919,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convection Effects During Bulk Transparent Alloy Solidification in DECLIC-DSI and Phase-Field Simulations in Diffusive Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pereda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Billia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Tourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2047,697 +2047,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01637151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Situ and Real Time Observation of Microstructure Formation during Directional Solidification of a 3D-alloy: Experiments in the DECLIC-DSI</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fatima L. Mota</w:t>
+                <w:t xml:space="preserve">Quantitative determination of the solidus line in the dilute limit of succinonitrile–camphor alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Pereda</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Younggil Song</w:t>
+                <w:t xml:space="preserve">L.M. Fabietti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bergeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.L. Strutzenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Karma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Microgravity Science and Application</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15011/jasma.33.330207⟩</w:t>
+              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 447, pp.31-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2016.04.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01637146v1</w:t>
+                <w:t xml:space="preserve">hal-01637148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative determination of the solidus line in the dilute limit of succinonitrile–camphor alloys</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">N. Bergeon</w:t>
+                <w:t xml:space="preserve">In Situ and Real Time Observation of Microstructure Formation during Directional Solidification of a 3D-alloy: Experiments in the DECLIC-DSI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bergeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.L. Strutzenberg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Karma</w:t>
+                <w:t xml:space="preserve">Jorge Pereda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Tourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younggil Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 447, pp.31-35. </w:t>
+              <w:t xml:space="preserve">International Journal of Microgravity Science and Application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 33 (2), pp.330207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2016.04.054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15011/jasma.33.330207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01637148v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01637146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscillatory cellular patterns in three-dimensional directional solidification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Initial transient behavior in directional solidification of a bulk transparent model alloy in a cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.L. Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bergeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Tourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">N. Bergeon</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Karma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Trivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 92 (4), pp.042401. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 85, pp.362-377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.92.042401⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2014.11.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01637135v1</w:t>
+                <w:t xml:space="preserve">hal-01637124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical microstructure formation in 3D directional solidification of transparent model alloys: in situ characterization in DECLIC Directional Solidification Insert under diffusion transport in microgravity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Oscillatory cellular patterns in three-dimensional directional solidification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Debierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima L. Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bergeon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J M Debierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1757-899X/84/1/012077⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92 (4), pp.042401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.92.042401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01637126v1</w:t>
+                <w:t xml:space="preserve">hal-01637135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initial transient behavior in directional solidification of a bulk transparent model alloy in a cylinder</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Dynamical microstructure formation in 3D directional solidification of transparent model alloys: in situ characterization in DECLIC Directional Solidification Insert under diffusion transport in microgravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bergeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima L. Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Tourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R. Trivedi</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J M Debierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 85, pp.362-377. </w:t>
+              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 84, pp.012077. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2014.11.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1757-899X/84/1/012077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01637124v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01637126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the Nucleation and Growth Kinetics of Some Middle Distillate Fuels and Their Blends with a Model Biodiesel Fuel</w:t>
               </w:r>
@@ -3315,63 +3315,63 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01637114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solubilities of Biologically Active Phenolic Compounds: Measurements and Modeling Additions and corrections</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">António Queimada</w:t>
+                <w:t xml:space="preserve">Solubilities of Biologically Active Phenolic Compounds: Measurements and Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">António J. Queimada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fátima L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3381,114 +3381,114 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénia A. Macedo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 113 (18), pp.6582. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp902789q⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 113 (11), pp.3469-3476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp808683y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01637110v1</w:t>
+                <w:t xml:space="preserve">hal-01637106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solubilities of Biologically Active Phenolic Compounds: Measurements and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">António J. Queimada</w:t>
+                <w:t xml:space="preserve">Solubilities of Biologically Active Phenolic Compounds: Measurements and Modeling Additions and corrections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">António Queimada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fátima L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3498,78 +3498,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénia A. Macedo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 113 (11), pp.3469-3476. </w:t>
+              <w:t xml:space="preserve">, 2009, 113 (18), pp.6582. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp808683y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jp902789q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01637106v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01637110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature and solvent effects in the solubility of some pharmaceutical compounds: Measurements and modeling</w:t>
               </w:r>
@@ -4046,77 +4046,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facet growth and defect dynamics during the solidification of pure salol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anassya Raad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Bergeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Mangelinck-Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F L Mota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Advances in Solidification Processes (ICASP 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IMDEA Materials Institute, Jun 2025, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4135,243 +4135,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05039499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique de l'interface solide-liquide facettée du salol pendant la solidification dirigée</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bergeon</w:t>
+                <w:t xml:space="preserve">Dynamics of the faceted salol interface during directional solidification in thin-samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Raad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Bergeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Mangelinck-Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F L Mota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Annuel du GDR MFA 2799</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Hyeres, France</w:t>
+              <w:t xml:space="preserve">8th International Conference on Solidification and Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Miskolc Committee of Hungarian Academy of Sciences; University of Miskolc, Sep 2024, Miskolc - Lillafüred, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05039491v1</w:t>
+                <w:t xml:space="preserve">hal-05039498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of the faceted salol interface during directional solidification in thin-samples</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F L Mota</w:t>
+                <w:t xml:space="preserve">Dynamique de l'interface solide-liquide facettée du salol pendant la solidification dirigée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anassya Raad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima L Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mangelinck-Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bergeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Solidification and Gravity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Miskolc Committee of Hungarian Academy of Sciences; University of Miskolc, Sep 2024, Miskolc - Lillafüred, Hungary</w:t>
+              <w:t xml:space="preserve">Colloque Annuel du GDR MFA 2799</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Hyeres, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05039498v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05039491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de l'interface solide-liquide facettée du salol pendant la solidification dirigée</w:t>
               </w:r>
@@ -4465,90 +4465,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of faceted solid-liquid interface behavior during the directional solidification of salol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Raad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Bergeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Mangelinck-Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F L Mota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Boston (MA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4800,359 +4800,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03824145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ observation of growth dynamics in DECLIC Directional Solidification Insert onboard ISS: DSI-R flight campaign</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">R. Trivedi</w:t>
+                <w:t xml:space="preserve">Evolution de l'espacement primaire pendant la solidification dirigée d'alliages transparents dans DECLIC-DSI: résultats expérimentaux et simulations champ-de-phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima L Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Pereda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younggil Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaihua Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rohit Trivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">70th International Astronautical Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Washington, United States</w:t>
+              <w:t xml:space="preserve">GdR Micro pesanteur fondamentale et appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336173v1</w:t>
+                <w:t xml:space="preserve">hal-02350577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution de l'espacement primaire pendant la solidification dirigée d'alliages transparents dans DECLIC-DSI: résultats expérimentaux et simulations champ-de-phase</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rohit Trivedi</w:t>
+                <w:t xml:space="preserve">In situ observation of growth dynamics in DECLIC Directional Solidification Insert onboard ISS: DSI-R flight campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.L. Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Lyons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L L Strutzenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Trivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GdR Micro pesanteur fondamentale et appliquée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">70th International Astronautical Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02350577v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of Primary Spacing during Directional Solidification of Transparent Bulk Samples Conducted on DECLIC-DSI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Pereda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Billia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Debierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Decennial International Conference on Solidification Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Old Windsor, United Kingdom</w:t>
@@ -5175,1282 +5175,1282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03378184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la convection pendant la solidification dirigée d'alliages transparents massifs : comparaison des expériences 1g/µg dans DECLIC-DSI</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional grain boundary instability and solitary cell dynamics in directional solidification of binary alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Karma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Debierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pereda</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GdR SAM 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">32nd Annual Meeting of the American Society for Gravitational and Space Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Cleveland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01452434v1</w:t>
+                <w:t xml:space="preserve">hal-01452426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of Microstructure Formation in 3D Directional Solidification of Transparent Model Alloys under Microgravity: Analysis of the Primary Spacing Evolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence de la convection pendant la solidification dirigée d'alliages transparents massifs : comparaison des expériences 1g/µg dans DECLIC-DSI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.L. Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Billia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pereda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">D. Tourret</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Debierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TMS2016 Annual Meeting, Session: Materials Research in Reduced Gravity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Nashville, Tennessee, United States</w:t>
+              <w:t xml:space="preserve">GdR SAM 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01452252v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01452434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-field modeling of cellular and dendritic microstructure formation: dynamical selection of the primary spacing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamics of Microstructure Formation in 3D Directional Solidification of Transparent Model Alloys under Microgravity: Analysis of the Primary Spacing Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Pereda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.L. Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bergeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Song</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Pereda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Tourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd Annual Meeting of the American Society for Gravitational and Space Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Cleveland, United States</w:t>
+              <w:t xml:space="preserve">TMS2016 Annual Meeting, Session: Materials Research in Reduced Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Nashville, Tennessee, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01452427v1</w:t>
+                <w:t xml:space="preserve">hal-01452252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Thermal Drift on the Initial Transient Behavior in Directional Solidification of a Bulk Transparent Model Alloy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Phase-field modeling of cellular and dendritic microstructure formation: dynamical selection of the primary spacing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Debierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">N. Bergeon</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Pereda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Tourret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Trivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TMS2016 Annual Meeting, Session: Materials Research in Reduced Gravity</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">32nd Annual Meeting of the American Society for Gravitational and Space Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Cleveland, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01452093v1</w:t>
+                <w:t xml:space="preserve">hal-01452427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-field Modeling of Cellular and Dendritic Microstructure Formation during Directional Solidification of Binary Alloys under Diffusive Growth Conditions: Dynamical Selection of the Primary Spacing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.-M. Debierre</w:t>
+                <w:t xml:space="preserve">Effect of Thermal Drift on the Initial Transient Behavior in Directional Solidification of a Bulk Transparent Model Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.L. Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bergeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Tourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">N. Bergeon</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Karma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Trivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TMS2016 Annual Meeting, Session: Materials Research in Reduced Gravity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 2016, Nashville, Tennessee, United States</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Feb 2016, Nashville, Tennessee, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119274896.ch3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01452247v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01452093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary spacing evolution during microstructure formation in 3D directional solidification: methods of data treatment of microgravity experiments conducted in the DECLIC-DSI</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phase-field Modeling of Cellular and Dendritic Microstructure Formation during Directional Solidification of Binary Alloys under Diffusive Growth Conditions: Dynamical Selection of the Primary Spacing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Debierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.-M. Debierre</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bergeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67th International Astronautical Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Guadalajara, Mexico</w:t>
+              <w:t xml:space="preserve">TMS2016 Annual Meeting, Session: Materials Research in Reduced Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Nashville, Tennessee, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01452160v1</w:t>
+                <w:t xml:space="preserve">hal-01452247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ analysis of directionally solidified microstructures of Al-Bi-Sn monotectic alloys under varying gravity level</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Primary spacing evolution during microstructure formation in 3D directional solidification: methods of data treatment of microgravity experiments conducted in the DECLIC-DSI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Pereda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Billia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Debierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GdR MFA 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Belgodére, France</w:t>
+              <w:t xml:space="preserve">67th International Astronautical Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Guadalajara, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01452423v1</w:t>
+                <w:t xml:space="preserve">hal-01452160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confinement et convection pendant la solidification dirigée en échantillons minces – études réalisées sur des alliages dilués succinonitrile-camphre</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">In situ analysis of directionally solidified microstructures of Al-Bi-Sn monotectic alloys under varying gravity level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Nardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Abou-Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Reinhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Nguyen-Thi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GdR MFA 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Belgodére, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01452416v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01452423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Désorientation cristalline en solidification dirigée d’alliages transparents massifs: analyse des expériences DECLIC-DSI</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Confinement et convection pendant la solidification dirigée en échantillons minces – études réalisées sur des alliages dilués succinonitrile-camphre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.L. Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">R. Guerin</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.M. Fabietti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bergeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Strutzenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Karma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GdR MFA 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Belgodére, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01452418v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01452416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional grain boundary instability and solitary cell dynamics in directional solidification of binary alloys</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Désorientation cristalline en solidification dirigée d’alliages transparents massifs: analyse des expériences DECLIC-DSI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Pereda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.L. Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Billia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Debierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J. Pereda</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd Annual Meeting of the American Society for Gravitational and Space Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Cleveland, United States</w:t>
+              <w:t xml:space="preserve">GdR MFA 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Belgodére, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01452426v1</w:t>
+                <w:t xml:space="preserve">hal-01452418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6853,51 +6853,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535854v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anassya Raad" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bergeon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mangelinck-Noel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima L Mota" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520626001769" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030333v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mangelinck-No&#235;l" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2025.102405" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025514v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Medjkoune" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Lyons" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;tima L Mota" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiefu Tian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaihua Ji" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.120954" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147199v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F L Mota" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Medjkoune" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Strutzenberg Littles" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Karma" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Bergeon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0150391" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025856v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. Mota" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ji" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Strutzenberg Littles" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Trivedi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karma" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.118849" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087286v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younggil Song" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tourret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Billia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-37458-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250845v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Akamatsu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bottin-Rousseau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Witusiewicz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Hecht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Plapp" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41526-023-00326-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929938v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis M Fabietti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohit Trivedi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.140" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170961v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pereda" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Song" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.116500" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304049v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reinhart" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima L. Mota" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Nguyen-Thi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/s10189-021-00102-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948833v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Karma" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Debierre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.102.032803" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951894v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Debierre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Billia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.102.032804" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785653v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tourret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. L Mota" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.03.012" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637150v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Chen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.012803" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637151v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-017-2395-6" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637146v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Pereda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15011/jasma.33.330207" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637148v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Fabietti" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bergeon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.L. Strutzenberg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.04.054" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637135v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.042401" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637126v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Debierre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/84/1/012077" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637124v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.11.024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637121v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Teychen&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Biscans" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie402984p" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637119v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;tima L. Mota" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio J. Queimada" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonsina E. Andreatta" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sim&#227;o P. Pinho" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nia A. Macedo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2012.02.003" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637117v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Teixeira" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al&#237;rio E. Rodrigues" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie200290r" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637115v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2011.01.014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637114v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2010.07.004" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637110v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Queimada" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp902789q" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637106v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp808683y" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637111v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristides P. Carneiro" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2009.04.009" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637113v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristides Carneiro" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana P. M. Tavares" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie9007612" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637105v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie071452o" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039503v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039499v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Mangelinck-No&#235;l" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039491v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039498v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Raad" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039459v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039480v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039443v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824145v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Strutzenberg Littles" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336173v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Lyons" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L L Strutzenberg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350577v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378184v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Billia" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Song" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452434v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guerin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452252v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452427v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452093v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119274896.ch3" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452247v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452160v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452423v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nardi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abou-Khalil" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reinhart" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nguyen-Thi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452416v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Strutzenberg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452418v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452426v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039486v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039514v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535854v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anassya Raad" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bergeon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mangelinck-Noel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima L Mota" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520626001769" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030333v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mangelinck-No&#235;l" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2025.102405" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025514v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Medjkoune" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Lyons" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;tima L Mota" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiefu Tian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaihua Ji" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.120954" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087286v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younggil Song" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tourret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Billia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-37458-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025856v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. Mota" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ji" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Strutzenberg Littles" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Trivedi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karma" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.118849" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147199v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F L Mota" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Medjkoune" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Strutzenberg Littles" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Karma" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Bergeon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0150391" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250845v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Akamatsu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bottin-Rousseau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Witusiewicz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Hecht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Plapp" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41526-023-00326-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929938v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis M Fabietti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohit Trivedi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.140" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170961v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pereda" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Song" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.116500" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304049v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reinhart" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima L. Mota" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Nguyen-Thi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/s10189-021-00102-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951894v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Debierre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Billia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.102.032804" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948833v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Karma" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Debierre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.102.032803" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785653v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tourret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. L Mota" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.03.012" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637150v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Chen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.012803" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637151v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-017-2395-6" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637148v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Fabietti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bergeon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.L. Strutzenberg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.04.054" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637146v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Pereda" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15011/jasma.33.330207" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637124v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.11.024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637135v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.042401" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637126v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Debierre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/84/1/012077" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637121v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Teychen&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Biscans" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie402984p" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637119v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;tima L. Mota" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio J. Queimada" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonsina E. Andreatta" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sim&#227;o P. Pinho" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nia A. Macedo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2012.02.003" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637117v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Teixeira" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al&#237;rio E. Rodrigues" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie200290r" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637115v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2011.01.014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637114v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2010.07.004" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637106v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp808683y" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637110v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Queimada" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp902789q" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637111v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristides P. Carneiro" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2009.04.009" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637113v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristides Carneiro" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana P. M. Tavares" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie9007612" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637105v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie071452o" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039503v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039499v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Mangelinck-No&#235;l" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039498v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Raad" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039491v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039459v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039480v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039443v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824145v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Strutzenberg Littles" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350577v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336173v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Lyons" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L L Strutzenberg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378184v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Billia" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Song" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452426v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452434v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guerin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452252v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452427v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452093v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119274896.ch3" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452247v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452160v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452423v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nardi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abou-Khalil" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reinhart" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nguyen-Thi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452416v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Strutzenberg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01452418v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039486v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039514v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>