--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> FATMA GUNERI </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fatma-guneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7071-6800</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fatma GÜNERİ</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénieur de recherche en gestion de la créativité et de l'innovation dans les espaces de travail à LIDD École de Design, Institut Catholique de Lille (ICL).Co-Pilote du Projet “Place de Village – Inventer le campus intégral, vivant, durable et participatif” à Direction Responsabilité Sociétale et Environnementale, ICL.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de l’équipe du projet CICAMI (Economie Circulaire et des Nouveaux Modèles de Développement) à la Faculté d’Économie, Gestion&Sciences, ICL. (FGES).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les Facultés de l’Université Catholique de Lille59016 Lille cedex</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fatma.guneri@univ-catholille.fr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">Tél : 06.25.42.87.2142 ans-Célibataire-pas d’enfant</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">VERSİON AVRIL 2024EXPERIENCES PROFESSIONNELLES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023 à aujourd’huiCo-Pilote du Projet “Place de Village – Inventer le campus intégral, vivant, durableet participatif”Rôle d’urbanisation du campus, lieu central au cœur des services aux étudiants, relié à l’ensemble du campus et du quartier, incarnation du vivant, du participatif et du durable.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Problématique : Comment associer les usagers dans la conception, dans la vie de la place du village  et le futur de la place?</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023 à aujourd’huiMembre de l’équipe du projet CICAMI (Economie Circulaire et des Nouveaux Modèles de Développement) en collaboration avec la Région des Hauts-de-France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notre projet a pour but de proposer un modèle d’équilibre risque-rentabilité-durabilité :• Permettant de développer une analyse financière pondérée par les indicateurs extra-financiers• Afin d’y arriver, nous étudierons les PMEs/TPEs de la région Hauts-de-France• Les entreprises ciblées :⊛ PMEs/TPEs dans le portefeuille d’Autonomie & Solidarité⊛ PMEs/TPEs dans le portefeuille de la Fondation de l’Université Catholique de Lille</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017 à aujourd’huiOrganisation des ateliers de Design Thinking (Co-Design) en intelligence collective à l'Université Catholique de Lille</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le dernier atelier organisé en 2024 : Imagining Inclusive Open Spaces/ Imaginer des espaces ouverts inclusifsParticipants : Les professeurs et les étudiants de Nottingham Trent University, AngleterreL'objectif de ce workshop est d'inciter les participants à réfléchir de manière créative sur les espaces ouverts inclusives dans différents contextes et à explorer le concept d'inclusion à travers la représentation visuelle.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017 à 2021Ingénieur de recherche spécialisé dans les tiers-lieux dans le cadre du projet « Écosystème Innovant de Lille » en partenariat avec la Région des Hauts-de-France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ce projet repose sur les rôles de trois principaux acteurs dans le développement innovant de la Métropole de Lille et de sa région : les acteurs compétitifs, les startups et les espaces créatifs, innovants et collaboratifs, tels que les tiers-lieux (Maker spaces, fablabs, espaces de co-travail, etc.).2016Stage de recherche: Innovation sociale et universelle, Concevoir un produit intuitif, CESI Nanterre&Tactile Studio Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les activités:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Constituer une synthèse bibliographique sur l’interaction intuitive</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participer à la définition du protocole expérimental</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Recueillir et analyser les données expérimentales, en collaboration avec une doctorante</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Valoriser ce travail sous la forme d’un poster</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012 à fin 2014Attaché temporaire d’enseignement et de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En qualité de doctorante, j'ai été chargée d'enseignement et de recherches académiques au sein du département de Marketing de l'Institut d'Administration des Entreprises de l'Université de Lille.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008-2011Boursier de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En tant que doctorante, j'ai bénéficié d'une bourse pour mener ma thèse de doctorat et développer mes compétences en enseignement et en recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008 à aujourd’huiEn tant qu'enseignante/conférencière/intervenante dans des cours sur les espaces du travail, la gestion de la créativité et de l'innovation, les compétences de leadership et le marketing.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignante à temps plein dans les écoles et les facultés de l'Université Catholique de Lille, ainsi que enseignante occasionnelle à l'IESEG School of Management et à SKEMA Business School. Enseignante invitée à l'étranger en Lituanie et au Japon ainsi qu'à distance pour le Nomiki Bibliothiki College (Grèce) et la Faculté de Droit à ICL (</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://college.nb.org/international-business-for-lawyers-ibfl/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible workspace and coworking pricing over time in NYC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Newlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31 (11), pp.1-4. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13504851.2023.2174493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04575350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From student observations to tweet data: climate change in fake news</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Taddei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31 (21), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13504851.2023.2226904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of gender equity from the perspective of academic culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rakibe Kulcur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelin Gul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Forum for Gender, Law and Policy and The Diversity, Equity and Equality Unit - Gender equity in academia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Haifa (Israël), Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMERGING TELEPRESENCE TECHNOLOGIES IN HYBRID LEARNING ENVIRONMENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Elmimouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andriana Boudouraki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahumada-Newhart Verónica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Telepresence Technologies in Hybrid Learning Environments: CHI 2022 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, New Orleans (LA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Twitter as a community for researcher mental health – a workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Gauttier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darragh McCashin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Lugova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Conference of the Researcher Mental Health Observatory (ReMO 2022): Bridging Research and Practice in Fostering Healthy Academic Workplaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do Fab Labs enable the emergence of entrepreneurial intentions amongst disadvantaged youth?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik Claeyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Mbaye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Smart and Sustainable Cities Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Exploratory Study about On-Line Students &amp; Professors Pedagogical Difficulties Faced During the Pandemic Period of 2020-2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Eid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gulrenk Hayircil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERENCE/ EXPLORING VISUAL WORLDS OF EDUCATION IN THE CONTEXT OF CRISES AND NEW SPACES OF OPPORTUNITIES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bergen, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Network spatialities and temporalities » (From rhythm to space of flows, space of places) https://www.youtube.com/watch?v=ppYactCWqUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Ghassemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiza Brakel-Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Astier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« La société en réseaux: Réévaluations et applications d’un concept »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment manager son equipe à distance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Dautais Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comment manager son equipe à distance?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTC, Institut Catholique de Lille, Jan 2021, Lille, France. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.23026.73922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do Fab Labs enable the emergence of entrepreneurial intentions amongst disadvantaged youth ? The case of a solidarity Fab Lab in Lille, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik Claeyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Mbaye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIRC 2019, Social Innovation - Local Solutions to Global Challenges, Glasgow, UK</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dynamiques de l'innovation numérique dans les Hauts-de-France: une histoire de systèmes ou d'écosystème ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Irrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Hallier-Vanuxeem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ruiz-Bowen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouk Mukherjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOSAIC HEC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIMS (Association Internationale de Management Stratégique), Oct 2018, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technological and collaborative affordances in corporate innovation Labs – a case study in the retail industry (hal-03279081)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Irrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Abbé Grégoire Innovation Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes de Recherche : Historique, Etat des Lieux, Typologie, Performances des Tiers-Lieux et des Espaces de Créativité et d'Innovation sur Lille et sur sa Métropole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le 9ème Journée du Groupe Thématique Innovation de L’Association International de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Association International de Management Stratégique, Oct 2018, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maker Spaces Through the Innovative Ecosystem of Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SASE-What's Next? Disruptive/Collaborative Economy or Business as Usual?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, the Society for the Advancement of Socio-Economics (SASE), Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FabLabs en Turquie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EECC Colloquium, Germany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Academy of Management, Feb 2016, Halle (Allemagne), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suspense et Marketing Expérientiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Congrès des Instituts d’Administration des Entreprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suspense et Marketing Expérientiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Conférence Internationale sur les Études dans le Sciences Sociales Interdisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Athenes, Grece, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Well-Being, Tertiary Education and Physicians in Urban Life: Moving Hand in Hand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murat Güneş</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERNATIONAL CONFERENCE ON URBAN MENTAL HEALTH 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Amsterdam, Netherlands. Unpublished; Unpublished, 2024, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.24935.62889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">@ACADEMIC CHATTER,#ACADEMIC MENTAL HEALTH FROM TWITTER TO YOUTUBE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gökce Gökalp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darragh McCashin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Paola Jimenez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Conference of the Researcher Mental Health Observatory (ReMO 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Budapest, Hungary. 19, 2017, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/jmir.6173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Téléprésence robots as a student and as a teacher in the classrooms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meltem Ünal Deligny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Scientix Conference European Schoolnet Transforming Education in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Web Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Student and Professor Satisfactions and Challenges During the Pandemic Period of 2020-2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gulrenk Hayircil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Halim Hasanzada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Community Mental Health and Well-Being in the New Normal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IGI Global; IGI Global, pp.1-13, 2023, Advances in Psychology, Mental Health, and Behavioral Studies, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-6684-7221-7.ch001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04575360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Entreprise Dans Un Espace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sous la Direction de Cynthia Eid. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pilotons ensemble l’innovation d’aujourd’hui et de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04575368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helping international researchers thrive abroad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murat Güneş</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Schroijen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Hotel Rooms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Quenescourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABC-CLIO Press volume: The Encyclopedia of Artificial Intelligence: The Past, Present, and Future of AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil, visualisation et analyse exploratoire des données qualitatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId77"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> FATMA GUNERI </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fatma-guneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7071-6800</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fatma GÜNERİ</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénieur de recherche en gestion de la créativité et de l'innovation dans les espaces de travail à LIDD École de Design, Institut Catholique de Lille (ICL).Co-Pilote du Projet “Place de Village – Inventer le campus intégral, vivant, durable et participatif” à Direction Responsabilité Sociétale et Environnementale, ICL.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de l’équipe du projet CICAMI (Economie Circulaire et des Nouveaux Modèles de Développement) à la Faculté d’Économie, Gestion&Sciences, ICL. (FGES).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les Facultés de l’Université Catholique de Lille59016 Lille cedex</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fatma.guneri@univ-catholille.fr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">Tél : 06.25.42.87.2142 ans-Célibataire-pas d’enfant</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">VERSİON AVRIL 2024EXPERIENCES PROFESSIONNELLES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023 à aujourd’huiCo-Pilote du Projet “Place de Village – Inventer le campus intégral, vivant, durableet participatif”Rôle d’urbanisation du campus, lieu central au cœur des services aux étudiants, relié à l’ensemble du campus et du quartier, incarnation du vivant, du participatif et du durable.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Problématique : Comment associer les usagers dans la conception, dans la vie de la place du village  et le futur de la place?</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023 à aujourd’huiMembre de l’équipe du projet CICAMI (Economie Circulaire et des Nouveaux Modèles de Développement) en collaboration avec la Région des Hauts-de-France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notre projet a pour but de proposer un modèle d’équilibre risque-rentabilité-durabilité :• Permettant de développer une analyse financière pondérée par les indicateurs extra-financiers• Afin d’y arriver, nous étudierons les PMEs/TPEs de la région Hauts-de-France• Les entreprises ciblées :⊛ PMEs/TPEs dans le portefeuille d’Autonomie & Solidarité⊛ PMEs/TPEs dans le portefeuille de la Fondation de l’Université Catholique de Lille</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017 à aujourd’huiOrganisation des ateliers de Design Thinking (Co-Design) en intelligence collective à l'Université Catholique de Lille</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le dernier atelier organisé en 2024 : Imagining Inclusive Open Spaces/ Imaginer des espaces ouverts inclusifsParticipants : Les professeurs et les étudiants de Nottingham Trent University, AngleterreL'objectif de ce workshop est d'inciter les participants à réfléchir de manière créative sur les espaces ouverts inclusives dans différents contextes et à explorer le concept d'inclusion à travers la représentation visuelle.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017 à 2021Ingénieur de recherche spécialisé dans les tiers-lieux dans le cadre du projet « Écosystème Innovant de Lille » en partenariat avec la Région des Hauts-de-France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ce projet repose sur les rôles de trois principaux acteurs dans le développement innovant de la Métropole de Lille et de sa région : les acteurs compétitifs, les startups et les espaces créatifs, innovants et collaboratifs, tels que les tiers-lieux (Maker spaces, fablabs, espaces de co-travail, etc.).2016Stage de recherche: Innovation sociale et universelle, Concevoir un produit intuitif, CESI Nanterre&Tactile Studio Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les activités:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Constituer une synthèse bibliographique sur l’interaction intuitive</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participer à la définition du protocole expérimental</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Recueillir et analyser les données expérimentales, en collaboration avec une doctorante</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Valoriser ce travail sous la forme d’un poster</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012 à fin 2014Attaché temporaire d’enseignement et de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En qualité de doctorante, j'ai été chargée d'enseignement et de recherches académiques au sein du département de Marketing de l'Institut d'Administration des Entreprises de l'Université de Lille.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008-2011Boursier de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En tant que doctorante, j'ai bénéficié d'une bourse pour mener ma thèse de doctorat et développer mes compétences en enseignement et en recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008 à aujourd’huiEn tant qu'enseignante/conférencière/intervenante dans des cours sur les espaces du travail, la gestion de la créativité et de l'innovation, les compétences de leadership et le marketing.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignante à temps plein dans les écoles et les facultés de l'Université Catholique de Lille, ainsi que enseignante occasionnelle à l'IESEG School of Management et à SKEMA Business School. Enseignante invitée à l'étranger en Lituanie et au Japon ainsi qu'à distance pour le Nomiki Bibliothiki College (Grèce) et la Faculté de Droit à ICL (</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://college.nb.org/international-business-for-lawyers-ibfl/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From student observations to tweet data: climate change in fake news</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Taddei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31 (21), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13504851.2023.2226904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible workspace and coworking pricing over time in NYC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Newlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31 (11), pp.1-4. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13504851.2023.2174493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04575350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of gender equity from the perspective of academic culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rakibe Kulcur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelin Gul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Forum for Gender, Law and Policy and The Diversity, Equity and Equality Unit - Gender equity in academia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Haifa (Israël), Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Twitter as a community for researcher mental health – a workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Gauttier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darragh McCashin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Lugova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Conference of the Researcher Mental Health Observatory (ReMO 2022): Bridging Research and Practice in Fostering Healthy Academic Workplaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMERGING TELEPRESENCE TECHNOLOGIES IN HYBRID LEARNING ENVIRONMENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Elmimouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andriana Boudouraki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahumada-Newhart Verónica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Telepresence Technologies in Hybrid Learning Environments: CHI 2022 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, New Orleans (LA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do Fab Labs enable the emergence of entrepreneurial intentions amongst disadvantaged youth?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik Claeyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Mbaye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Smart and Sustainable Cities Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Exploratory Study about On-Line Students &amp; Professors Pedagogical Difficulties Faced During the Pandemic Period of 2020-2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Eid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gulrenk Hayircil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERENCE/ EXPLORING VISUAL WORLDS OF EDUCATION IN THE CONTEXT OF CRISES AND NEW SPACES OF OPPORTUNITIES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bergen, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Network spatialities and temporalities » (From rhythm to space of flows, space of places) https://www.youtube.com/watch?v=ppYactCWqUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Ghassemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiza Brakel-Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Astier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« La société en réseaux: Réévaluations et applications d’un concept »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment manager son equipe à distance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Dautais Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comment manager son equipe à distance?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTC, Institut Catholique de Lille, Jan 2021, Lille, France. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.23026.73922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do Fab Labs enable the emergence of entrepreneurial intentions amongst disadvantaged youth ? The case of a solidarity Fab Lab in Lille, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik Claeyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Mbaye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIRC 2019, Social Innovation - Local Solutions to Global Challenges, Glasgow, UK</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes de Recherche : Historique, Etat des Lieux, Typologie, Performances des Tiers-Lieux et des Espaces de Créativité et d'Innovation sur Lille et sur sa Métropole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le 9ème Journée du Groupe Thématique Innovation de L’Association International de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Association International de Management Stratégique, Oct 2018, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technological and collaborative affordances in corporate innovation Labs – a case study in the retail industry (hal-03279081)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Irrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Abbé Grégoire Innovation Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dynamiques de l'innovation numérique dans les Hauts-de-France: une histoire de systèmes ou d'écosystème ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Irrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Hallier-Vanuxeem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ruiz-Bowen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouk Mukherjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOSAIC HEC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIMS (Association Internationale de Management Stratégique), Oct 2018, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maker Spaces Through the Innovative Ecosystem of Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SASE-What's Next? Disruptive/Collaborative Economy or Business as Usual?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, the Society for the Advancement of Socio-Economics (SASE), Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FabLabs en Turquie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EECC Colloquium, Germany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Academy of Management, Feb 2016, Halle (Allemagne), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suspense et Marketing Expérientiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Congrès des Instituts d’Administration des Entreprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suspense et Marketing Expérientiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Conférence Internationale sur les Études dans le Sciences Sociales Interdisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Athenes, Grece, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Well-Being, Tertiary Education and Physicians in Urban Life: Moving Hand in Hand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murat Güneş</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERNATIONAL CONFERENCE ON URBAN MENTAL HEALTH 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Amsterdam, Netherlands. Unpublished; Unpublished, 2024, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.24935.62889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">@ACADEMIC CHATTER,#ACADEMIC MENTAL HEALTH FROM TWITTER TO YOUTUBE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gökce Gökalp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darragh McCashin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Paola Jimenez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Conference of the Researcher Mental Health Observatory (ReMO 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Budapest, Hungary. 19, 2017, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/jmir.6173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Téléprésence robots as a student and as a teacher in the classrooms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meltem Ünal Deligny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Scientix Conference European Schoolnet Transforming Education in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Web Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Student and Professor Satisfactions and Challenges During the Pandemic Period of 2020-2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gulrenk Hayircil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Halim Hasanzada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Community Mental Health and Well-Being in the New Normal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IGI Global; IGI Global, pp.1-13, 2023, Advances in Psychology, Mental Health, and Behavioral Studies, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-6684-7221-7.ch001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04575360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Entreprise Dans Un Espace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Guneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sous la Direction de Cynthia Eid. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pilotons ensemble l’innovation d’aujourd’hui et de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04575368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helping international researchers thrive abroad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murat Güneş</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Schroijen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Hotel Rooms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Quenescourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABC-CLIO Press volume: The Encyclopedia of Artificial Intelligence: The Past, Present, and Future of AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil, visualisation et analyse exploratoire des données qualitatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Güneri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId77"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2BE82963"/>
+    <w:nsid w:val="79FE2F53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -254,51 +254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="95BC8C83"/>
+    <w:nsid w:val="885A2760"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -488,51 +488,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fatma-guneri" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7071-6800" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fatma.guneri@univ-catholille.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college.nb.org/international-business-for-lawyers-ibfl/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575350v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Guneri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Newlands" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2023.2174493" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709653v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma G&#252;neri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Taddei" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2023.2226904" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818573v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakibe Kulcur" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelin Gul" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819058v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Elmimouni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Perez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriana Boudouraki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahumada-Newhart Ver&#243;nica" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818619v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Gauttier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh McCashin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lugova" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820976v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Claey&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mbaye" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820614v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Eid" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulrenk Hayircil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820602v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ghassemi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiza Brakel-Ahmed" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Astier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04822889v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Dautais Muller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.23026.73922" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821092v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821408v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Irrmann" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Hallier-Vanuxeem" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ruiz-Bowen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Mukherjee" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821450v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821350v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roche" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821560v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04822795v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04822813v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04822839v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04823134v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat G&#252;ne&#351;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.24935.62889" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04823093v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;kce G&#246;kalp" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paola Jimenez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.6173" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04823111v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meltem &#220;nal Deligny" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575360v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Halim Hasanzada" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-6684-7221-7.ch001" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575368v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04823207v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Schroijen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04826520v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Quenescourt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820700v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04826961v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fatma-guneri" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7071-6800" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fatma.guneri@univ-catholille.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college.nb.org/international-business-for-lawyers-ibfl/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709653v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma G&#252;neri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Taddei" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2023.2226904" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575350v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Guneri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Newlands" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2023.2174493" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818573v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakibe Kulcur" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelin Gul" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818619v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Gauttier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh McCashin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lugova" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819058v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Elmimouni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Perez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriana Boudouraki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahumada-Newhart Ver&#243;nica" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820976v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Claey&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mbaye" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820614v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Eid" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulrenk Hayircil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820602v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ghassemi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiza Brakel-Ahmed" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Astier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04822889v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Dautais Muller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.23026.73922" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821092v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821350v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821450v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Irrmann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821408v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Hallier-Vanuxeem" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ruiz-Bowen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Mukherjee" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821560v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04822795v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04822813v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04822839v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04823134v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat G&#252;ne&#351;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.24935.62889" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04823093v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;kce G&#246;kalp" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paola Jimenez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.6173" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04823111v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meltem &#220;nal Deligny" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575360v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Halim Hasanzada" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-6684-7221-7.ch001" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575368v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04823207v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Schroijen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04826520v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Quenescourt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820700v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04826961v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>