--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Faustine Cantalloube </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de Recherche CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">faustine-cantalloube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3968-3780</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">198216769</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cantalloube_f_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">232148933595154301085</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (93)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orbit and atmosphere of HIP 99770 b through the eyes of VLTI/GRAVITY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Winterhalder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mérand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 700, pp.A4. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202554766⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05369259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on the Orbit of the Young Substellar Companion GQ Lup B from High-resolution Spectroscopy and VLTI/GRAVITY Astrometry *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vidya Venkatesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Blunt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.-D. Marleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 993 (1), pp.69. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ae0c15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05369278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct imaging discovery of a young giant planet orbiting on Solar System scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Samland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L B F M Waters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M E van den Ancker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W O Balmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 700, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202555064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems. III. Aperture Masking Interferometric Observations of the Star HIP 65426 at 3.8 &amp;lt;i&amp;gt;μ&amp;lt;/i&amp;gt;m</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shrishmoy Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steph Sallum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Hinkley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anand Sivaramkrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Cooper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 983, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/adaeb7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High contrast at short separation with VLTI/GRAVITY: Bringing Gaia companions to light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pourré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. O. Winterhalder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Le Bouquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bidot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 686, pp.A258. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202449507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for low-mass companions at small separations in transition disks with aperture masking interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Blakely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Johnstone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 682, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202347291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04479005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection Limits of Thermal-infrared Observations with Adaptive Optics. I. Observational Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sauter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Heidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 136 (9), pp.095001. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1538-3873/ad6f45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLTI/GRAVITY Provides Evidence the Young, Substellar Companion HD 136164 Ab Formed Like a “Failed Star”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Balmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Pueyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 167 (2), pp.64. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/ad1689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04449343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The debris disc of HD 131488: bringing together thermal emission and scattered light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Pawellek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attila Moór</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kirchschlager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ágnes Kóspál</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 527 (2), pp.3559-3584. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stad3455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems. IV. NIRISS Aperture Masking Interferometry Performance and Lessons Learned</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steph Sallum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shrishmoy Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anand Sivaramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Cooper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 963, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/ad21fb⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04478997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Apples with Apples: Robust Detection Limits for Exoplanet High-contrast Imaging in the Presence of Non-Gaussian Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus J. Bonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily O. Garvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy D. Gebhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix A. Dannert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 166, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/acc93c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04479063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First VLTI/GRAVITY Observations of HIP 65426 b: Evidence for a Low or Moderate Orbital Eccentricity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Blunt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. O. Balmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petrus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 166, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/ad06b7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04479028v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIP: A Python package for high-contrast imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Christiaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf Farkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl-Henrik Dahlqvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert Nasedkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Open Source Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21105/joss.04774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the atmosphere of the exoplanet 51 Eridani b with VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brown-Sevilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mollière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Feldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 673, pp.A98. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of high-contrast image processing on atmospheric retrievals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Nasedkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mollière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kreidberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 678, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202346585⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04505558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct discovery of the inner exoplanet in the HD 206893 system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hinkley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.-D. Marleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 671, pp.L5. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early-release Science Program for Direct Observations of Exoplanetary Systems II: A 1 to 20 μm Spectrum of the Planetary-mass Companion VHS 1256–1257 b</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brittany E Miles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beth A Biller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polychronis Patapis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kadin Worthen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Rickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 946, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/acb04a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems I: High-Contrast Imaging of the Exoplanet HIP 65426 b from 2−16 µm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aarynn Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Hinkley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Skemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beth Biller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 951 (1), pp.L20. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/acd93e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLTI/GRAVITY Observations and Characterization of the Brown Dwarf Companion HD 72946 B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Balmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Pueyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henrique Reggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 956 (2), pp.99. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/acf761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The β Pictoris system: Setting constraints on the planet and the disk structures at mid-IR wavelengths with NEAR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Skaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Thebault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Kral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 675, pp.A35. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202245143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining masses and separations of unseen companions to five accelerating nearby stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonavita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Benatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 665, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03780746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redundant apodization for direct imaging of exoplanets. II. Application to island effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Leboulleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Carlotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou N'Diaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Bertrou-Cantou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 666, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03860284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signs of late infall and possible planet formation around DR Tau using VLT/SPHERE and LBTI/LMIRCam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dino Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ginski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Ertel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 658, pp.A63. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03458519v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orbital and dynamical analysis of the system around HR 8799. New astrometric epochs from VLT/SPHERE and LBT/LUCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Goździewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Nogueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 666, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03854051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration of quasi-static aberrations in exoplanet direct-imaging instruments with a Zernike phase-mask sensor. IV. Temporal stability of non-common path aberrations in VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Dohlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. N’diaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. H. Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 660, pp.A140. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-depth direct imaging and spectroscopic characterization of the young Solar System analog HD 95086</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Desgrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Christiaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. -X. Lefranc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 664, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03777336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SHARDDS survey: limits on planet occurrence rates based on point sources analysis via the Auto-RSM framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. -H. Dahlqvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Matra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 666, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03860286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ESO's Extremely Large Telescope Working Groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Padovani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cirasuolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. van der Burg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 189, pp.23-30. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-04072834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extended scattered light disk around AT Pyx. Possible planet formation in a cometary globule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ginski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dominik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jorquera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 662, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03705344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Great Dimming of Betelgeuse from the VLT/VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Montargès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cannon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lagadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Koter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Kervella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the International Astronomical Union</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 366, pp.117-123. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1743921322000667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03948289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New binaries from the SHINE survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonavita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Squicciarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. d'Orazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 663, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03777340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reference-star differential imaging on SPHERE/IRDIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Xie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 666, </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03854056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two Rings and a Marginally Resolved, 5 au Disk around LkCa 15 Identified via Near-infrared Sparse Aperture Masking Interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dori Blakely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logan Francis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doug Johnstone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Soulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Tuthill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 931, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ac6586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03690858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-contrast, high-angular resolution view of the GJ 367 exoplanet system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per Calissendorff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neige Frankel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 513, pp.661-669. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stac961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03667421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GRAVITY K -band spectroscopy of HD 206893 B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvestre Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Molliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David K Sing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 652, pp.A57. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03365088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multiwavelength analysis of the spiral arms in the protoplanetary disk around WaOph 6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. B. Brown-Sevilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Keppler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barraza-Alfaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. D. Melon Fuksman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kurtovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 654, 17 pp. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03585936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for a fifth planet around HR 8799 using the star-hopping RDI technique at VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Wahhaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cieza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 648, pp.A26. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03585641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The HD 206893 planetary system seen with VLT/SPHERE. Upper limit on the dust albedo and constraints on additional companions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. -M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. G. van Holstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 651, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03705301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating point sources in MWC 758 with SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ménard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 652, pp.L8. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202141177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03318411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The mass of β Pictoris c from β Pictoris b orbital motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Shangguan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 654, pp.L2. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202141889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining the Nature of the PDS 70 Protoplanets with VLTI/GRAVITY ∗</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 161 (3), pp.148. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/abdb2d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03433162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto-RSM: An automated parameter-selection algorithm for the RSM map exoplanet detection algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.-H. Dahlqvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Absil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 656, pp.A54. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202141446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SPHERE infrared survey for exoplanets (SHINE) I. Sample definition and target characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonavita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Messina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lecoroller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 651, pp.A70. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct imaging and spectroscopy of exoplanets with the ELT/HARMONI high-contrast module</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Houllé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Carlotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 652, pp.A67. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forging a sustainable future for astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonard Burtscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Dalgleish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Beuchert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhijeet Borkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (9), pp.857-860. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41550-021-01486-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dusty veil shading Betelgeuse during its Great Dimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Montargès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cannon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Lagadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Koter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kervella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 594 (7863), pp.365-368. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-021-03546-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-03264154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbers: SPHERE detection limits to planetary-mass companions in protoplanetary disks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Asensio-Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas K. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Pinilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dino Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 652, pp.A101. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SPHERE infrared survey for exoplanets (SHINE) II. Observations, data reduction and analysis, detection performances, and initial results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 651, pp.A71. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03286624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SPHERE infrared survey for exoplanets (SHINE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fontanive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beth Biller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariangela Bonavita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 651, pp.A72. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The search for disks or planetary objects around directly imaged companions: a candidate around DH Tauri B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fontanive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 641, pp.A131. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201937290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02990171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The wind-driven halo in high-contrast images I: analysis from the focal plane images of SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ollie J. D. Farley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazim Ali Bharmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201937397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orbital and spectral characterization of the benchmark T-type brown dwarf HD 19467B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Molaverdikhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Trifonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mollière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 639, pp.A47. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202037984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02990181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HD 117214 debris disk: scattered-light images and constraints on the presence of planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Engler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Schmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 635, pp.A19. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dusty benchmark brown dwarf near the ice line of HD 72946</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M. Alcalá</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Z. Majidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Frasca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. F. Manara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Rigliaco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 633, pp.L2. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201937134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03040498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct confirmation of the radial-velocity planet β Pictoris c</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rubini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 642, pp.L2. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for the near-infrared counterpart of Proxima c using multi-epoch high-contrast SPHERE data at VLT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Le Coroller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Damasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. del Sordo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 638, pp.A120. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202037594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02898990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the β Pictoris system, coupling high contrast imaging, interferometric, and radial velocity data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rubini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Grandjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 642, pp.A18. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02956584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peering into the formation history of β Pictoris b with VLTI/GRAVITY long-baseline interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvestre Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mollière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 633, pp.A110. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STIM map: detection map for exoplanets imaging beyond asymptotic Gaussian residual speckle noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Pairet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A. Gomez Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jacques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 487, pp.2262-2277. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stz1350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03703561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the Discs of Herbig Ae/Be Stars at Terrestrial Orbits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration of quasi-static aberrations in exoplanet direct-imaging instruments with a Zernike phase-mask sensor. III. On-sky validation in VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou N’diaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kjetil Dohlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 629, pp.A11. </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The GRAVITY Young Stellar Object survey I. Probing the disks of Herbig Ae/Be stars in terrestrial orbits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lazareff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Klarmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Segura-Cox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 632, pp.A53. </w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLT/SPHERE exploration of the young multiplanetary system PDS70</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Keppler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 632, pp.A25. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatially Resolving the Inner Gaseous Disc of the Herbig Star 51 Oph through its CO Ro-vibration Emission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GRAVITY and the Galactic Centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images at the Highest Angular Resolution with GRAVITY: The Case of η Carinae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peering through SPHERE Images: A Glance at Contrast Limitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kjetil Dohlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vigan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Messenger No. 176, </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hint of curvature in the orbital motion of the exoplanet 51 Eridani b using 3 yr of VLT/SPHERE monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 624, pp.A118. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatially Resolving the Quasar Broad Emission Line Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatially Resolved Accretion-Ejection in Compact Binaries with GRAVITY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPHERE view of the jet and the envelope of RY Tauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Garufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Podio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bacciotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antoniucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 628, pp.A68. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining mass limits around HD 163296 through SPHERE direct imaging data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. D’orazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 488 (1), pp.37-46. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stz1662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hunting Exoplanets with Single-Mode Optical Interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple Star Systems in the Orion Nebula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Image of the Dust Sublimation Region in the Nucleus of NGC 1068</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral and orbital characterisation of the directly imaged giant planet HIP 65426 b</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cheetham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brems</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Launhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 622, pp.A80. </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201834112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Separating extended disc features from the protoplanet in PDS 70 using VLT/SINFONI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Christiaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Casassus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gomez Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 486, pp.5819-5837. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stz1232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03703847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-conjunction detection of β Pictoris b with VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 621, pp.L8. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201834302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02107856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin of the asymmetry of the wind driven halo observed in high contrast images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E H Por</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Dohlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201834311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of a planetary-mass companion within the gap of the transition disk around PDS 70</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Keppler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. van Boekel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 617, pp.A44. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201832957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrometric and photometric accuracies in high contrast imaging: The SPHERE speckle calibration tool (SpeCal)⋆</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 615, pp.A92. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201832973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GRAVITY chromatic imaging of η Car’s core. Milliarcsecond resolution imaging of the wind-wind collision zone (Brγ, He I)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Sanchez-Bermudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerd Weigelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim M. Bestenlehner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kervella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 618 (125), pp.1-30. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201832977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The GJ 504 system revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 618, pp.A63. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201832942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03473836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Standard for Assessing the Performance of High Contrast Imaging Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Jensen-Clem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Mawet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A. Gomez Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruslan Belikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 155, </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/aa97e4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03693586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orbital and atmospheric characterization of the planet within the gap of the PDS 70 transition disk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Keppler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Samland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 617, pp.L2. </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02079319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLT/SPHERE astrometric confirmation and orbital analysis of the brown dwarf companion HR 2562 B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Lazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 615, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical models to explain observations with SPHERE in planetary systems with double debris belts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 611, pp.A43. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201731426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations of fast-moving features in the debris disk of AU Mic on a three-year timescale: Confirmation and new discoveries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Sezestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Thebault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 614, pp.A52. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral and atmospheric characterization of 51 Eridani b using VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Molliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 603, </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-depth study of moderately young but extremely red, very dusty substellar companion HD 206893B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ginski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 608, pp.A79. </w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201731145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIP : Vortex Image Processing Package for High-contrast Direct Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Alberto Gomez Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Wertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Christiaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Defrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 154 (1-14), </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/aa73d7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01852210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First light of the VLT planet finder SPHERE. III. New spectrophotometry and astrometry of the HR 8799 exoplanetary system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 587 (A57), p. 1-13. </w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201526835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01490537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First light of the VLT planet finder SPHERE IV. Physical and chemical properties of the planets around HR8799</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. L. Baudino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 587, </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201526906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01434357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SF2A Environmental Transition Commission: Summary of the 2025 workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jack Berat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naïs Fargette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Larue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pourré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles de la Société Française d'Astronomie et d'Astrophysique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SF2A, Jul 2026, Toulouse, France. pp.361-365</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SF2A Environmental Transition Commission: Towards a desirable future for research in astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine de l'astrophysique francaise 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Bethermin, K. Baillie, N. Lagarde, J. Malzac, R.-M. Ouazzani, J. Richard, O. Venot, A. Siebert, Jun 2024, Marseille, France. pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SF2A Environmental Transition Commission: What kind of astrophysics research for a sustainable world?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Hennebelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les compte-rendus de la semaine de l’astrophysique française 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Béthermin, K. Baillié, N. Lagarde, J. Malzac, R.-M. Ouazzani, J. Richard, O. Venot, A. Siebert, Jun 2024, Marseille (13), France. pp.295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANDES, the high resolution spectrograph for the ELT: science goals, project overview, and future developments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Marconi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Abreu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vardan Adibekyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Alberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Yokohama, Japan. pp.1309613, </w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3017966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating METIS' SCAO System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Feldt Feldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horst Steuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Correia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Obereder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Raffetseder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 7th Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Avignon, France. </w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental transition: overview of actions to reduce the environmental footprint of astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Leboulleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Alice Foujols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Giard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Guilet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées SF2A 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Astronomie et d'Astrophysique, Jun 2023, Strasbourg, France. pp.531L</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04302665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking the high-contrast performance with AO internal data and environmental parameters. Lessons learnt from the High Contrast Data Center and perspectives for the ELT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lagadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 7th Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Avignon, France. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgrading the high contrast imaging facility SPHERE: science drivers and instrument choices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Wildi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Stadler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ground-based and Airborne Instrumentation for Astronomy IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Montréal, Canada. pp.121841S, </w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2630154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03809993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SAXO+, a second-stage adaptive optics for SPHERE on VLT: optical and mechanical design concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Stadler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Diolaiti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Schreiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Cortecchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Lombini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics Systems VIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, France. pp.165, </w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2629970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANDES, the high resolution spectrograph for the ELT: science case, baseline design and path to construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Marconi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abreu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Adibekyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Alberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation Ground-based and Airborne Instrumentation for Astronomy IX 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.1218424, </w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2628689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redundant Apodized Pupils (RAP) for high-contrast imagers robust to segmentation-due aberrations and island effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Leboulleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Carlotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou N'Diaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.63, </w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2629276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exoplanet imaging data challenge, phase II: characterization of exoplanet signals in high-contrast images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Christiaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cantero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Nasedkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cioppa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the SPIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, à renseigner, Unknown Region. </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2627968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03948227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SAXO+ upgrade: system choices & numerical simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics Systems VIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, France. pp.164, </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2629325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPHERE+, Imaging young planets down to the snow line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Beuzit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, virtual, France. </w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exoplanet imaging data challenge: benchmarking the various image processing methods for exoplanet detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Gomez-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carles Cantero Mitjans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Bacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the SPIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online, United States. pp.114485A, </w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2574803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03705143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ExoGRAVITY project: using single mode interferometry to characterize exoplanets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvestre Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Pueyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Eisenhauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Infrared Interferometry and Imaging VII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online Only, France. pp.21, </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2561667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis and lessons learned of SPHERE adaptive optics performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Beuzit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics Systems VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Austin, United States. pp.63, </w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2313277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low wind effect on VLT/SPHERE: impact, mitigation strategy, and results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Kasper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pannetier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics Systems VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Austin, United States. pp.83, </w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2311499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons for WFIRST CGI from ground-based high-contrast systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa P. Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bottom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jozua de Boer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Telescopes and Instrumentation 2018: Optical, Infrared, and Millimeter Wave</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Austin, France. pp.241, </w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2313820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems IV: NIRISS Aperture Masking Interferometry Performance and Lessons Learned</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steph Sallum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shrishmoy Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anand Sivaramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Cooper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The \textit{JWST} Early Release Science Program for Direct Observations of Exoplanetary Systems III: Aperture Masking Interferometric Observations of the star HIP\,65426 at $\boldsymbol{3.8\,\rm{μm}}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shrishmoy Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steph Sallum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Hinkley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anand Sivamarakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Cooper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems I: High Contrast Imaging of the Exoplanet HIP 65426 b from 2−16 µm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aarynn L. Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Hinkley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Skemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beth A. Biller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPHERE+: Imaging young Jupiters down to the snowline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A socio-demographic study of the exoplanet direct imaging community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Leboulleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Huby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garima Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct exoplanet detection and characterization using the ANDROMEDA method: Performance on VLT/NaCo data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. M. Mugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01187053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High contrast imaging with ELT/METIS: The wind driven halo, from SPHERE to METIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bertram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Delacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Status of the MEDUSAE post-processing method to detect circumstellar objects in high-contrast multispectral images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ygouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Herscovici-Schiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and characterization of exoplanets in high contrast images by the inverse problem approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Instrumentation and Methods for Astrophysic [astro-ph.IM]. Université Grenoble Alpes, 2016. English. </w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016GREAY017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01466768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VizieR Online Data Catalog: HR 8799e and HR 8799d spectra (Zurlo+, 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-03888800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId574"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Faustine Cantalloube </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de Recherche CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">faustine-cantalloube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3968-3780</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">198216769</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cantalloube_f_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">232148933595154301085</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (93)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orbit and atmosphere of HIP 99770 b through the eyes of VLTI/GRAVITY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Winterhalder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mérand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 700, pp.A4. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202554766⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05369259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on the Orbit of the Young Substellar Companion GQ Lup B from High-resolution Spectroscopy and VLTI/GRAVITY Astrometry *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vidya Venkatesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Blunt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.-D. Marleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 993 (1), pp.69. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ae0c15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05369278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct imaging discovery of a young giant planet orbiting on Solar System scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Samland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L B F M Waters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M E van den Ancker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W O Balmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 700, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202555064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems. III. Aperture Masking Interferometric Observations of the Star HIP 65426 at 3.8 &amp;lt;i&amp;gt;μ&amp;lt;/i&amp;gt;m</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shrishmoy Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steph Sallum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Hinkley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anand Sivaramkrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Cooper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 983, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/adaeb7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for low-mass companions at small separations in transition disks with aperture masking interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Blakely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Johnstone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 682, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202347291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04479005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection Limits of Thermal-infrared Observations with Adaptive Optics. I. Observational Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sauter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Heidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 136 (9), pp.095001. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1538-3873/ad6f45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High contrast at short separation with VLTI/GRAVITY: Bringing Gaia companions to light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pourré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. O. Winterhalder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Le Bouquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bidot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 686, pp.A258. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202449507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLTI/GRAVITY Provides Evidence the Young, Substellar Companion HD 136164 Ab Formed Like a “Failed Star”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Balmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Pueyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 167 (2), pp.64. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/ad1689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04449343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The debris disc of HD 131488: bringing together thermal emission and scattered light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Pawellek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attila Moór</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kirchschlager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ágnes Kóspál</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 527 (2), pp.3559-3584. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stad3455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems. IV. NIRISS Aperture Masking Interferometry Performance and Lessons Learned</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steph Sallum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shrishmoy Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anand Sivaramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Cooper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 963, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/ad21fb⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04478997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First VLTI/GRAVITY Observations of HIP 65426 b: Evidence for a Low or Moderate Orbital Eccentricity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Blunt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. O. Balmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petrus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 166, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/ad06b7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04479028v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of high-contrast image processing on atmospheric retrievals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Nasedkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mollière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kreidberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 678, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202346585⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04505558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems I: High-Contrast Imaging of the Exoplanet HIP 65426 b from 2−16 µm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aarynn Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Hinkley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Skemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beth Biller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 951 (1), pp.L20. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/acd93e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early-release Science Program for Direct Observations of Exoplanetary Systems II: A 1 to 20 μm Spectrum of the Planetary-mass Companion VHS 1256–1257 b</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brittany E Miles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beth A Biller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polychronis Patapis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kadin Worthen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Rickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 946, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/acb04a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLTI/GRAVITY Observations and Characterization of the Brown Dwarf Companion HD 72946 B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Balmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Pueyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henrique Reggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 956 (2), pp.99. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/acf761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct discovery of the inner exoplanet in the HD 206893 system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hinkley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.-D. Marleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 671, pp.L5. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIP: A Python package for high-contrast imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Christiaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf Farkas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl-Henrik Dahlqvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert Nasedkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Open Source Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21105/joss.04774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting the atmosphere of the exoplanet 51 Eridani b with VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brown-Sevilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mollière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Feldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 673, pp.A98. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Apples with Apples: Robust Detection Limits for Exoplanet High-contrast Imaging in the Presence of Non-Gaussian Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus J. Bonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily O. Garvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy D. Gebhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix A. Dannert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 166, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/acc93c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04479063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The β Pictoris system: Setting constraints on the planet and the disk structures at mid-IR wavelengths with NEAR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Skaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Thebault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Kral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 675, pp.A35. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202245143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining masses and separations of unseen companions to five accelerating nearby stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonavita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Benatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 665, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03780746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redundant apodization for direct imaging of exoplanets. II. Application to island effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Leboulleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Carlotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou N'Diaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Bertrou-Cantou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 666, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03860284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orbital and dynamical analysis of the system around HR 8799. New astrometric epochs from VLT/SPHERE and LBT/LUCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Goździewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Nogueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 666, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03854051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signs of late infall and possible planet formation around DR Tau using VLT/SPHERE and LBTI/LMIRCam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dino Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ginski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Ertel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 658, pp.A63. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03458519v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration of quasi-static aberrations in exoplanet direct-imaging instruments with a Zernike phase-mask sensor. IV. Temporal stability of non-common path aberrations in VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Dohlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. N’diaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. H. Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 660, pp.A140. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SHARDDS survey: limits on planet occurrence rates based on point sources analysis via the Auto-RSM framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. -H. Dahlqvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Matra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 666, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03860286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Great Dimming of Betelgeuse from the VLT/VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Montargès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cannon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lagadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Koter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Kervella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the International Astronomical Union</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 366, pp.117-123. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1743921322000667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03948289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extended scattered light disk around AT Pyx. Possible planet formation in a cometary globule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ginski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dominik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jorquera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 662, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03705344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-depth direct imaging and spectroscopic characterization of the young Solar System analog HD 95086</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Desgrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Christiaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. -X. Lefranc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 664, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03777336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ESO's Extremely Large Telescope Working Groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Padovani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cirasuolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. van der Burg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 189, pp.23-30. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-04072834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New binaries from the SHINE survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonavita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Squicciarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. d'Orazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 663, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03777340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reference-star differential imaging on SPHERE/IRDIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Xie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 666, </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03854056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two Rings and a Marginally Resolved, 5 au Disk around LkCa 15 Identified via Near-infrared Sparse Aperture Masking Interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dori Blakely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logan Francis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doug Johnstone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Soulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Tuthill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 931, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ac6586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03690858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-contrast, high-angular resolution view of the GJ 367 exoplanet system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per Calissendorff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neige Frankel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 513, pp.661-669. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stac961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03667421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The HD 206893 planetary system seen with VLT/SPHERE. Upper limit on the dust albedo and constraints on additional companions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. -M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. G. van Holstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 651, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03705301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating point sources in MWC 758 with SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ménard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 652, pp.L8. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202141177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03318411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GRAVITY K -band spectroscopy of HD 206893 B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvestre Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Molliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David K Sing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 652, pp.A57. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03365088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multiwavelength analysis of the spiral arms in the protoplanetary disk around WaOph 6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. B. Brown-Sevilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Keppler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barraza-Alfaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. D. Melon Fuksman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kurtovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 654, 17 pp. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03585936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for a fifth planet around HR 8799 using the star-hopping RDI technique at VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Wahhaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cieza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 648, pp.A26. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03585641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SPHERE infrared survey for exoplanets (SHINE) I. Sample definition and target characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonavita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Messina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lecoroller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 651, pp.A70. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The mass of β Pictoris c from β Pictoris b orbital motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Shangguan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 654, pp.L2. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202141889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto-RSM: An automated parameter-selection algorithm for the RSM map exoplanet detection algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.-H. Dahlqvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Absil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 656, pp.A54. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202141446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining the Nature of the PDS 70 Protoplanets with VLTI/GRAVITY ∗</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Stolker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 161 (3), pp.148. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/abdb2d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03433162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct imaging and spectroscopy of exoplanets with the ELT/HARMONI high-contrast module</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Houllé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Carlotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 652, pp.A67. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forging a sustainable future for astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonard Burtscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Dalgleish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Beuchert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhijeet Borkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (9), pp.857-860. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41550-021-01486-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dusty veil shading Betelgeuse during its Great Dimming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Montargès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cannon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Lagadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Koter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kervella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 594 (7863), pp.365-368. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-021-03546-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-03264154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbers: SPHERE detection limits to planetary-mass companions in protoplanetary disks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Asensio-Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas K. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Pinilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dino Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 652, pp.A101. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SPHERE infrared survey for exoplanets (SHINE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fontanive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beth Biller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariangela Bonavita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 651, pp.A72. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SPHERE infrared survey for exoplanets (SHINE) II. Observations, data reduction and analysis, detection performances, and initial results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 651, pp.A71. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03286624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The wind-driven halo in high-contrast images I: analysis from the focal plane images of SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ollie J. D. Farley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazim Ali Bharmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201937397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The search for disks or planetary objects around directly imaged companions: a candidate around DH Tauri B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fontanive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 641, pp.A131. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201937290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02990171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dusty benchmark brown dwarf near the ice line of HD 72946</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M. Alcalá</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Z. Majidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Frasca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. F. Manara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Rigliaco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 633, pp.L2. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201937134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03040498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orbital and spectral characterization of the benchmark T-type brown dwarf HD 19467B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Molaverdikhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Trifonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mollière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 639, pp.A47. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202037984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02990181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HD 117214 debris disk: scattered-light images and constraints on the presence of planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Engler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Schmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 635, pp.A19. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02899007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct confirmation of the radial-velocity planet β Pictoris c</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rubini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 642, pp.L2. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for the near-infrared counterpart of Proxima c using multi-epoch high-contrast SPHERE data at VLT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Le Coroller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Damasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. del Sordo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 638, pp.A120. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202037594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02898990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the β Pictoris system, coupling high contrast imaging, interferometric, and radial velocity data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Rubini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Grandjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 642, pp.A18. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02956584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peering into the formation history of β Pictoris b with VLTI/GRAVITY long-baseline interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvestre Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mollière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 633, pp.A110. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibration of quasi-static aberrations in exoplanet direct-imaging instruments with a Zernike phase-mask sensor. III. On-sky validation in VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou N’diaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kjetil Dohlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 629, pp.A11. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GRAVITY and the Galactic Centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatially Resolving the Inner Gaseous Disc of the Herbig Star 51 Oph through its CO Ro-vibration Emission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The GRAVITY Young Stellar Object survey I. Probing the disks of Herbig Ae/Be stars in terrestrial orbits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lazareff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Klarmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Segura-Cox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 632, pp.A53. </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLT/SPHERE exploration of the young multiplanetary system PDS70</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Keppler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Charnay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 632, pp.A25. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STIM map: detection map for exoplanets imaging beyond asymptotic Gaussian residual speckle noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Pairet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A. Gomez Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jacques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 487, pp.2262-2277. </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stz1350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03703561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the Discs of Herbig Ae/Be Stars at Terrestrial Orbits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images at the Highest Angular Resolution with GRAVITY: The Case of η Carinae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatially Resolving the Quasar Broad Emission Line Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hint of curvature in the orbital motion of the exoplanet 51 Eridani b using 3 yr of VLT/SPHERE monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 624, pp.A118. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatially Resolved Accretion-Ejection in Compact Binaries with GRAVITY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peering through SPHERE Images: A Glance at Contrast Limitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kjetil Dohlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vigan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Messenger No. 176, </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral and orbital characterisation of the directly imaged giant planet HIP 65426 b</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cheetham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Brems</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Launhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 622, pp.A80. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201834112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining mass limits around HD 163296 through SPHERE direct imaging data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. D’orazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 488 (1), pp.37-46. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stz1662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPHERE view of the jet and the envelope of RY Tauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Garufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Podio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bacciotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antoniucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 628, pp.A68. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Image of the Dust Sublimation Region in the Nucleus of NGC 1068</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hunting Exoplanets with Single-Mode Optical Interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple Star Systems in the Orion Nebula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abuter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Accardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Anugu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eso Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Separating extended disc features from the protoplanet in PDS 70 using VLT/SINFONI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Christiaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Casassus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gomez Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 486, pp.5819-5837. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stz1232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03703847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-conjunction detection of β Pictoris b with VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 621, pp.L8. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201834302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02107856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrometric and photometric accuracies in high contrast imaging: The SPHERE speckle calibration tool (SpeCal)⋆</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 615, pp.A92. </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201832973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GRAVITY chromatic imaging of η Car’s core. Milliarcsecond resolution imaging of the wind-wind collision zone (Brγ, He I)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Sanchez-Bermudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerd Weigelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim M. Bestenlehner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kervella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 618 (125), pp.1-30. </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201832977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin of the asymmetry of the wind driven halo observed in high contrast images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E H Por</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Dohlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201834311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of a planetary-mass companion within the gap of the transition disk around PDS 70</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Keppler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th. Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. van Boekel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 617, pp.A44. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201832957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Standard for Assessing the Performance of High Contrast Imaging Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Jensen-Clem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Mawet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A. Gomez Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruslan Belikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 155, </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/aa97e4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03693586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The GJ 504 system revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 618, pp.A63. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201832942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03473836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orbital and atmospheric characterization of the planet within the gap of the PDS 70 transition disk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Keppler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Henning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Samland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 617, pp.L2. </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02079319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLT/SPHERE astrometric confirmation and orbital analysis of the brown dwarf companion HR 2562 B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Rodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Lazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 615, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical models to explain observations with SPHERE in planetary systems with double debris belts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 611, pp.A43. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201731426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations of fast-moving features in the debris disk of AU Mic on a three-year timescale: Confirmation and new discoveries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Sezestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-M. Lagrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Thebault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 614, pp.A52. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-depth study of moderately young but extremely red, very dusty substellar companion HD 206893B</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desidera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ginski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 608, pp.A79. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201731145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral and atmospheric characterization of 51 Eridani b using VLT/SPHERE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Molliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 603, </w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIP : Vortex Image Processing Package for High-contrast Direct Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Alberto Gomez Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Wertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Christiaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Defrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astronomical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 154 (1-14), </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-3881/aa73d7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01852210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First light of the VLT planet finder SPHERE IV. Physical and chemical properties of the planets around HR8799</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. L. Baudino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 587, </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201526906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01434357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First light of the VLT planet finder SPHERE. III. New spectrophotometry and astrometry of the HR 8799 exoplanetary system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 587 (A57), p. 1-13. </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201526835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01490537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SF2A Environmental Transition Commission: Summary of the 2025 workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jack Berat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naïs Fargette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Larue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pourré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles de la Société Française d'Astronomie et d'Astrophysique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SF2A, Jul 2026, Toulouse, France. pp.361-365</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SF2A Environmental Transition Commission: What kind of astrophysics research for a sustainable world?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Hennebelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les compte-rendus de la semaine de l’astrophysique française 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Béthermin, K. Baillié, N. Lagarde, J. Malzac, R.-M. Ouazzani, J. Richard, O. Venot, A. Siebert, Jun 2024, Marseille (13), France. pp.295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SF2A Environmental Transition Commission: Towards a desirable future for research in astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine de l'astrophysique francaise 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Bethermin, K. Baillie, N. Lagarde, J. Malzac, R.-M. Ouazzani, J. Richard, O. Venot, A. Siebert, Jun 2024, Marseille, France. pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANDES, the high resolution spectrograph for the ELT: science goals, project overview, and future developments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Marconi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Abreu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vardan Adibekyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Alberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Yokohama, Japan. pp.1309613, </w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3017966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental transition: overview of actions to reduce the environmental footprint of astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Leboulleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Alice Foujols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Giard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Guilet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées SF2A 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Astronomie et d'Astrophysique, Jun 2023, Strasbourg, France. pp.531L</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04302665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating METIS' SCAO System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Feldt Feldt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horst Steuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Correia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Obereder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Raffetseder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 7th Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Avignon, France. </w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking the high-contrast performance with AO internal data and environmental parameters. Lessons learnt from the High Contrast Data Center and perspectives for the ELT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lagadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 7th Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Avignon, France. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SAXO+, a second-stage adaptive optics for SPHERE on VLT: optical and mechanical design concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Stadler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Diolaiti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Schreiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Cortecchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Lombini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics Systems VIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, France. pp.165, </w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2629970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANDES, the high resolution spectrograph for the ELT: science case, baseline design and path to construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Marconi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abreu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Adibekyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Alberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation Ground-based and Airborne Instrumentation for Astronomy IX 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.1218424, </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2628689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgrading the high contrast imaging facility SPHERE: science drivers and instrument choices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Wildi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Stadler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ground-based and Airborne Instrumentation for Astronomy IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Montréal, Canada. pp.121841S, </w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2630154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03809993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SAXO+ upgrade: system choices & numerical simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Goulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics Systems VIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, France. pp.164, </w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2629325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exoplanet imaging data challenge, phase II: characterization of exoplanet signals in high-contrast images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Christiaens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cantero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Nasedkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cioppa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the SPIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, à renseigner, Unknown Region. </w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2627968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03948227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redundant Apodized Pupils (RAP) for high-contrast imagers robust to segmentation-due aberrations and island effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Leboulleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Carlotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou N'Diaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.63, </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2629276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPHERE+, Imaging young planets down to the snow line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Beuzit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europlanet Science Congress 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, virtual, France. </w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/epsc2021-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exoplanet imaging data challenge: benchmarking the various image processing methods for exoplanet detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Gomez-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carles Cantero Mitjans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Bacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the SPIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online, United States. pp.114485A, </w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2574803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03705143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ExoGRAVITY project: using single mode interferometry to characterize exoplanets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvestre Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Pueyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Eisenhauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Infrared Interferometry and Imaging VII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online Only, France. pp.21, </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2561667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis and lessons learned of SPHERE adaptive optics performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Beuzit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics Systems VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Austin, United States. pp.63, </w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2313277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low wind effect on VLT/SPHERE: impact, mitigation strategy, and results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Kasper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pannetier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Optics Systems VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Austin, United States. pp.83, </w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2311499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons for WFIRST CGI from ground-based high-contrast systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa P. Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bottom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jozua de Boer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Telescopes and Instrumentation 2018: Optical, Infrared, and Millimeter Wave</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Austin, France. pp.241, </w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2313820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems IV: NIRISS Aperture Masking Interferometry Performance and Lessons Learned</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steph Sallum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shrishmoy Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anand Sivaramakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Cooper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The \textit{JWST} Early Release Science Program for Direct Observations of Exoplanetary Systems III: Aperture Masking Interferometric Observations of the star HIP\,65426 at $\boldsymbol{3.8\,\rm{μm}}$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shrishmoy Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steph Sallum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Hinkley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anand Sivamarakrishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Cooper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04268780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems I: High Contrast Imaging of the Exoplanet HIP 65426 b from 2−16 µm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aarynn L. Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Hinkley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Skemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beth A. Biller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPHERE+: Imaging young Jupiters down to the snowline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A socio-demographic study of the exoplanet direct imaging community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Leboulleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Huby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garima Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct exoplanet detection and characterization using the ANDROMEDA method: Performance on VLT/NaCo data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. M. Mugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01187053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High contrast imaging with ELT/METIS: The wind driven halo, from SPHERE to METIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bertram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brandner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Delacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Status of the MEDUSAE post-processing method to detect circumstellar objects in high-contrast multispectral images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Ygouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Herscovici-Schiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and characterization of exoplanets in high contrast images by the inverse problem approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Instrumentation and Methods for Astrophysic [astro-ph.IM]. Université Grenoble Alpes, 2016. English. </w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016GREAY017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01466768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VizieR Online Data Catalog: HR 8799e and HR 8799d spectra (Zurlo+, 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zurlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galicher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-03888800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId574"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FD1380DE"/>
+    <w:nsid w:val="A3E39DF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/faustine-cantalloube" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3968-3780" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/198216769" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/cantalloube_f_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/232148933595154301085" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05369259v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Winterhalder" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kammerer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#233;rand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nowak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202554766" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05369278v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vidya Venkatesan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blunt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.-D. Marleau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ae0c15" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343588v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Stolker" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Samland" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L B F M Waters" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M E van den Ancker" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W O Balmer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202555064" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343593v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shrishmoy Ray" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steph Sallum" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Hinkley" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Sivaramkrishnan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Cooper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/adaeb7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618067v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pourr&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. O. Winterhalder" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Le Bouquin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bidot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449507" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479005v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Stolker" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benisty" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blakely" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Johnstone" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347291" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749793v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sauter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Brandner" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Heidt" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cantalloube" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/ad6f45" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449343v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Balmer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pueyo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Wang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ad1689" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505683v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pawellek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attila Mo&#243;r" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kirchschlager" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Milli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;gnes K&#243;sp&#225;l" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad3455" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04478997v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kammerer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Sivaramakrishnan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ad21fb" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479063v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus J. Bonse" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily O. Garvin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D. Gebhard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix A. Dannert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Cantalloube" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/acc93c" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479028v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Blunt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. O. Balmer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petrus" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ad06b7" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935698v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Christiaens" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gonzalez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Farkas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl-Henrik Dahlqvist" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert Nasedkin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.04774" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208505v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brown-Sevilla" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Maire" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molli&#232;re" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Samland" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Feldt" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244826" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04505558v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nasedkin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kreidberg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346585" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268731v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hinkley" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Lagrange" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244727" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086305v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brittany E Miles" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beth A Biller" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polychronis Patapis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadin Worthen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Rickman" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/acb04a" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208380v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarynn Carter" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Skemer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beth Biller" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/acd93e" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268669v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pueyo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Stolker" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Reggiani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/acf761" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268693v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Skaf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boccaletti" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pantin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thebault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Kral" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245143" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03780746v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mesa" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonavita" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benatti" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gratton" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marino" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244033" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03860284v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leboulleux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Carlotti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou N'Diaye" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Bertrou-Cantou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243413" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03458519v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Mesa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ginski" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Gratton" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Ertel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Wagner" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142219" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03854051v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zurlo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Go&#378;dziewski" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lazzoni" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nogueira" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243862" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655724v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vigan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dohlen" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N&#8217;diaye" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Girard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142635" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03777336v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desgrange" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chauvin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Christiaens" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. -X. Lefranc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243097" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03860286v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. -H. Dahlqvist" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Milli" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Absil" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Matra" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244145" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-04072834v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Padovani" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cirasuolo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. van der Burg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. George" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5286" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705344v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ginski" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bohn" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dominik" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jorquera" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142269" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948289v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montarg&#232;s" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cannon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lagadec" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Koter" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kervella" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921322000667" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03777340v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Desidera" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Squicciarini" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. d'Orazi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140510" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03854056v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Xie" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Choquet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vigan" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Benisty" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243379" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03690858v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dori Blakely" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Logan Francis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doug Johnstone" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Soulain" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tuthill" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac6586" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03667421v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Brandner" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Calissendorff" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neige Frankel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac961" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03365088v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Lacour" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Molliere" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David K Sing" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140749" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585936v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B. Brown-Sevilla" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Keppler" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barraza-Alfaro" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Melon Fuksman" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kurtovic" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140783" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585641v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Wahhaj" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Romero" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cieza" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038794" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705301v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. -M. Lagrange" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G. van Holstein" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039518" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318411v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boccaletti" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pantin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M&#233;nard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Galicher" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Langlois" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141177" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371794v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rodet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shangguan" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141889" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433162v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/abdb2d" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562185v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-H. Dahlqvist" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141446" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435003v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Chauvin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Messina" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lecoroller" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038806" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319232v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Houll&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carlotti" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Choquet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140479" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939634v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Burtscher" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Dalgleish" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Barret" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Beuchert" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhijeet Borkar" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-021-01486-x" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03264154v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Montarg&#232;s" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lagadec" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kervella" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03546-8" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513195v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Asensio-Torres" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K. Henning" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Pinilla" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140325" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286624v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delorme" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039753" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709662v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fontanive" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meyer" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Bonavita" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038107" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990171v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fontanive" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937290" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504683v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollie J. D. Farley" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Ali Bharmal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937397" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990181v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Molaverdikhani" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Trifonov" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202037984" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899007v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Engler" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Schmid" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936828" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040498v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Alcal&#225;" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Z. Majidi" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Frasca" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F. Manara" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rigliaco" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937134" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012852v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rubini" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039039" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898990v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Coroller" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Damasso" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. del Sordo" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202037594" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956584v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Lagrange" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grandjean" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038823" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012541v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Charnay" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936898" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03703561v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pairet" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A. Gomez Gonzalez" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Absil" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jacques" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1350" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020226v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abuter" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Accardo" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adler" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amorim" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Anugu" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5173" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352523v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou N&#8217;diaye" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kjetil Dohlen" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sauvage" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935889" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012529v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Perraut" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Labadie" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lazareff" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Klarmann" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Segura-Cox" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936403" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352514v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Charnay" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936764" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020229v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5174" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020211v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5168" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020220v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5170" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176235v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5138" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118091v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935031" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020200v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5166" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020217v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5169" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352526v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garufi" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Podio" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bacciotti" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antoniucci" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935546" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352522v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D&#8217;orazi" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1662" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020231v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5177" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020224v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5172" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020205v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5167" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145830v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cheetham" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brems" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Launhardt" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834112" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03703847v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Casassus" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gomez Gonzalez" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1232" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107856v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lagrange" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Langlois" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Chauvin" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834302" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907569v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E H Por" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F Sauvage" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vigan" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834311" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118125v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#252;ller" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Henning" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. van Boekel" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832957" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118134v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832973" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055583v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Sanchez-Bermudez" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Weigelt" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim M. Bestenlehner" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832977" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473836v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonnefoy" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832942" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03693586v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Jensen-Clem" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Mawet" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Belikov" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aa97e4" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079319v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; M&#252;ller" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Keppler" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Henning" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Samland" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833584" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267184v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Maire" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Rodet" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Lazzoni" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732476" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118147v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marzari" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731426" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301370v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sezestre" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thebault" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732462" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678389v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molliere" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Maire" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629767" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764682v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schmidt" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731145" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852210v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alberto Gomez Gonzalez" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wertz" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Defr&#232;re" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aa73d7" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490537v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526835" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434357v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Baudino" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucas" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526906" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444938v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Berat" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;s Fargette" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larue" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907909v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904863v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouffard" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hennebelle" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689955v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Marconi" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Abreu" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vardan Adibekyan" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Alberti" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Albrecht" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017966" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440473v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Feldt Feldt" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Steuer" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Correia" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Obereder" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Raffetseder" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-007" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302665v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Foujols" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Giard" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guilet" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429101v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillet" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Meunier" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delorme" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lagadec" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-118" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809993v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Wildi" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Stadler" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2630154" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838450v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Diolaiti" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schreiber" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Cortecchia" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Lombini" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629970" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796285v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abreu" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Adibekyan" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Alberti" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albrecht" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2628689" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868064v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629276" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948227v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cantero" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cioppa" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2627968" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838457v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vidal" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Goulas" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Galicher" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629325" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838474v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mouillet" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Beuzit" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-24" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705143v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gomez-Gonzalez" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Cantero Mitjans" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Bacher" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2574803" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445124v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Nowak" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Eisenhauer" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2561667" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118136v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fusco" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Beuzit" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313277" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118141v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kasper" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourget" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pannetier" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2311499" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118127v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa P. Bailey" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bottom" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cady" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozua de Boer" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313820" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268781v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268780v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Sivamarakrishnan" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844574v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarynn L. Carter" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beth A. Biller" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020449v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allard" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03584366v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Huby" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Singh" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187053v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cantalloube" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mouillet" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Mugnier" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Milli" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Absil" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374893v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertram" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Delacroix" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950448v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ygouf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mugnier" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herscovici-Schiller" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01466768v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAY017" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03888800v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/faustine-cantalloube" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3968-3780" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/198216769" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/cantalloube_f_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/232148933595154301085" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05369259v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Winterhalder" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kammerer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#233;rand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nowak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202554766" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05369278v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vidya Venkatesan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blunt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.-D. Marleau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ae0c15" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343588v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Stolker" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Samland" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L B F M Waters" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M E van den Ancker" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W O Balmer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202555064" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343593v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shrishmoy Ray" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steph Sallum" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Hinkley" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Sivaramkrishnan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Cooper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/adaeb7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479005v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Stolker" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benisty" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blakely" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Johnstone" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347291" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749793v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sauter" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Brandner" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Heidt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cantalloube" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/ad6f45" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618067v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pourr&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. O. Winterhalder" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Le Bouquin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bidot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449507" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449343v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Balmer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pueyo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Wang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ad1689" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505683v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pawellek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attila Mo&#243;r" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kirchschlager" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Milli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;gnes K&#243;sp&#225;l" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad3455" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04478997v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kammerer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Sivaramakrishnan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ad21fb" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479028v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Blunt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. O. Balmer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petrus" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ad06b7" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04505558v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nasedkin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molli&#232;re" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kreidberg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346585" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208380v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarynn Carter" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Skemer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beth Biller" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/acd93e" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086305v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brittany E Miles" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beth A Biller" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polychronis Patapis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadin Worthen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Rickman" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/acb04a" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268669v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pueyo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Stolker" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Reggiani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Maire" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/acf761" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268731v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hinkley" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Lagrange" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244727" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935698v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Christiaens" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gonzalez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Farkas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl-Henrik Dahlqvist" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert Nasedkin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.04774" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208505v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brown-Sevilla" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Samland" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Feldt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244826" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479063v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus J. Bonse" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily O. Garvin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D. Gebhard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix A. Dannert" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Cantalloube" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/acc93c" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268693v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Skaf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boccaletti" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pantin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thebault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Kral" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245143" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03780746v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mesa" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonavita" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benatti" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gratton" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marino" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244033" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03860284v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leboulleux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Carlotti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou N'Diaye" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Bertrou-Cantou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243413" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03854051v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zurlo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Go&#378;dziewski" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lazzoni" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nogueira" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243862" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03458519v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Mesa" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ginski" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Gratton" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Ertel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Wagner" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142219" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655724v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vigan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dohlen" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N&#8217;diaye" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Girard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142635" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03860286v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. -H. Dahlqvist" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Milli" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Absil" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Matra" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244145" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948289v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montarg&#232;s" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cannon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lagadec" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Koter" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kervella" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921322000667" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705344v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ginski" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bohn" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dominik" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jorquera" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142269" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03777336v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desgrange" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chauvin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Christiaens" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. -X. Lefranc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243097" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-04072834v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Padovani" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cirasuolo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. van der Burg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. George" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5286" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03777340v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Desidera" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Squicciarini" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. d'Orazi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140510" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03854056v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Xie" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Choquet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vigan" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Benisty" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243379" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03690858v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dori Blakely" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Logan Francis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doug Johnstone" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Soulain" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tuthill" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac6586" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03667421v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Brandner" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Calissendorff" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neige Frankel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac961" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705301v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Romero" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. -M. Lagrange" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G. van Holstein" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039518" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318411v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boccaletti" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pantin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M&#233;nard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Galicher" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Langlois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141177" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03365088v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Lacour" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Molliere" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David K Sing" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140749" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585936v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B. Brown-Sevilla" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Keppler" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barraza-Alfaro" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Melon Fuksman" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kurtovic" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140783" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585641v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Wahhaj" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cieza" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038794" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435003v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Chauvin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Messina" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lecoroller" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038806" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371794v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rodet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shangguan" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141889" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562185v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-H. Dahlqvist" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141446" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433162v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/abdb2d" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319232v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Houll&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carlotti" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Choquet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140479" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939634v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Burtscher" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Dalgleish" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Barret" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Beuchert" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhijeet Borkar" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-021-01486-x" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03264154v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Montarg&#232;s" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lagadec" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kervella" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03546-8" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513195v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Asensio-Torres" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K. Henning" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Pinilla" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140325" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709662v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fontanive" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meyer" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Bonavita" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038107" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286624v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delorme" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039753" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504683v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollie J. D. Farley" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Ali Bharmal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937397" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990171v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fontanive" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937290" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040498v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Alcal&#225;" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Z. Majidi" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Frasca" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F. Manara" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rigliaco" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937134" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990181v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Molaverdikhani" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Trifonov" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202037984" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899007v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Engler" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Schmid" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936828" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012852v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rubini" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039039" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898990v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Coroller" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Damasso" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. del Sordo" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202037594" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956584v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Lagrange" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grandjean" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038823" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012541v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Charnay" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936898" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352523v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou N&#8217;diaye" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kjetil Dohlen" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sauvage" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935889" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020211v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abuter" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Accardo" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adler" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amorim" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Anugu" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5168" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020229v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5174" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012529v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Perraut" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Labadie" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lazareff" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Klarmann" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Segura-Cox" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936403" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352514v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Charnay" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936764" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03703561v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pairet" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A. Gomez Gonzalez" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Absil" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jacques" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1350" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020226v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5173" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020220v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5170" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020200v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5166" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118091v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935031" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020217v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5169" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176235v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5138" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145830v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cheetham" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brems" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Launhardt" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834112" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352522v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D&#8217;orazi" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1662" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352526v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garufi" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Podio" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bacciotti" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antoniucci" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935546" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020205v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5167" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020231v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5177" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020224v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5172" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03703847v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Casassus" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gomez Gonzalez" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1232" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107856v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lagrange" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Langlois" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Chauvin" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834302" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118134v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832973" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055583v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Sanchez-Bermudez" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Weigelt" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim M. Bestenlehner" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832977" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907569v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E H Por" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F Sauvage" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vigan" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834311" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118125v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#252;ller" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Henning" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. van Boekel" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832957" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03693586v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Jensen-Clem" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Mawet" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Belikov" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aa97e4" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473836v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonnefoy" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832942" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079319v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; M&#252;ller" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Keppler" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Henning" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Samland" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833584" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267184v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Maire" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Rodet" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Lazzoni" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732476" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118147v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marzari" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731426" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301370v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sezestre" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thebault" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732462" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764682v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schmidt" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731145" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678389v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molliere" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Maire" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629767" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852210v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alberto Gomez Gonzalez" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wertz" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Defr&#232;re" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aa73d7" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434357v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Baudino" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucas" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526906" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490537v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526835" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444938v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Berat" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;s Fargette" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larue" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904863v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouffard" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hennebelle" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907909v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689955v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Marconi" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Abreu" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vardan Adibekyan" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Alberti" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Albrecht" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017966" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302665v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Foujols" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Giard" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guilet" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440473v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Feldt Feldt" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Steuer" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Correia" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Obereder" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Raffetseder" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-007" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429101v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillet" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Meunier" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delorme" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lagadec" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-118" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838450v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Stadler" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Diolaiti" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schreiber" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Cortecchia" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Lombini" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629970" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796285v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abreu" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Adibekyan" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Alberti" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albrecht" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2628689" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809993v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Wildi" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2630154" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838457v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vidal" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Goulas" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Galicher" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629325" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948227v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cantero" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cioppa" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2627968" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868064v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629276" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838474v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mouillet" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Beuzit" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2021-24" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705143v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gomez-Gonzalez" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Cantero Mitjans" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Bacher" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2574803" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445124v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Nowak" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Eisenhauer" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2561667" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118136v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fusco" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Beuzit" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313277" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118141v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kasper" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourget" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pannetier" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2311499" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118127v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa P. Bailey" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bottom" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cady" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozua de Boer" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313820" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268781v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268780v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Sivamarakrishnan" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844574v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarynn L. Carter" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beth A. Biller" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020449v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allard" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03584366v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Huby" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Singh" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187053v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cantalloube" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mouillet" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Mugnier" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Milli" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Absil" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374893v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertram" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Delacroix" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950448v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ygouf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mugnier" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herscovici-Schiller" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01466768v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAY017" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03888800v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>