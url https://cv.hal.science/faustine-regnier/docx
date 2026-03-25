--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -472,313 +472,313 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Providing a Smart Healthy Diet for the Low-Income Population: Qualitative Study on the Usage and Perception of a Designed Cooking App.</w:t>
+                <w:t xml:space="preserve">Digital Inequalities in the Use of Self-Tracking Diet and Fitness Apps: Interview Study on the Influence of Social, Economic, and Cultural Factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Camille Adamiec</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Chauvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JMIR mHealth and uHealth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 6 (11 /23, November, 2018), pp.e11176. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2196/11176⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 6 (4/ April 2018), pp.e101 (1-13). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/mhealth.9189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02091625v1</w:t>
-[...15 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">hal-01827931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goût de liberté&amp;quot; et self-quantification. Perceptions et appropriations des technologies de self-tracking dans les milieux modestes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2 (208-209), pp.95-120. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/res.208.0095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Providing a Smart Healthy Diet for the Low-Income Population: Qualitative Study on the Usage and Perception of a Designed Cooking App.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Dugré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/res.208.0095⟩</w:t>
-[...33 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Louis Chauvel</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Adamiec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JMIR mHealth and uHealth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 6 (4/ April 2018), pp.e101 (1-13). </w:t>
+              <w:t xml:space="preserve">, 2018, 6 (11 /23, November, 2018), pp.e11176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2196/mhealth.9189⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2196/11176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01827931v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02091625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique du végétarisme, le cas d’étudiants parisiens</w:t>
               </w:r>
@@ -1311,943 +1311,943 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Rachel Reckinger, Parler vin. Entre normes et appropriations, Rennes, Presses Universitaires de Rennes, 386 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.555-557</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obésité de l'enfant. Comprendre les populations à risque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 65 (9), pp.1137-1139</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parler vin. Entre normes et appropriations, CR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 96 (03, Septembre 2015), pp.557-559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4074/S1966960715003100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Comment la diététique est devenue gastronomique dans la presse féminine française et américaine (1934 - 2010)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 1 (24), pp.131-145. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/tdm.001.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01601475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Rachel Reckinger, Parler vin. Entre normes et appropriations, Rennes, Presses Universitaires de Rennes, 386 p.</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'alimentation entre plaisir(s) et nécessité(s) en France et aux Etats-Unis: quelques variations dans la presse féminine depuis les années 1930.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologie et Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46 (2), pp.85-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1027143ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manger - Négocier le plaisir et la nécessité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla P Ferguson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologie et Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46 (2), pp.5-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1027139ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La perception des messages de santé par les populations défavorisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 46 (4), pp.206-212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cnd.2011.02.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le régime entre santé et esthétique ? Significations, parcours et mise en oeuvre du régime alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Masullo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, pp.555-557</w:t>
+              <w:t xml:space="preserve">, 2010, 91 (2), pp.185-208</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:t xml:space="preserve">Faustine Regnier</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02664588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obésité, goûts et consommation. Intégration des normes d’alimentation et appartenance sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Masullo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 50 (4), pp.747-773</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Faustine Regnier</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02667287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le goût des autres : la cuisine française et l'exotisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 65 (9), pp.1137-1139</w:t>
+              <w:t xml:space="preserve">Gusto</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2, pp.16-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...198 lines deleted...]
-                <w:t xml:space="preserve">La perception des messages de santé par les populations défavorisées</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obésité, corpulence et souci de minceur : inégalités sociales en France et aux Etats-Unis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 46 (4), pp.206-212. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2006, 41 (2), pp.97-103</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...253 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manger hors norme, respecter les normes : le plaisir de l'exotisme culinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal des anthropologues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 106-107, pp.169-187</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02654436v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02661896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obésité, corpulence et statut social : une comparaison France/Etats-Unis (1970-2000)</w:t>
               </w:r>
@@ -2535,217 +2535,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05038742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La gastronomie à l'heure des régimes &amp;quot;sans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Capelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Ignolin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie De</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Schlienger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20è rencontres François Rabelais - Nouvelles tendances culinaires, 20 ans après</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEHCA, Nov 2024, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05115406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Interview : entre représentations et injonctions, peut-on s'en sortir ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la prévention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Pasteur, Lille, Jun 2024, Lille, France. p.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05044400v1</w:t>
-              </w:r>
-[...119 lines deleted...]
-                <w:t xml:space="preserve">hal-05115406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réception des normes d’alimentation et appartenance sociale : perceptions, évolutions, enjeux</w:t>
               </w:r>
@@ -2794,208 +2794,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04142845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Naturalité et saisonnalité. Des perceptions contrastées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les rencontres 2019 de l'institut Carnot Qualiment - 7ème édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituts Carnot. Paris, FRA., Feb 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Manger de saison ? Usages, perceptions et enjeux chez les consommateurs (premiers résultats du projet Diet4Trans)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Médias et médiations de la gastronomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Naturalité et saisonnalité. Des perceptions contrastées</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FacilEat4All - réunion de clôture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Adamiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Dugre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3217,838 +3217,838 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03752723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Workshop Diet4Trans – Saisonnalité et contre-saisonnalité pour une alimentation durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop Diet4Trans – Saisonnalité et contre-saisonnalité pour une alimentation durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Ivry sur Seine, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manger mieux grâce aux « applis » culinaires ? Usages et perceptions d’outils numériques « Cuisine » dans les catégories populaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Adamiec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’alimentation en savoirs : Regards croisés sur l’information, la communication, l’éducation en matière d’alimentation Eating Knowledge: Interdisciplinary Perspectives on Food Information, Communication and Education Université de Lille Sciences Humaines et Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lille. FRA., Dec 2018, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Self-tracking et fracture numérique ? Usages sociaux des outils d'auto-mesure &amp;quot;alimentation / activité physique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du LEPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Educations et Pratiques de Santé (LEPS). Paris, FRA., Jul 2018, Bobigny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Manger mieux grâce aux « applis » culinaires ? Usages et perceptions d’outils numériques « Cuisine » dans les catégories populaires</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déterminants sociaux des comportements de prévention: Des campagnes de santé publique aux outils connectés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Adamiec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’alimentation en savoirs : Regards croisés sur l’information, la communication, l’éducation en matière d’alimentation Eating Knowledge: Interdisciplinary Perspectives on Food Information, Communication and Education Université de Lille Sciences Humaines et Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lille. FRA., Dec 2018, Lille, France</w:t>
+              <w:t xml:space="preserve">Séminaire NutriPerso</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des Sciences de l'Homme (MSH). Paris-Saclay, FRA. NUTRIPERSO, FRA., Jun 2017, Paris-Saclay, France. 24p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diet and public health campaigns: Implementation and appropriation of nutritional recommendations in France and Luxembourg.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Reckinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Diet4Trans – Saisonnalité et contre-saisonnalité pour une alimentation durable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Ivry sur Seine, France</w:t>
+              <w:t xml:space="preserve">Comparing Health across Societies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ghent University [Belgium] (UGENT). BEL., Jun 2017, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02787141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intervenir sur les comportements alimentaires Des campagnes de santé publique aux outils connectés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FFAS, colloque du 26 octobre 2017, Programmes de prévention alimentation-activité physique, en France et en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FFAS., Oct 2017, Paris, France. 11 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'alimentation au fil des saisons - Quelques données sur la consommation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'alimentation au fil des saisons. La saisonnalité des pratiques alimentaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine (UL). Lunéville, FRA., Jan 2017, Lunéville, France. 2 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diabète et technologies numériques. Usages, tensions et transformations du care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kàtia Lurbe I Puerto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Licoppe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TechnoCare Technologies du care en santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TechnoCare., Dec 2017, Paris, France. 22 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Do Public Health Campaigns Have an Impact on Diet? Institutional Set-Up and Everyday Appropriations of Nutritional Recommendations in France and Luxembourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Reckinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th Conference of the European Sociological Association. (Un)Making Europe: Capitalism, Solidarities, Subjectivities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Sociological Association., Aug 2017, Athens, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Facecook”, design and rool-out of a community based social network to promote healthy eating practices amongst low income population”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Bibai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Dugre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Cook and Health Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of West London. GBR., Mar 2017, Londres, United Kingdom. 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603041v1</w:t>
-              </w:r>
-[...464 lines deleted...]
-                <w:t xml:space="preserve">hal-02785270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la mesure au sur-mesure : usage des outils de personnalisation et déterminants sociaux</w:t>
               </w:r>
@@ -4097,588 +4097,588 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02797225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les tourments de la profusion : les consommateurs et les recommandations nutritionnelles au seuil du troisième millénaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Profusion et pénurie : les hommes et leur alimentation depuis la préhistoire à aujourd’hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Européen d'Histoire et des Cultures de l'Alimentation (IEHCA). FRA.; Institut National de Recherche Agronomique (INRA). UR Alimentation et Sciences Sociales (1303)., Feb 2008, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">How can we consume new products? The example of exotic foods (1930-2000)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. World Congress of Food Science &amp; Technology Food is Life, International Union of Food Science and Technology (IUFoST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les tourments de la profusion : les consommateurs et les recommandations nutritionnelles au seuil du troisième millénaire</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perception and implementation of nutritional recommendations: the prevention of obesity in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Masullo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Profusion et pénurie : les hommes et leur alimentation depuis la préhistoire à aujourd’hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Européen d'Histoire et des Cultures de l'Alimentation (IEHCA). FRA.; Institut National de Recherche Agronomique (INRA). UR Alimentation et Sciences Sociales (1303)., Feb 2008, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Making connections for Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Asociación Internacional de Sociología (AIS). ESP.; Canadian Medical Sociology Association. CAN., May 2008, Montréal, Canada. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02814629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une épidémie kaleidoscopique : les constructions savantes de l’obésité dans le contexte français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Torny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque : Jeter des ponts pour la santé / Making connections for health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Asociación Internacional de Sociología (AIS). ESP.; Association Canadienne de Sociologie de la Santé. CAN., May 2008, Montréal, Canada. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02820331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Perception and implementation of nutritional recommendations: the prevention of obesity in France</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment la cuisine française s’approprie l’étranger : discours sur l’exotisme dans la presse féminine (1930-2000)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ana Masullo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Making connections for Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Asociación Internacional de Sociología (AIS). ESP.; Canadian Medical Sociology Association. CAN., May 2008, Montréal, Canada. 14 p</w:t>
+              <w:t xml:space="preserve">Colloque international : Gastronomie et identité culturelle française. Discours et représentations (XIXe-XXIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préventif contre curatif ? Inégalités sociales et impact de la diffusion des messages nutritionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Laboratoire de Recherche Sur La Consommation</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Centre de Recherche En Nutrition Humaine d'Ile-De-France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée du Pôle alimentaire parisien : Obésité et inégalités socio-économiques : pistes pour des politiques de prévention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Paris, France. 14 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02820061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of nutritional recommendations on food consumption: some social differences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Masullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">. European Sociological Association</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Annual conference of the ESA : Conflict, citizenship and civil society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Glasgow, United Kingdom. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02818655v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">hal-02820061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cuisine française, carrefour d’influences étrangères</w:t>
               </w:r>
@@ -5390,51 +5390,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’alimentation au fil des saisons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Adamiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5631,252 +5631,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02827928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'exotisme culinaire. Essai sur les saveurs de l'Autre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUF, 264 p., 2004, 2-13-054478-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02830548v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'alimentation des populations défavorisées en France. Synthèse des travaux dans les domaines économique, sociologique et nutritionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Caillavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lhuissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">36 p., 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02831887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'exotisme culinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de France, 2004, 9782130738510</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04169362v1</w:t>
-              </w:r>
-[...161 lines deleted...]
-                <w:t xml:space="preserve">hal-02830548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5894,51 +5894,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand la sociologie appréhende les changements de comportements alimentaires : retracer les trajectoires alimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Adamiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6105,51 +6105,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction : manger de saison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Adamiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7139,322 +7139,322 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04283775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Saisonnalité et contre-saisonnalité pour une alimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Cavaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikpidi Badji</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22004/ag.econ.296763⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03170326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les outils numériques pour réduire la fracture alimentaire ? Etude sociologique de deux dispositifs à destination des catégories modestes / Digital devices to bridge the nutritional divide? Sociological study from two experiments among low-income population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Adamiec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.326-335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cnd.2019.09.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">FACILEAT4ALL - Promouvoir une meilleure alimentation via le numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Adamiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Drouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia Kotlarevski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Dugre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619838v1</w:t>
-              </w:r>
-[...179 lines deleted...]
-                <w:t xml:space="preserve">hal-02619982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les outils de self-tracking &amp;quot;alimentation - activité physique&amp;quot; : les raisons du refus</w:t>
               </w:r>
@@ -8335,51 +8335,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La viande, nouvel aliment clivant ? Oppositions sociales et reconfigurations autour des choix alimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Adamiec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8397,51 +8397,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualitative analysis of social drivers of food acceptability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Adamiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Régnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8498,51 +8498,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Caillavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ikpidi Badji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Dalstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8584,83 +8584,404 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">FacilEat4all - Rapport final</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contrat] Ferrero France - DRIAFF. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01898008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FacilEat4All - Rapport intermédiaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Dugre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contrat] Chaire ANCA, FRA; Fondation Agir Contre l'Exclusion, FRA. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saisonnalité et alimentation, revue de la littérature (sociologie, ethnologie, histoire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smart healthy diet for all ? An interview study on the usage and perception of a designed cooking app for the low income population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Dugre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Adamiec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Diet4Trans - rapport intermédiaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Caillavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ikpidi Badji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Dalstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8672,378 +8993,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rouballay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786522v1</w:t>
-              </w:r>
-[...319 lines deleted...]
-                <w:t xml:space="preserve">hal-02788297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de soutenance de thèse</w:t>
               </w:r>
@@ -9500,51 +9500,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choix alimentaires et structure sociale : clivages et recompositions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Adamiec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article en cours de finalisation - je ne sais pas comment je peux le mentionner. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9797,51 +9797,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05167729v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine R&#233;gnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05112087v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04083472v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Dalstein" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rouballay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauvel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14095379" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619140v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Regnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Le Bihan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tichit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Baumann" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17010061" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091625v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dugr&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Darcel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Adamiec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/11176" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827941v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.208.0095" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827931v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/mhealth.9189" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617642v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Michel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Meunier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618040v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gojard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plessz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604330v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Reckinger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2017.01.034" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603939v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Cissoko" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Duclos" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fardet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lacomme" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Paris" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pranut.2017.03.007" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617589v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603932v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601475v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.001.0007" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885181v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601523v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S1966960715003100" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601442v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601492v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1027143ar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601415v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla P Ferguson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1027139ar" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645698v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2011.02.005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664588v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Masullo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667287v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657802v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654436v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661896v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680702v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677524v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671283v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038742v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05044400v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05115406v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Capelle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ignolin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie De" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Schlienger" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142845v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787571v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733894v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786987v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dugre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Drouault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Kotlaresky Maia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787570v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752723v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Loconto" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Chiffoleau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785247v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785246v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785240v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603041v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bibai" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ollivier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605231v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788967v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788833v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787141v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789790v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#224;tia Lurbe I Puerto" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Licoppe" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785270v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797225v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752861v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757169v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820331v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Torny" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814629v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818655v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. European Sociological Association" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755328v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820061v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Laboratoire de Recherche Sur La Consommation" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Centre de Recherche En Nutrition Humaine d'Ile-De-France" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813312v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Institut Europ&#233;en d'Histoire Et Des Cultures de L'Alimentation" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828121v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760500v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832279v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791714v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816098v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. F&#233;d&#233;ration Des Soci&#233;t&#233;s Europ&#233;ennes de Nutrition" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Union Fran&#231;aise Pour La Nutrition Et L'Alimentation" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815379v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Institut National de Pr&#233;vention Et D&#8217;education Pour La Sant&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045182v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242619v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Julien" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822114v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lhuissier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Gojard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrobiosciences.org/article.php3?id_article=1923" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827928v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169362v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831887v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Caillavet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Darmon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830548v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157874v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ringard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Thomas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157879v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maurice" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242657v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785918v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019964v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste-editions.fr/products/alimentation-et-sante" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283757v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603154v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823234v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824573v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Andrieu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Momic" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813873v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040244v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04926270v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chambolle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Akol&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nedoncelle" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tranchard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283775v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#224;tia Lurbe I. Puerto" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2020.03.006" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619838v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia Kotlarevski" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170326v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Cavaillet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikpidi Badji" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22004/ag.econ.296763" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619982v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2019.09.002" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924386v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Hargis" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931707v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608358v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Aubry" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benavent" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Beudon" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordes" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Briand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157977v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Arnaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Hache-Bissette" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823372v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827481v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827439v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05421429v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038737v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duvoux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Leli&#232;vre" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Ginsburger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auzuret" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045087v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283797v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05101862v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790979v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786522v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898008v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786553v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789517v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Robin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788297v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784837v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793330v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814285v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04281191v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01379034v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Stockinger" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Maestre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788021v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785062v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05167729v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine R&#233;gnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05112087v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04083472v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Dalstein" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rouballay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauvel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14095379" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619140v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Regnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Le Bihan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tichit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Baumann" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17010061" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827931v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/mhealth.9189" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827941v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.208.0095" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091625v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dugr&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Darcel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Adamiec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/11176" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617642v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Michel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Meunier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618040v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gojard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plessz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604330v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Reckinger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2017.01.034" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603939v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Cissoko" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Duclos" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fardet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lacomme" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Paris" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pranut.2017.03.007" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617589v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603932v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885181v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601442v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601523v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S1966960715003100" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601475v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.001.0007" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601492v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1027143ar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601415v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla P Ferguson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1027139ar" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645698v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2011.02.005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664588v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Masullo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667287v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657802v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661896v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654436v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680702v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677524v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671283v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038742v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05115406v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Capelle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ignolin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie De" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Schlienger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05044400v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142845v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733894v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787571v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786987v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dugre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Drouault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Kotlaresky Maia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787570v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752723v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Loconto" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Chiffoleau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785240v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785246v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785247v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605231v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787141v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788833v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788967v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789790v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#224;tia Lurbe I Puerto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Licoppe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785270v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603041v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bibai" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ollivier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797225v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757169v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752861v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814629v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820331v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Torny" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755328v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820061v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Laboratoire de Recherche Sur La Consommation" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Centre de Recherche En Nutrition Humaine d'Ile-De-France" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818655v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. European Sociological Association" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813312v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Institut Europ&#233;en d'Histoire Et Des Cultures de L'Alimentation" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828121v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760500v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832279v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791714v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816098v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. F&#233;d&#233;ration Des Soci&#233;t&#233;s Europ&#233;ennes de Nutrition" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Union Fran&#231;aise Pour La Nutrition Et L'Alimentation" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815379v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Institut National de Pr&#233;vention Et D&#8217;education Pour La Sant&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045182v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242619v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Julien" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822114v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lhuissier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Gojard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agrobiosciences.org/article.php3?id_article=1923" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827928v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830548v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831887v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Caillavet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Darmon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169362v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157874v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ringard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Thomas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157879v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maurice" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242657v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785918v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019964v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste-editions.fr/products/alimentation-et-sante" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283757v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603154v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823234v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824573v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Andrieu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Momic" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813873v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040244v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04926270v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chambolle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Akol&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nedoncelle" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tranchard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283775v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#224;tia Lurbe I. Puerto" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2020.03.006" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170326v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Cavaillet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikpidi Badji" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22004/ag.econ.296763" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619982v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2019.09.002" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619838v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia Kotlarevski" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924386v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Hargis" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931707v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608358v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Aubry" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benavent" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Beudon" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordes" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Briand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157977v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Arnaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Hache-Bissette" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823372v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827481v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827439v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05421429v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038737v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duvoux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Leli&#232;vre" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Ginsburger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auzuret" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045087v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283797v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05101862v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790979v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898008v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789517v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Robin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786553v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788297v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786522v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784837v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793330v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814285v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04281191v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01379034v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Stockinger" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Maestre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788021v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785062v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>