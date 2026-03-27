--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -174,5301 +174,5435 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (42)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homo luzonensis and the role of homoplasy in the morphology of hominin insular species</w:t>
+                <w:t xml:space="preserve">Assessing inter-observer reliability to support availability of osteometric measurement data from the Olivier collection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Gousset</w:t>
+                <w:t xml:space="preserve">Siam Knecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Bardin</w:t>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Rouget</w:t>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armand Mijares</w:t>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Détroit</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aurélie Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cladistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 38 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/cla.70027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/15sl6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05500096v1</w:t>
+                <w:t xml:space="preserve">hal-05549209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrative study of new environmental and cultural data from the Hoabinhian of Laang Spean Cave (Cambodia) including modern human remains</w:t>
+                <w:t xml:space="preserve">Homo luzonensis and the role of homoplasy in the morphology of hominin insular species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valery Zeitoun</w:t>
+                <w:t xml:space="preserve">Pierre Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Pérez Balarezo</w:t>
+                <w:t xml:space="preserve">Jérémie Bardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heng Sophady</w:t>
+                <w:t xml:space="preserve">Isabelle Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuduan Zhou</w:t>
+                <w:t xml:space="preserve">Armand Mijares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Puaud</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Environments and Humans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 2 (5), pp.100020. </w:t>
+              <w:t xml:space="preserve">Cladistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.qeh.2024.100020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/cla.70027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04699099v1</w:t>
+                <w:t xml:space="preserve">hal-05500096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covariation of proximal finger and toe phalanges in Homo sapiens : A novel approach to assess covariation of serially corresponding structures</w:t>
+                <w:t xml:space="preserve">An integrative study of new environmental and cultural data from the Hoabinhian of Laang Spean Cave (Cambodia) including modern human remains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anneke Heteren</w:t>
+                <w:t xml:space="preserve">Valery Zeitoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Friess</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florent Détroit</w:t>
+                <w:t xml:space="preserve">Antonio Pérez Balarezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Balzeau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Heng Sophady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuduan Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Puaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.24439⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Environments and Humans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2 (5), pp.100020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.qeh.2024.100020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03593048v1</w:t>
+                <w:t xml:space="preserve">hal-04699099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Further analyses of the structural organization of Homo luzonensis teeth: Evolutionary implications</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Covariation of proximal finger and toe phalanges in Homo sapiens : A novel approach to assess covariation of serially corresponding structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lei Pan</w:t>
+                <w:t xml:space="preserve">Anneke Heteren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Song Xing</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martin Friess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2021.103124⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 177 (3), pp.471-488. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.24439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864564v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03593048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Standardization procedure to provide a unified multi-method elemental compositional dataset, application to ferruginous colouring matters from Namibia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Further analyses of the structural organization of Homo luzonensis teeth: Evolutionary implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Caron</w:t>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Beck</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florent Détroit</w:t>
+                <w:t xml:space="preserve">Yousuke Kaifu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+                <w:t xml:space="preserve">Lei Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Song Xing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Mijares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2022.103454⟩</w:t>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 163, pp.103124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2021.103124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03656248v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homo luzonensis : principales caractéristiques et implications pour l’histoire évolutionnaire du genre Homo</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Standardization procedure to provide a unified multi-method elemental compositional dataset, application to ferruginous colouring matters from Namibia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Clément Zanolli</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bmsap.7005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 43, pp.103454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2022.103454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03153977v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03656248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Standardization Procedure to Provide a Unified Multi-Method Elemental Compositional Dataset, Application to Ferruginous Colouring Matters from Namibia</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Homo luzonensis : principales caractéristiques et implications pour l’histoire évolutionnaire du genre Homo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Salvador Mijares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Corny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Daver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSRN Electronic Journal</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.7005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2139/ssrn.3949321⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03412164v1</w:t>
+                <w:t xml:space="preserve">hal-03153977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data pretreatment and multivariate analyses for ochre sourcing: Application to Leopard Cave (Erongo, Namibia)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Standardization Procedure to Provide a Unified Multi-Method Elemental Compositional Dataset, Application to Ferruginous Colouring Matters from Namibia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Bahain</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2020.102757⟩</w:t>
+              <w:t xml:space="preserve">SSRN Electronic Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2139/ssrn.3949321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03608278v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03412164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palaeoproteomics gives new insight into early southern African pastoralism</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+                <w:t xml:space="preserve">Data pretreatment and multivariate analyses for ochre sourcing: Application to Leopard Cave (Erongo, Namibia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Cersoy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florent Détroit</w:t>
+                <w:t xml:space="preserve">Alma Nankela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Bahain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-71374-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35, pp.102757. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2020.102757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02931270v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Namibian reference ochres description and geochemical data</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Palaeoproteomics gives new insight into early southern African pastoralism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Le Meillour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Zirah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cersoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Bahain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Zenodo</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.14427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-71374-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03363397v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02931270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Middle Pleistocene hominin mandible from Payre (Ardèche, France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Namibian reference ochres description and geochemical data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alma Nankela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Bahain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Zenodo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02908714v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03363397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studi kasus patologi gigi : karies pada rangka manusia ST1, Song Terus, Pacitan, Jawa Timur.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Tamu Ina A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Prastiningtyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Widianto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-M. Purnomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jurnal Papua</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archaeological ochres of the rock art site of Leopard Cave (Erongo, Namibia): looking for Later Stone Age socio-cultural behaviours</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Middle Pleistocene hominin mandible from Payre (Ardèche, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Lapauze</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Detroit</w:t>
+                <w:t xml:space="preserve">Christine Verna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-J. Bahain</w:t>
+                <w:t xml:space="preserve">Kornelius Kupczik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">African Archaeological Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10437-020-09394-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 144, pp.102775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2020.102775⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02568815v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02908714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leopard Cave ochres description and geochemical data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Archaeological ochres of the rock art site of Leopard Cave (Erongo, Namibia): looking for Later Stone Age socio-cultural behaviours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Nankela</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">M. Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Lapauze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Detroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Bahain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Zenodo</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">African Archaeological Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10437-020-09394-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03363401v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02568815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First in situ pXRF analyses of rock paintings in Erongo, Namibia: results, current limits, and prospects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Mauran</w:t>
+                <w:t xml:space="preserve">Leopard Cave ochres description and geochemical data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nankela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Lebon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alma Nankela</w:t>
+                <w:t xml:space="preserve">J.-J. Bahain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> Zenodo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12520-019-00787-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02144748v2</w:t>
+                <w:t xml:space="preserve">hal-03363401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The variability of frontal and occipital features of Homo erectus : a comparative analysis of unpublished fragmentary fossils from Sangiran.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">First in situ pXRF analyses of rock paintings in Erongo, Namibia: results, current limits, and prospects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Detroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alma Nankela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The UISPP journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (8), pp.4123-4145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12520-019-00787-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02615553v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-02144748v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancient and recent phenotypic variation in Oceania : 3 Millennia of migrations in South Melanesia documented by linear morphometry.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">The variability of frontal and occipital features of Homo erectus : a comparative analysis of unpublished fragmentary fossils from Sangiran.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Gollette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Rahmawati N.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grimaud-Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The UISPP journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 2 (2), pp.51-53. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2019, 2 (2), pp.21-26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02580743v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02615553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new species of Homo from the Late Pleistocene of the Philippines</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Clément Zanolli</w:t>
+                <w:t xml:space="preserve">Ancient and recent phenotypic variation in Oceania : 3 Millennia of migrations in South Melanesia documented by linear morphometry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Zinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bedford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Spriggs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The UISPP journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (2), pp.51-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.62526/6J8LZT⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-019-1067-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02296712v1</w:t>
+                <w:t xml:space="preserve">hal-02580743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological Anthropology of the African Continent: From the First Hominins to Extant Populations</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A new species of Homo from the Late Pleistocene of the Philippines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Detroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Salvador Mijares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Corny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Daver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 568 (7751), pp.181-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-019-1067-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/bmsap-2018-0005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01885615v1</w:t>
+                <w:t xml:space="preserve">hal-02296712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Données quantitatives en anthropologie biologique : regards croisés</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biological Anthropology of the African Continent: From the First Hominins to Extant Populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Ardagna</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florent Détroit</w:t>
+                <w:t xml:space="preserve">François Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Fort</w:t>
+                <w:t xml:space="preserve">I. Crevecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Kacki</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Prat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ramirez Rozzi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 29 (3-4), pp.150-152. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13219-017-0191-z⟩</w:t>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/bmsap-2018-0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03140748v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dental phenotypic shape variation supports a multiple dispersal model for anatomically modern humans in Southeast Asia</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Manon Galland</w:t>
+                <w:t xml:space="preserve">Données quantitatives en anthropologie biologique : regards croisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Arzarello</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Demeter</w:t>
+                <w:t xml:space="preserve">A. Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2017.08.017⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (3-4), pp.150-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13219-017-0191-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02172076v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleoanthropological significance and morphological variability of the human bones and teeth from Tabon Cave</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Dental phenotypic shape variation supports a multiple dispersal model for anatomically modern humans in Southeast Asia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Corny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Arzarello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ame Garong</w:t>
+                <w:t xml:space="preserve">Anne-Marie Bacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Sémah</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mary Jane Louise A. Bolunia</w:t>
+                <w:t xml:space="preserve">Fabrice Demeter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.10.059⟩</w:t>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 112, pp.41-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2017.08.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729657v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Position of the posterior skullcap fragment from Sendang Klampok (Sangiran Dome, Java, Indonesia) among the Javanese Homo erectus record</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Grimaud-Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Widianto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Grimaud-Hervé</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tony Djubiantono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Detroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 416, pp.193-209. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02106818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphometric Assessment of Convergent Tool Technology and Function during the Early Middle Palaeolithic: The Case of Payre, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Paleoanthropological significance and morphological variability of the human bones and teeth from Tabon Cave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Corny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ame Garong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Sémah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gema Chacón</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florent Detroit</w:t>
+                <w:t xml:space="preserve">Eusebio Dizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Coudenneau</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mary Jane Louise A. Bolunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0155316⟩</w:t>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 416, pp.210 - 218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.10.059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729640v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Lapita skeletons from Vanuatu show Polynesian craniofacial shape: Implications for Remote Oceanic settlement and Lapita origins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Morphometric Assessment of Convergent Tool Technology and Function during the Early Middle Palaeolithic: The Case of Payre, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gema Chacón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Detroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederique Valentin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florent Detroit</w:t>
+                <w:t xml:space="preserve">Aude Coudenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew Spriggs</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stuart Bedford</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Moncel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1516186113⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (5), pp.617 - 633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0155316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01730862v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable isotopes in guano: Potential contributions towards palaeoenvironmental reconstruction in Tabon Cave, Palawan, Philippines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Early Lapita skeletons from Vanuatu show Polynesian craniofacial shape: Implications for Remote Oceanic settlement and Lapita origins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Detroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Choa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Lebon</w:t>
+                <w:t xml:space="preserve">Matthew Spriggs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Gallet</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stuart Bedford</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.12.034⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113 (2), pp.292 - 297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1516186113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729655v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01730862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'histoire récente du genre Homo en Asie de l'Est et du Sud-Est : examen des hypothèses d'hybridation et d'endémisme insulaire à la lumière du registre paléoanthropologique.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Détroit</w:t>
+                <w:t xml:space="preserve">Stable isotopes in guano: Potential contributions towards palaeoenvironmental reconstruction in Tabon Cave, Palawan, Philippines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Choa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.S.B. Mijares</w:t>
+                <w:t xml:space="preserve">E. Dizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Corny</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Grimaud-Hervé</w:t>
+                <w:t xml:space="preserve">W. Ronquillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 416, pp.27 - 37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.12.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03136751v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01729655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fossil hominins, quadrupedal primates and the origin of human bipedalism: a 3D geometric morphometric analysis of the Primate hamate</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">L'histoire récente du genre Homo en Asie de l'Est et du Sud-Est : examen des hypothèses d'hybridation et d'endémisme insulaire à la lumière du registre paléoanthropologique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Berillon</w:t>
+                <w:t xml:space="preserve">A.S.B. Mijares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Prat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Corny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ingicco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grimaud-Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 26, pp.121-128. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014, 1839ème Journées de la Société d’Anthropologie de Paris, Montpellier (France), 28- 31 janvier 2014, 26 : S18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01112837v1</w:t>
+                <w:t xml:space="preserve">hal-03136751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical Note: Anatomic Identification of Isolated Modern Human Molars: Testing Procrustes Aligned Outlines as a Standardization Procedure for Elliptic Fourier Analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florent Detroit</w:t>
+                <w:t xml:space="preserve">Fossil hominins, quadrupedal primates and the origin of human bipedalism: a 3D geometric morphometric analysis of the Primate hamate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Daver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Grimaud-Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Berillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Prat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.2242⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26, pp.121-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13219-014-0111-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01068237v1</w:t>
+                <w:t xml:space="preserve">hal-01112837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic and cranial phenotype data support multiple modern human dispersals from Africa and a southern route into Asia</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Technical Note: Anatomic Identification of Isolated Modern Human Molars: Testing Procrustes Aligned Outlines as a Standardization Procedure for Elliptic Fourier Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Corny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Detroit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1323666111⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 153 (2), pp.314-322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.2242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02172063v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01068237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application en Paléoanthropologie d'une méthode médico-légale de détermination de l'âge et du sexe basée sur la canine.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genomic and cranial phenotype data support multiple modern human dispersals from Africa and a southern route into Asia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Reyes-Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Tardivo</w:t>
+                <w:t xml:space="preserve">S. Ghirotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grimaud-Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Adalian</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">B. Foti</w:t>
+                <w:t xml:space="preserve">G. Barbujani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 111 (20), pp.7248-7253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1323666111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03140804v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An allometric study of Macaca fascicularis from the Late Pleistocene deposits at the Ille site (Philippines): a possible model for Southeast Asian Dwarf Hominins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Ingicco</w:t>
+                <w:t xml:space="preserve">Application en Paléoanthropologie d'une méthode médico-légale de détermination de l'âge et du sexe basée sur la canine.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tardivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Amano</w:t>
+                <w:t xml:space="preserve">P. Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Ochoa</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Foti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 26 (3-4), pp.147-153. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014, 1839ème Journées de la Société d’Anthropologie de Paris, Montpellier (France), 28- 31 janvier 2014, 26 (S38)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03034286v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatomic identification of isolated modern human molars : Testing Procrustes aligned outlines as a standardization procedure for elliptic fourier analysis.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Détroit</w:t>
+                <w:t xml:space="preserve">An allometric study of Macaca fascicularis from the Late Pleistocene deposits at the Ille site (Philippines): a possible model for Southeast Asian Dwarf Hominins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ingicco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Amano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ochoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (3-4), pp.147-153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13219-014-0098-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03136747v1</w:t>
+                <w:t xml:space="preserve">hal-03034286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First description of the Cro-Magnon 1 endocast and study of brain variation and evolution in anatomically modern Homo sapiens</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anatomic identification of isolated modern human molars : Testing Procrustes aligned outlines as a standardization procedure for elliptic fourier analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Corny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 153 (2), pp.314-322</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13219-012-0069-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00853862v1</w:t>
+                <w:t xml:space="preserve">hal-03136747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Small size” in the Philippine human fossil record : is it meaningful for a better understanding of the evolutionary history of the Negritos ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. Corny</w:t>
+                <w:t xml:space="preserve">First description of the Cro-Magnon 1 endocast and study of brain variation and evolution in anatomically modern Homo sapiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Grimaud-Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E.Z. Dizon</w:t>
+                <w:t xml:space="preserve">Ralph Holloway</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.S. Mijares</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benoît Combès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 85 (1-3), pp.45-66. </w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25 (1-2), pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3378/027.085.0303⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13219-012-0069-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03143619v1</w:t>
+                <w:t xml:space="preserve">inserm-00853862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une étude de l'allométrie de spécimens de Macaca fascicularis provenant des niveaux Pléistocènes supérieur de Ille Cave (Philippines): un modèle potentiel pour les Homininés de petite taille du Sud-Est asiatique.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Ingicco</w:t>
+                <w:t xml:space="preserve">“Small size” in the Philippine human fossil record : is it meaningful for a better understanding of the evolutionary history of the Negritos ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Detroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Corny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Amano Jr</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F. Detroit</w:t>
+                <w:t xml:space="preserve">E.Z. Dizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Mijares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Human Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 85 (1-3), pp.45-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3378/027.085.0303⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195590v1</w:t>
+                <w:t xml:space="preserve">hal-03143619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Of Sheep and Men”: Earliest Direct Evidence of Caprine Domestication in Southern Africa at Leopard Cave (Erongo, Namibia)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florent Detroit</w:t>
+                <w:t xml:space="preserve">Une étude de l'allométrie de spécimens de Macaca fascicularis provenant des niveaux Pléistocènes supérieur de Ille Cave (Philippines): un modèle potentiel pour les Homininés de petite taille du Sud-Est asiatique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ingicco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joséphine Lesur</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N. Amano Jr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ochoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Detroit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25 (S25)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02172328v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unité et diversité préhistorique entre Java et Sumatra.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">“Of Sheep and Men”: Earliest Direct Evidence of Caprine Domestication in Southern Africa at Leopard Cave (Erongo, Namibia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Pleurdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Imalwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Detroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Forestier</w:t>
+                <w:t xml:space="preserve">Joséphine Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Truman Simanjuntak</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anzel Veldman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archipel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/arch.2010.4175⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (7), pp.e40340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0040340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03225717v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ossements humains de la grotte de Tabon (Palawan, Philippines): Répartition spatiale et étude d’une collection d’ossements inédite.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Unité et diversité préhistorique entre Java et Sumatra.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Truman Simanjuntak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Zeitoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annali dell'Universita di Ferrara</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archipel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 80, pp.19-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/arch.2010.4175⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03221494v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solo man in question: Convergent views to split Indonesian Homo erectus in two categories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Zeitoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grimaud-Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Widianto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 223-224, pp.281-292. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quaint.2010.01.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02977578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New evidence for a 67,000-year-old human presence at Callao Cave, Luzon, Philippines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Salvador Mijares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Piper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rainer Grün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Bellwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 59 (1), pp.123-132. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhevol.2010.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03227101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les ossements humains de la grotte de Tabon (Palawan, Philippines): Répartition spatiale et étude d’une collection d’ossements inédite.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Corny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annali dell'Universita di Ferrara</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6, pp.77-84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03221494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Morphométrie géométrique et classification phylogénétique, application à la question de l’origine d’Homo sapiens en Asie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bouee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 22 (3-4), pp.172-184. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s13219-010-0018-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03219992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5478,2537 +5612,2537 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification de l’erreur de fiabilité Interobservateur dans les mesures ostéométriques classiques de la collection Olivier</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Adaptations morpho-fonctionnelles osseuses liées aux activités des hommes et femmes néolithiques : le cas des populations des bassins parisien et rhénan (Ve millénaire BC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Courtine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/133os⟩</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/133o8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05087794v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05087769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptations morpho-fonctionnelles osseuses liées aux activités des hommes et femmes néolithiques : le cas des populations des bassins parisien et rhénan (Ve millénaire BC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Inès Courtine</w:t>
+                <w:t xml:space="preserve">Quantification de l’erreur de fiabilité Interobservateur dans les mesures ostéométriques classiques de la collection Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siam Knecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Détroit</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aurélie Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/133o8⟩</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/133os⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05087769v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05087794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic analysis of Homo luzonensis: taxon, characters, phylogeny, and island evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Salvador Mijares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème congrès de l'Union Internationale des Sciences Préhistoriques et Protohistoriques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Union des Sciences Préhistoriques et Protohistoriques, Sep 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03978614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic analysis of Homo luzonensis: taxon, characters, phylogeny and island evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Salvador Mijares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th annual Meeting of the European Society for the Study of Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for the Study of Human Evolution, Sep 2021, En ligne, France. pp.188, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48738/2021.iss1.75⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03979845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The teeth of H. luzonensis: a diagnostic taxonomic element</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Salvador Mijares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Corny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Daver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference: Homo luzonensis and the Hominin Record of Southeast Asia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Quezon City, Philippines</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of colouring materials and rock art pigments in the Erongo Mountains (Namibia).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nankela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting African Stone Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02875952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hues of Namibia: characterization and provenience of Erongo rock art pigments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nankela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Young Natural History scientists Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02875950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie des peuplements humains en Namibie durant l’Holocène.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pleurdeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire OPUS « Pour une muséalisation du patrimoine Africain »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02881649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeological research in the Erongo mountains, Namibia: a Franco-Namibian cooperation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pleurdeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Détroit</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">G. Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nankela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Franco-Namibian Cultural Center</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Windhoek, Namibia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02867637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coloured materials, insights into rock art archaeological context: the case of Leopard Cave (Erongo, Namibia).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Nankela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XV Congress OF PAN-AFRICAN Archaeological Association-PANAF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02612370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The human remains from Leopard Cave (Erongo, Namibia): New Mortuary Practices in Southern Africa more than 6,000 years ago?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chalamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society of Africanist Archaeologists, 23rd biennal meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02971937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place de l’Homme dans l’arbre évolutif : une approche historique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée AFPSVT : L’évolution des Hominidés : enjeux, difficultés et perspectives pour l’enseignement,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Diderot, Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02966226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of paleoneurology in the comprehension of the first human migrations and settlements out of Africa. 100+25 years of Homo erectus : Dmanisi and beyond.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Use of ochres in relation with the production of rock art in Southern Africa : A contribution from the excavation at Leopard Cave (Erongo, Namibia).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Lapauze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nankela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Senckenberg Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Tbilissi, Georgia</w:t>
+              <w:t xml:space="preserve">23rd Biennial meeting of the Society of Africanist Archaeologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02911982v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02963875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of ochres in relation with the production of rock art in Southern Africa : A contribution from the excavation at Leopard Cave (Erongo, Namibia).</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution of paleoneurology in the comprehension of the first human migrations and settlements out of Africa. 100+25 years of Homo erectus : Dmanisi and beyond.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grimaud-Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Detroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Widianto</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd Biennial meeting of the Society of Africanist Archaeologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">International Senckenberg Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Tbilissi, Georgia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02963875v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02911982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Homo sapiens record.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Garong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Corny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Managing Prehistoric Heritage in Southeast Asia, Universitas Indonesia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Jakarta, Indonesia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02966217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The human remains from Leopard Cave (Erongo, Namibia) : New Mortuary Practices in Southern Africa more than 6,000 years ago?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chalamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society of Africanist Archaeologists, 23rd biennal meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02971935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'histoire récente du genre Homo en Asie de l'Est et du Sud-Est : examen des hypothèses d'hybridation et d'endémisme insulaire à la lumière du registre paléoanthropologique.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Identification anatomique des molaires définitives d’Homo sapiens par l’analyse de la conformation du contour des couronnes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Corny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1839ème Journées de la Société d’Anthropologie de Paris, Montpellier (France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">, Jan 2014, Paris, France. pp.S14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03203596v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification anatomique des molaires définitives d’Homo sapiens par l’analyse de la conformation du contour des couronnes.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">L'histoire récente du genre Homo en Asie de l'Est et du Sud-Est : examen des hypothèses d'hybridation et d'endémisme insulaire à la lumière du registre paléoanthropologique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S.B. Mijares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Corny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ingicco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Grimaud-Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1839ème Journées de la Société d’Anthropologie de Paris, Montpellier (France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2014, Paris, France. pp.S14</w:t>
+              <w:t xml:space="preserve">, Jan 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03203593v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité biologique et complexité du peuplement de l'Asie du Sud Est par l'homme moderne : étude comparative de la conformation des molaires supérieures définitives humaines.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Corny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Détroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1839ème Journées de la Société d’Anthropologie de Paris, Montpellier (France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Paris, France. pp.S17-S18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03140809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covariation between hands and feet : 3D geometric morphometrics applied to human proximal phalanges.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. van Heteren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Balzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Friess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESHE meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03152901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The (pre-)history of Homo sapiens in East and Southeast Asia : an insight from the palaeoanthropological record with special reference to the Philippines.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on the Palaeolithic cultures in Taiwan and its surrounding areas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Taitung, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03200876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de la variabilité morphométrique du crâne. Collections et méthodologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Simonis-Sueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Friess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Froment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1833ème Réunion Scientifique de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00438133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration morphologique, ontogénique et fonctionnelle, du crâne des Homo sapiens, par les Two-Block Partial Least Squares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Simonis-Sueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Friess</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5e Symposium national de Morphométrie et Évolution des Formes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00283354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8018,396 +8152,396 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse phylogénétique d’Homo luzonensis : taxon, caractères, phylogénie et évolution insulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Salvador Mijares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1847èmes journées de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, En ligne, France. , Bulletins et Mémoires de la Société d'Anthropologie de Paris, 34 ((S)), 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bmsap.8860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03978572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mission Archéologique en Namibie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Pleurdeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Le Meillour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Préhistoire sous les tropiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04922800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premières analyses des matières colorantes de l'art rupestre du massif de l'Erongo (Namibie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Lapauze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Nankela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème Colloque du GMPCA (GMPCA 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Rennes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02906078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8417,147 +8551,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoires d'ancêtres - La grande aventure de la Préhistoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grimaud-Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Bahain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Nespoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pigeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Errance, pp.144, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8567,779 +8701,779 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to explain Polynesian Outliers’ heterogeneity?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zinger W.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Flexner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bedford S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hermann A., Valentin F., Sand C., Nolet E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Networks and monumentality in the Pacific</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archaeopress, pp. 62-77, 2020, UISPP PROCEEDINGS SERIES VOLUME – XXXVIII, ISBN 978-1-78969-716-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02977878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homo sapiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Detroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Pleurdeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vonk J., Shackelford T. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Animal Cognition and Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.1-14, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02171197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The origins and migrations of Homo sapiens in Island Southeast Asia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Corny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Garong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.D. Cosalan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Prehsea. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ANSYORI M., CHOA O., SEMAH A.M. (eds.) Legacy of the Islands.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.89-94, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03022812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing the “Negrito” Hypothesis: Modern Human Phenotypic and Genetic Diversity in Asia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Reyes-Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ghirotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Grimaud-Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Barbujani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the European Society for the study of Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, , pp.182, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03193552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une étude de l'allométrie de spécimens de Macaca fascicularis provenant des niveaux Pléistocènes supérieur de Ille Cave (Philippines): un modèle potentiel pour les Homininés de petite taille du Sud-Est asiatique.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Evolutionary History And Biological Diversity Of Homo sapiens In Southeast Asia.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Corny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1838ème Journées de la Société d’Anthropologie de Paris, Paris (France), 23- 25 janvier 2013.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 25 (S25), 2013, Bull. Mém. Soc. Anthropol</w:t>
+              <w:t xml:space="preserve">Southeast Asia: Contour Shape Analysis Of Modern Human Upper Molars. ESHE Meeting,Vienne (Autriche), 19-21 septembre 2013, Proceedings of the European Society for the study of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2 (66), 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03192246v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03190061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary History And Biological Diversity Of Homo sapiens In Southeast Asia.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Une étude de l'allométrie de spécimens de Macaca fascicularis provenant des niveaux Pléistocènes supérieur de Ille Cave (Philippines): un modèle potentiel pour les Homininés de petite taille du Sud-Est asiatique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ingicco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Amano Jr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ochoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Southeast Asia: Contour Shape Analysis Of Modern Human Upper Molars. ESHE Meeting,Vienne (Autriche), 19-21 septembre 2013, Proceedings of the European Society for the study of Human Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2 (66), 2013</w:t>
+              <w:t xml:space="preserve">1838ème Journées de la Société d’Anthropologie de Paris, Paris (France), 23- 25 janvier 2013.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 25 (S25), 2013, Bull. Mém. Soc. Anthropol</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03190061v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covariation between hands and feet: 3D geometric morphometrics applied to human proximal phalanges. ESHE Meeting, Vienne (Autriche), 19-21 septembre 2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. van Heteren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Balzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Friess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the European Society for the study of Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, pp.110, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03157074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9349,117 +9483,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skull shapes, maps, and microscribes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Simonis-Sueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Friess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009, p240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00438109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9469,143 +9603,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cementochronology using synchrotron radiation tomography to determine age at death and developmental rate in the holotype of Homo luzonensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anneke van Heteren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew King</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felisa Berenguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Salvador Mijares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03988165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9615,105 +9749,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homo sapiens, Homo luzonensis et contemporains : du terrain à l’analyse des variations de forme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anthropologie biologique. Muséum National d'Histoire Naturelle Paris, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04020104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId274"/>
+      <w:footerReference w:type="default" r:id="rId276"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9781,51 +9915,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="76DC5805"/>
+    <w:nsid w:val="0026A6D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10012,51 +10146,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fdetroit" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5208-6203" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070723257" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/G-1022-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500096v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gousset" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Mijares" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cla.70027" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699099v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Zeitoun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio P&#233;rez Balarezo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Sophady" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuduan Zhou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Puaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qeh.2024.100020" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593048v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneke Heteren" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Friess" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24439" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864564v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousuke Kaifu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Pan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Song Xing" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.103124" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03656248v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Mauran" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103454" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153977v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Salvador Mijares" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Corny" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daver" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412164v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Caron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.3949321" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03608278v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Nankela" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102757" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931270v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Meillour" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Zirah" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cersoy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-71374-3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363397v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908714v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Verna" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kornelius Kupczik" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Arnaud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2020.102775" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02662070v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tamu Ina A." TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Prastiningtyas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Widianto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Detroit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Purnomo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568815v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mauran" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lapauze" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Bahain" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-020-09394-7" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363401v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Caron" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;troit" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nankela" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02144748v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Detroit" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-019-00787-7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615553v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gollette" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rahmawati N." TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grimaud-Herv&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02580743v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zinger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Valentin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bedford" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spriggs" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62526/6J8LZT" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296712v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1067-9" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885615v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Crevecoeur" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ramirez Rozzi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140748v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fort" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0191-z" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172076v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Galland" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Arzarello" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bacon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Demeter" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2017.08.017" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729657v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ame Garong" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois S&#233;mah" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eusebio Dizon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Jane Louise A. Bolunia" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.10.059" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02106818v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grimaud-Herv&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Widianto" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Djubiantono" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.10.003" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGKHPTRC-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729640v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gema Chac&#243;n" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Coudenneau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0155316" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01730862v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Valentin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Spriggs" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Bedford" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1516186113" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729655v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Choa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gallet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dizon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ronquillo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.12.034" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136751v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S.B. Mijares" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Corny" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ingicco" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112837v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-014-0111-4" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068237v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.2242" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172063v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Reyes-Centeno" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ghirotto" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barbujani" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1323666111" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140804v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tardivo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adalian" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Balzeau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Foti" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034286v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amano" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ochoa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-014-0098-x" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136747v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00853862v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Holloway" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Comb&#232;s" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-012-0069-z" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143619v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.Z. Dizon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Mijares" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3378/027.085.0303" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195590v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amano Jr" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172328v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pleurdeau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Imalwa" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Lesur" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anzel Veldman" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040340" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225717v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Forestier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truman Simanjuntak" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Zeitoun" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arch.2010.4175" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221494v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977578v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grimaud-Herve" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2010.01.018" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227101v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Piper" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Gr&#252;n" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Bellwood" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2010.04.008" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1GPX5ZRW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219992v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouee" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-010-0018-7" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/814906D3E4B28EA16578240845A97565CA973E9E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087794v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siam Knecht" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fort" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133os" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087769v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Courtine" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133o8" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978614v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979845v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2021.iss1.75" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003975v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875952v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875950v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881649v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pleurdeau" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867637v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612370v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971937v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chalamon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lesur" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zazzo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966226v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911982v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grimaud-Herve" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Wu" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Widianto" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963875v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966217v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garong" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971935v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203596v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203593v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140809v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152901v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Heteren" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Friess" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200876v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438133v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simonis-Sueur" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Froment" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283354v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978572v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8860" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922800v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906078v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lapauze" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427571v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Serre" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Nespoulet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeaud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977878v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinger W." TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Valentin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Flexner" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedford S." TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171197v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022812v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Cosalan" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193552v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Barbujani" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192246v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190061v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157074v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438109v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988165v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneke van Heteren" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew King" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felisa Berenguer" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04020104v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fdetroit" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5208-6203" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070723257" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/G-1022-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549209v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siam Knecht" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fort" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15sl6" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500096v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gousset" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Mijares" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cla.70027" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699099v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Zeitoun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio P&#233;rez Balarezo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Sophady" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuduan Zhou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Puaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qeh.2024.100020" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593048v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneke Heteren" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Friess" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24439" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864564v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousuke Kaifu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Pan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Song Xing" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.103124" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03656248v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Mauran" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103454" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153977v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Salvador Mijares" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Corny" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daver" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7005" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412164v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Caron" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.3949321" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03608278v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Nankela" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102757" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931270v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Meillour" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Zirah" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cersoy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-71374-3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363397v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02662070v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tamu Ina A." TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Prastiningtyas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Widianto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Detroit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Purnomo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908714v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Verna" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kornelius Kupczik" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Arnaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2020.102775" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568815v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mauran" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lapauze" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Bahain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-020-09394-7" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363401v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Caron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;troit" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nankela" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02144748v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Detroit" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-019-00787-7" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615553v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gollette" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rahmawati N." TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grimaud-Herv&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02580743v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zinger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Valentin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bedford" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spriggs" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62526/6J8LZT" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296712v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1067-9" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885615v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Crevecoeur" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ramirez Rozzi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0005" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140748v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fort" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0191-z" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172076v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Galland" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Arzarello" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bacon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Demeter" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2017.08.017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02106818v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grimaud-Herv&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Widianto" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Djubiantono" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.10.003" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGKHPTRC-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729657v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ame Garong" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois S&#233;mah" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eusebio Dizon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Jane Louise A. Bolunia" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.10.059" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729640v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gema Chac&#243;n" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Coudenneau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0155316" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01730862v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Valentin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Spriggs" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Bedford" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1516186113" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729655v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Choa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gallet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dizon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ronquillo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.12.034" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136751v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S.B. Mijares" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Corny" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ingicco" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112837v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-014-0111-4" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068237v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.2242" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172063v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Reyes-Centeno" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ghirotto" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barbujani" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1323666111" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140804v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tardivo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adalian" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Balzeau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Foti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034286v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amano" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ochoa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-014-0098-x" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136747v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00853862v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Holloway" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Comb&#232;s" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-012-0069-z" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143619v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.Z. Dizon" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Mijares" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3378/027.085.0303" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195590v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amano Jr" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172328v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pleurdeau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Imalwa" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Lesur" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anzel Veldman" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040340" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225717v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Forestier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truman Simanjuntak" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Zeitoun" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arch.2010.4175" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977578v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grimaud-Herve" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2010.01.018" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227101v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Piper" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Gr&#252;n" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Bellwood" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2010.04.008" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1GPX5ZRW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221494v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219992v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouee" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-010-0018-7" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/814906D3E4B28EA16578240845A97565CA973E9E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087769v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Courtine" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133o8" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087794v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133os" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978614v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979845v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2021.iss1.75" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003975v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875952v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875950v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881649v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pleurdeau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867637v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612370v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971937v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chalamon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lesur" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zazzo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966226v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963875v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911982v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grimaud-Herve" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Wu" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Widianto" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966217v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garong" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971935v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203593v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203596v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140809v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152901v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Heteren" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Friess" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200876v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438133v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simonis-Sueur" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Froment" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283354v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978572v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8860" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922800v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906078v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lapauze" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427571v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Serre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Nespoulet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977878v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinger W." TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Valentin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Flexner" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedford S." TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171197v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022812v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Cosalan" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193552v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Barbujani" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190061v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192246v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157074v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438109v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988165v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneke van Heteren" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew King" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felisa Berenguer" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04020104v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>