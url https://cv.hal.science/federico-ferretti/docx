--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -581,6907 +581,6907 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05422196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Conciliating Subaltern and Liminal Geopolitics: Reggio Emilia’s City Diplomacy and the Geographies of Lusophone Africa’s Decolonisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geopolitics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14650045.2023.2291067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04471269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">For an Anarchist Decolonial Agenda: New Perspectives on Anarchism, Marronage, and Indigeneity from Brazil/Pindorama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ferretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antipode</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/anti.13068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Conciliating Subaltern and Liminal Geopolitics: Reggio Emilia’s City Diplomacy and the Geographies of Lusophone Africa’s Decolonisation</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pathways Through the Sea: Decolonial Geopoetics of the Mediterranean in Italian Folksong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GeoHumanities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/2373566X.2024.2396469⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04697985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Mediterranean metaphor and Léon Metchnikoff's Great Historical Rivers: anarchist geographies of water-land hybridity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Historical Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 86, pp.82-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhg.2024.06.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04697987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">For critical geo‐histories of population. Engaging geographically with Massimo Livi Bacci's works</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geography Compass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gec3.12739⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voluntary Geographies of Internationalism: The Contributions of a Radical Mexican Family to Global Pacifism, Feminism, and Anticolonialism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of the American Association of Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/24694452.2024.2409441⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04774735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Social Tropicalism, Engaged Geographies and the Brazilian &amp;quot;Hub&amp;quot; The South as a Place for Producing Critical Knowledge (1930s-1950s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire des sciences humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03959295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le tropicalisme social, des géographies engagées et le « hub » brésilien Le Sud comme lieu de production de connaissances critiques (années 1930-1950)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire des sciences humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03959303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosmohistories and pluriversal dialogues: The future of the history of geography.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geronimo Barrera de la Torre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dialogues in Human Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Reimagining the Futures of Geographical Thought and Praxis, pp.204382062311712. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/20438206231171203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04077692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‘Historical Geographies of Internationalism’: Still a source of inspiration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Political Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 102, pp.102831. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polgeo.2023.102831⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04046647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antifascist geopoetics, anticolonial dissidence and feminism: engaging with Joyce Lussu’s transnational stories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geografiska Annaler: Series B, Human Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1 - 18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/04353684.2023.2264871⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">South of the South: Political Dissidence, Exile, and Latin American Transnationalism Around the “New Geography” Meetings in the Southern Cone (1960s–1970s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of the American Association of Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 113 (8), pp.1745-1761. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/24694452.2023.2192266⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géographicité , material agency and the thickness of the Earth: rediscovering Eric Dardel beyond ‘nature/culture’ dualisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cultural geographies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/14744740231215510⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geography, pluriverse and ‘Southern Thought’: Engaging with decoloniality from the Mediterranean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Political Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107, pp.102990. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polgeo.2023.102990⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">South of the South: Political Dissidence, Exile, and Latin American Transnationalism Around the “New Geography” Meetings in the Southern Cone (1960s–1970s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of the American Association of Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/24694452.2023.2192266⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indignation, Civic Virtue, and the Right of Resistance: Critical Geography and Antifascism in Italy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of the American Association of Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/24694452.2022.2036091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03635043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Statues that must stand not fall: The material agency of anarchism in the marble monuments of Carrara, Italy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Historical Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Special issue: Contesting monuments: heritage and historical geographies of inequality, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhg.2022.11.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03959276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geographies of revolution: Prefiguration and spaces of alterity in Latin American radicalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environment and Planning C: Politics and Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.239965442110631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/23996544211063163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03541194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parrhesia and female leadership: radical women in Brazilian geography against dictatorship and academic conservatism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gender, Place and Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/0966369x.2021.1873747⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03114183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decentring the Lettered City: Exile, Transnational Networks, and Josué de Castro’s Centre International pour le Développement (1964–1973)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antipode</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/anti.12759⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03289325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Other radical geographies: tropicality and decolonisation in twentieth-century French geography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transactions of the Institute of British Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tran.12438⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03146084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geopolitics of decolonisation: The subaltern diplomacies of Lusophone Africa (1961–1974)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Political Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 85, pp.102326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polgeo.2020.102326⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03079001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decolonizing regional planning from the Global South: Active geographies and social struggles in Northeastern Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environment and Planning D: Society and Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.026377582110246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/02637758211024647⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03269544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">History and philosophy of geography III: Global histories of geography, statues that must fall and a radical and multilingual turn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Progress in Human Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.030913252110621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/03091325211062170⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03503096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">History and philosophy of geography II: Rediscovering individuals, fostering interdisciplinarity and renegotiating the ‘margins’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Progress in Human Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0309132520973750⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03030066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subaltern connections: Brazilian critical geographers, development and African decolonisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Third World Quarterly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01436597.2020.1722095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traveling in lifeworlds: new perspectives on (post) humanism, situated subjectivities and agency from a travel diary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of the American Association of Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/24694452.2020.1715197⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From the drought to the mud: Rediscovering geopoetics and cultural hybridity from the Global South</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cultural geographies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.147447402091118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1474474020911181⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Journeying through Utopia: anarchism, geographical imagination and performative futures in Marie-Louise Berneri’s works</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Investigaciones Geográficas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 100, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14350/rig.60026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02425517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coffin for Malthusianism: Josué De Castro’s Subaltern Geopolitics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ferretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geopolitics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.1-28. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14650045.2023.2291067⟩</w:t>
+              <w:t xml:space="preserve">, 2019, pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14650045.2019.1583213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">For critical geo‐histories of population. Engaging geographically with Massimo Livi Bacci's works</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02062990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Between Radical Geography and Humanism: Anne Buttimer and the International Dialogue Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antipode</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/anti.12536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02117379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rediscovering other geographical traditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ferretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geography Compass</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 18 (3), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gec3.12739⟩</w:t>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gec3.12421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/2373566X.2024.2396469⟩</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02062987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decolonizing the Northeast: Brazilian Subalterns, Non-European Heritages, and Radical Geography in Pernambuco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of the American Association of Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/24694452.2018.1554423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">The Mediterranean metaphor and Léon Metchnikoff's Great Historical Rivers: anarchist geographies of water-land hybridity</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02079247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">History and philosophy of geography I: Decolonising the discipline, diversifying archives and historicising radicalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Progress in Human Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0309132519893442⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02425512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Networking print cultures: Reclus’ Nouvelle Géographie universelle at the Hachette publishing house</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ferretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Historical Geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 86, pp.82-92. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Voluntary Geographies of Internationalism: The Contributions of a Radical Mexican Family to Global Pacifism, Feminism, and Anticolonialism</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01978188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geographies of internationalism: radical development and critical geopolitics from the Northeast of Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Political Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inventing critical development: A Brazilian geographer and his Northern networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Breno Viotto Pedrosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transactions of the Institute of British Geographers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tran.12241⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolução e Revolução: os geógrafos anarquistas Elisée Reclus e Petr Kropotkin e sua relação com a ciência moderna (séculos XIX e XX)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">História, Ciências, Saúde-Manguinhos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imperial ambivalences. Histories of lady travellers and the French explorer Octavie Renard-Coudreau (1867–1938)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geografiska Annaler: Series B, Human Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 99 (3), pp.238 - 255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/04353684.2017.1353887⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teaching Anarchist Geographies: Elisée Reclus in Brussels and “The Art of Not Being Governed”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ferretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of the American Association of Geographers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.1-18. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/24694452.2024.2409441⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 108 (1), pp.162 - 178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/24694452.2017.1339587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Cosmohistories and pluriversal dialogues: The future of the history of geography.</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01792596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publishing anarchism: Pyotr Kropotkin and British print cultures, 1876?1917</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Historical Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57, pp.17 - 27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhg.2017.04.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01536332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tropicality, the unruly Atlantic and social utopias: the French explorer Henri Coudreau (1859 − 1899)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Singapore Journal of Tropical Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.57 - 57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sjtg.12209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01571235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution and revolution: Anarchist geographies, modernity and poststructuralism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environment and Planning D: Society and Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0263775817694032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01536330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anarchist geographers and feminism in late 19th century France: the contributions of Elisée and Elie Reclus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Historical geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Feminist Historical Geographies, 44, pp.68-88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01423736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géographie, tournant culturel et imaginaires nationaux: Risorgimento, irrédentisme et invention géographique de l’Italie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géographie et cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93-94</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01343626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annales, géohistoire et socialisme. Lucien Febvre lecteur et critique d’Élisée Reclus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terra Brasilis : Revista da Rede Brasileira de História da Geografia e Geografia Histórica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/terrabrasilis.1831⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01423740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arcangelo Ghisleri and the “Right to Barbarity”: Geography and Anti-colonialism in Italy in the Age of Empire (1875-1914)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antipode</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (3), pp.563-583. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/anti.12206⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01354176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fédéralisme, identités nationales et critique des frontières naturelles : Pierre-Joseph Proudhon (1809-1865) géographe des « États-Unis d'Europe »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ferretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...30 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Castleton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 41</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01303195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reading Reclus between Italy and South America: translations of geography and anarchism in the work of Luce and Luigi Fabbri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Historical Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 53 (3), pp.75-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polgeo.2023.102831⟩</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01354178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisation and formal activism: insights from the anarchist tradition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Sociology and Social Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/IJSSP-11-2015-0127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01371300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‘The murderous civilisation’: anarchist geographies, ethnography and cultural differences in the works of Elie Reclus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cultural geographies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, http://cgj.sagepub.com/content/early/2016/08/09/1474474016662293.full</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/14744740231215510⟩</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01354105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Globes, savoir situé et éducation à la beauté : Patrick Geddes géographe et sa relation avec les Reclus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ag.706.0681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/24694452.2023.2192266⟩</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01256609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Deffontaines et les missions universitaires françaises au Brésil : enjeux politiques et pédagogiques d’une société savante outremer (1934-1938)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, http://cybergeo.revues.org/26645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.26645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01097709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Os anarquistas à Sociedade Geográfica Real...&amp;quot; Cartas de Élisée Reclus e Peter Kropotkin a John Scott Keltie (1882-1917)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriano Gonçalves Skoda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista de História da UEG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (1), pp.213-255</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/24694452.2023.2192266⟩</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01062873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inventing Italy. Geography, Risorgimento and national imagination: the international circulation of geographical knowledge in the 19th century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferretti Federico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geographical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, http://onlinelibrary.wiley.com/doi/10.1111/geoj.12068/abstract. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/geoj.12068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00932131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ici commence le Brésil! Géohistoire d'une frontière compliquée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 27, http://echogeo.revues.org/13763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/echogeo.13763⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00971269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geografia, educação libertária e escola pública: um programa de emancipação através do saber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elisée, Revista de Geografia da UEG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (2), pp.9-24</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Statues that must stand not fall: The material agency of anarchism in the marble monuments of Carrara, Italy</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00950765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géographie et imaginaires nationaux entre le 19e et le 20e siècle : l'invention de l'Italie et la circulation des cultures géographiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 123 (698), pp.1062-1087</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01062880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pioneers of the History of Cartography: the Geneva map collection of Élisée Reclus and Charles Perron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ferretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Historical Geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Special issue: Contesting monuments: heritage and historical geographies of inequality, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhg.2022.11.001⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 43 (1), pp.85-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhg.2013.10.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00986226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">As origens da noção de &amp;quot;fronteiras móveis&amp;quot; : limites políticos e migrações nas geografias de Friedrich Ratzel e Élisée Reclus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Continentes (UFRRJ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (4), http://r1.ufrrj.br/revistaconti/index.php/continentes/article/view/38</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Decentring the Lettered City: Exile, Transnational Networks, and Josué de Castro’s Centre International pour le Développement (1964–1973)</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01052298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nature comme œuvre d’art: Élisée Reclus et les (néo)impressionnistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Numéro spécial Art(s) &amp; Espace(s),, http://belgeo.revues.org/13207</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01155043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En los orígenes de la geografía crítica. Espacialidades y relaciones de dominio en la obra de los geógrafos anarquistas Reclus, Kropotkin y Mechnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Germinal Revista de Estudios Libertarios</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11, pp.57-72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00954956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esclaves libérés et vols d'histoire: la géographie d'Élisée Reclus et l'Afrique subsaharienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elisée, revista de geografia da Universidade Estatal de Goiás</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (2), http://www.prp.ueg.br/revista/index.php/elisee/article/view/1282</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00794967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fonds Reclus-Perron et le contesté franco-brésilien de 1900: une carte inédite qui a décidé des frontières du Brésil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terra Brasilis : Revista da Rede Brasileira de História da Geografia e Geografia Histórica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, http://terrabrasilis.revues.org/766</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00845357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géographie, éducation libertaire et établissement de l'école publique entre le 19e et le 20e siècle: quelques repères pour une recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le cartable de Clio, revue suisse sur les didactiques de l'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13, pp.187-199</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00911181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indígenas do universo': espaço, dominação e práticas de liberação social na obra dos geógrafos anarquistas Elisée Reclus, Pëtr Kropotkin e Léon Metchnikoff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Território Autônomo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2 (2), 5-16, http://www.rekro.net/revista-territorio-autonomo/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00820483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sciences impériales et discours hétérodoxes : Élisée Reclus et le colonialisme français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferretti Federico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pelletier Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espace Géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00823863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O fundo Reclus-Perron e o controvérsia franco-brasileiro de 1900</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terra Brasilis : Revista da Rede Brasileira de História da Geografia e Geografia Histórica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, http://terrabrasilis.revues.org/744</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00845356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un regard hétérodoxe sur le Nouveau Monde : la géographie d'Élisée Reclus et l'extermination des Amérindiens (1861-1905)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de la Société des américanistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 99 (1), pp.141-164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00905934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eles têm o direito de expulsar-nos&amp;quot;: a Nova Geografia Universal de Élisée Reclus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferretti Federico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espaço e Economia, Revista Brasileira de Geografia Econômica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, espacoeconomia.revues.org/513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/espacoeconomia.513⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00921180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">They have the right to throw us out&amp;quot;: Élisée Reclus' New Universal Geography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ferretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antipode</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/anti.12759⟩</w:t>
+              <w:t xml:space="preserve">, 2013, pp.1337-1355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/anti.12006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tran.12438⟩</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00986088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'empathie en géographie et d'un réseau de géographes : la Chine vue par Léon Metchnikoff, Élisée Reclus et François Turrettini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, http://cybergeo.revues.org/26127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.26127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00921076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux origines de l'aménagement régional: le schéma de la Valley Section de Patrick Geddes (1925)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">M@ppemonde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, http://mappemonde.mgm.fr/num36/articles/art12405.html</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00798680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Pittard et la Géographie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Totem : journal du Musée d'Ethnographie de Genève</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 65, pp.8-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/03091325211062170⟩</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00911183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The correspondence between Élisée Reclus and Pëtr Kropotkin as a source for the history of geography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Historical Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 37, pp.216-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhg.2010.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01018829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La redécouverte d'Élisée Reclus : à propos d'ouvrages récents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21, http://echogeo.revues.org/13173</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00794970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cartographie et éducation populaire. Le Musée Cartographique d'Élisée Reclus et Charles Perron à Genève (1907-1922)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terra Brasilis : Revista da Rede Brasileira de História da Geografia e Geografia Histórica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1 (1), http://terrabrasilis.revues.org/178</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00751855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corrispondenze geografiche: Annibale Ranuzzi fra &amp;quot;Geografia Pura&amp;quot; e Risorgimento (1831-1866)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rivista geografica italiana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.115-139</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00614915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage rural italien dans les archives d'Emilio Sereni : problèmes et méthodologie pour une recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, http://www.projetsdepaysage.fr/fr/le_paysage_rural_italien_dans_les_archives_d_emilio_sereni_problem</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1474474020911181⟩</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00648270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élisée Reclus et les Juifs : étude géographique d'un peuple sans État</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Malburet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, http://cybergeo.revues.org/23467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.23467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00641255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Articolazione costiera ed egemonia europea nella geografia del XIX secolo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferretti Federico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Storicamente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6, http://www.storicamente.org/05_studi_ricerche/summer-school/ferretti_articolazione_costiera.htm</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00662349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Reclus et la Maison Hachette : la première agence de la géographie française ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espace Géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 39 (3), pp.239-252</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00560740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment Élisée Reclus est devenu athée : un nouveau document biographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, http://cybergeo.revues.org/index22981.html</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00487182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“L'egemonia dell'Europa nella Nouvelle Géographie Universelle (1876-1894) di Elisée Reclus: una geografia anticoloniale?”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rivista geografica italiana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 117 (1), pp.65-92</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00487181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paysages transalpins : la vallée du Pô et les enjeux de l'écriture paysagère dans les Géographies Universelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferretti Federico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, http://www.projetsdepaysage.fr/fr/paysages_transalpins_la_vallee_du_po_et_les_enjeux_de_l_ecriture_p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00662350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intellettuali anarchici nell'Europa del secondo Ottocento : i fratelli Reclus (1862-1872)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Società e Storia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 127, pp.63-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00560743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vérité du regard : l'idée de paysage chez Élisée Reclus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1 (2), http://www.projetsdepaysage.fr/fr/la_verite_du_regard_l_idee_de_paysage_chez_elisee_reclus_</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00429139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Comuna de París y los orígenes del pensamiento anarquista: la experiencia de los hermanos Reclus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Germinal Revista de Estudios Libertarios</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 8, pp.8-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...79 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00614917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traduire Reclus. L'Italie écrite par Attilio Brunialti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, http://www.cybergeo.eu/index22544.html</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00408504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisée Reclus e Pierre-Jules Hetzel: la corrispondenza tra l'anarchico e l'editore (1867-1881)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Storicamente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5, http://www.storicamente.org/01_fonti/reclus-hetzel.htm</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00433336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Europa y Occidente en la Nueva Geografia Universal de Eliseo Reclus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferretti Federico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Germinal, Revista de Estudios Libertarios</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 7, pp.27-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...3787 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00662348v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00429139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La verità del suolo: breve storia del Critical GIS (1983-2007)</w:t>
               </w:r>
@@ -8015,716 +8015,716 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01978197v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'Homme et la Terre&amp;quot;, l'aboutissement d'une trilogie. Introduction à,la réédition de &amp;quot;l'Homme et la Terre&amp;quot; d’Élisée Reclus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferretti Federico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Homme et la Terre d 'Élisée Reclus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibliothèque idéale des sciences sociales, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ENS Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, L'Homme et la Terre d 'Élisée Reclus, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.enseditions.5166⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01322723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Spatialités et rapports de domination dans l'oeuvre des géographes anarchistes Reclus, Kropotkine et Metchnikoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferretti Federico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Clerval, A. Fleury, J; Rebotier, S Weber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espaces et rapports de dominatrion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.23-34, 2015, Espaces et rapports de dominatrion, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pur.59267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01321948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neiges, glaces et géographie sociale: froid et théorie de l'entraide dans les écrits d'Élisée Reclus sur la montagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Ferretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Metzger, F. Rémy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neiges et Glaces, Faire l’expérience du froid (XVIIe-XIXe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.59 - 76, 2015, 9782705690069</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01107960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pelletier</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libertés citoyennes, ville globale et fédéralisme : compositions urbaines dans la Nouvelle Géographie Universelle d'Élisée Reclus (1876-1894)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L. Hincker (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser la composition urbaine XVIIIe-XXe siècle, actes du 137e Congrès des sociétés historiques et scientifiques, Tours 23-28 avril 2012, "Composition(s) urbaine(s)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CTHS, pp.49-64, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00839685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Amérique : une &amp;quot; nouvelle Europe &amp;quot; ? Imaginaires nationaux, migrations et mélanges en Amérique du Sud dans la géographie d'Élisée Reclus (1865-1905)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L. Dornel, M. Guicharnaud-Tollis, M. Parsons, J.-Y. Puyo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ils ont fait les Amériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.319-332, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00722469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcella Schmidt Di Friedberg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Giaccaria, M. Paradiso. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mediterranean Lexicon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Società Geografica Italiana and International Geographic Union, pp.91-116, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00734782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spazi europei: Élisée Reclus e l'invenzione dell'Europa orientale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ferretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Luoghi d'Europa: Spazio, Genere, Memoria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archetipo Libri, pp.62-69, 2011, I Quaderni di Storicamente</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00641267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment nourrir la planète : à propos d'une carte statistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferretti Federico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...30 lines deleted...]
-            </w:hyperlink>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrick Rérat, Etienne Piguet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La pensée du monde : une société de géographie au tournant du XXème siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires Suisses, pp.111-116, 2011</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...321 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00662347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'identité géographique de l'Europe : Mer et Montagne dans la Nouvelle Géographie universelle (1876-1894) d'Élisée Reclus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferretti Federico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alain Cabantous, Jean-Luc Chappey, Renaud Morieux, Nathalie Richard, François Walter. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mer et Montagne dans la culture européenne (XVIe - XIXe siècle),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.175-188, 2011</w:t>
@@ -9240,51 +9240,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisée Reclus, pour une géographie nouvelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferretti Federico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions du CTHS, pp.448, 2014, Format, 9-782-7355-0827-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9302,51 +9302,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisée Reclus, lettres de prison et d'exil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferretti Federico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions à la Frontière, Lardy, pp.160, 2012, 978-2-918665-02-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9364,51 +9364,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anarchici ed editori. Reti scientifiche, editoria e lotte culturali attorno alla Nuova Geografia Universale di Élisée Reclus (1876-1894)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferretti Federico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Zero in Condotta, Milan, pp.263, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9690,51 +9690,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Occident d'Élisée Reclus : l'invention de l'Europe dans la Nouvelle Géographie Universelle (1876-1894)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferretti Federico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université Panthéon-Sorbonne - Paris I, 2011. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -9930,51 +9930,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468596v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Ferretti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Ribeiro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.70131" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026715v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2025.103322" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895417v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tran.12743" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094659v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02637758251347805" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066628v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoforum.2025.104317" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422196v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2025.2596693" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616280v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.13068" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471269v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14650045.2023.2291067" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511589v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gec3.12739" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697985v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2373566X.2024.2396469" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697987v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2024.06.007" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774735v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2024.2409441" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077692v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geronimo Barrera de la Torre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20438206231171203" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959303v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046647v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2023.102831" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337035v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/04353684.2023.2264871" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324959v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14744740231215510" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324999v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2023.2192266" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337042v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2023.102990" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101518v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959295v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635043v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2022.2036091" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959276v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2022.11.001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541194v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23996544211063163" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289325v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.12759" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146084v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tran.12438" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079001v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2020.102326" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269544v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02637758211024647" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503096v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03091325211062170" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114183v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0966369x.2021.1873747" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030066v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309132520973750" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510471v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01436597.2020.1722095" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510467v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2020.1715197" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510475v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1474474020911181" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062990v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14650045.2019.1583213" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117379v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.12536" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079247v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2018.1554423" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062987v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gec3.12421" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425512v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309132519893442" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978188v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425517v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14350/rig.60026" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792726v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792737v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Breno Viotto Pedrosa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tran.12241" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792589v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792596v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2017.1339587" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536332v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2017.04.006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571235v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjtg.12209" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536330v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0263775817694032" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792639v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/04353684.2017.1353887" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01343626v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01303195v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Castleton" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423740v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrabrasilis.1831" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354176v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.12206" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354178v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371300v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJSSP-11-2015-0127" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354105v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423736v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01256609v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.706.0681" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097709v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26645" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062873v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Gon&#231;alves Skoda" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062880v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932131v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferretti Federico" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geoj.12068" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S1TF0V6B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950765v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971269v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.13763" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986226v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2013.10.025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052298v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155043v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954956v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pelletier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845357v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00911181v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820483v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823863v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelletier Philippe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845356v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905934v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921180v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacoeconomia.513" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986088v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.12006" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921076v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26127" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798680v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00911183v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gillet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794967v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794970v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00751855v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018829v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2010.10.001" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614915v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648270v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641255v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Malburet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.23467" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560740v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00487181v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00487182v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662350v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560743v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662349v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614917v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00408504v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433336v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662348v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429139v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433338v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006653v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003343240-12" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836799v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Garc&#237;a-&#193;lvarez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Schmidt Di Friedberg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Baigent" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Reyes-Novaes" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184670v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118786352.wbieg2105" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030097v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429058356-9" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978197v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alun Jones" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01321948v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.59267" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107960v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-hermann.fr/4586-neiges-et-glaces.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01322723v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/enseditions/177" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.5166" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839685v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00722469v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734782v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641267v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662347v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662346v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614921v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641275v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648280v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146464v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brun" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018828v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074532v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011849v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802201v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655658v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560800v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981037v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804665v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00986085v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468596v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Ferretti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Ribeiro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.70131" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026715v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2025.103322" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895417v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tran.12743" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094659v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02637758251347805" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066628v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoforum.2025.104317" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422196v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2025.2596693" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471269v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14650045.2023.2291067" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616280v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.13068" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697985v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2373566X.2024.2396469" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697987v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2024.06.007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511589v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gec3.12739" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774735v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2024.2409441" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959295v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959303v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077692v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geronimo Barrera de la Torre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20438206231171203" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046647v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2023.102831" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337035v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/04353684.2023.2264871" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324999v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2023.2192266" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324959v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14744740231215510" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337042v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2023.102990" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101518v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635043v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2022.2036091" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959276v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2022.11.001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541194v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23996544211063163" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114183v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0966369x.2021.1873747" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289325v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.12759" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146084v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tran.12438" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079001v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polgeo.2020.102326" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269544v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02637758211024647" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503096v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03091325211062170" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030066v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309132520973750" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510471v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01436597.2020.1722095" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510467v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2020.1715197" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510475v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1474474020911181" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425517v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14350/rig.60026" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062990v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14650045.2019.1583213" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117379v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.12536" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062987v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gec3.12421" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079247v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2018.1554423" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425512v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309132519893442" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978188v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792726v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792737v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Breno Viotto Pedrosa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tran.12241" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792589v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792639v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/04353684.2017.1353887" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792596v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24694452.2017.1339587" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536332v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2017.04.006" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571235v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjtg.12209" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536330v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0263775817694032" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423736v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01343626v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423740v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrabrasilis.1831" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354176v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.12206" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01303195v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Castleton" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354178v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371300v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJSSP-11-2015-0127" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01354105v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01256609v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.706.0681" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097709v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26645" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062873v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Gon&#231;alves Skoda" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932131v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferretti Federico" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geoj.12068" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S1TF0V6B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971269v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.13763" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950765v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062880v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986226v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2013.10.025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052298v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155043v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954956v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pelletier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794967v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845357v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00911181v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820483v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823863v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelletier Philippe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845356v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905934v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921180v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacoeconomia.513" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986088v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/anti.12006" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921076v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26127" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798680v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00911183v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gillet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018829v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2010.10.001" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794970v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00751855v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614915v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648270v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641255v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Malburet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.23467" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662349v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560740v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00487182v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00487181v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662350v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560743v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429139v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614917v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00408504v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433336v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662348v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433338v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006653v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003343240-12" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03836799v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Garc&#237;a-&#193;lvarez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Schmidt Di Friedberg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Baigent" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Reyes-Novaes" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184670v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118786352.wbieg2105" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030097v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429058356-9" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978197v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alun Jones" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01322723v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/enseditions/177" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.5166" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01321948v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.59267" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107960v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-hermann.fr/4586-neiges-et-glaces.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839685v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00722469v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734782v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641267v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662347v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662346v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614921v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641275v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648280v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146464v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brun" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018828v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074532v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011849v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802201v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655658v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560800v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981037v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804665v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00986085v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>