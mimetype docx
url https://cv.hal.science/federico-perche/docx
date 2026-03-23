--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -883,278 +883,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02553031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNA-based therapy for osteogenesis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Glucose-linked sub-50-nm unimer polyion complex-assembled gold nanoparticles for targeted siRNA delivery to glucose transporter 1-overexpressing breast cancer stem-like cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyun Jin Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meng Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Mi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitsuru Naito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2019.118594⟩</w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 295, pp.268 - 277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2019.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02995602v1</w:t>
+                <w:t xml:space="preserve">hal-02995629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glucose-linked sub-50-nm unimer polyion complex-assembled gold nanoparticles for targeted siRNA delivery to glucose transporter 1-overexpressing breast cancer stem-like cells</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">RNA-based therapy for osteogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pinpin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Perche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Logeart-Avramoglou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 295, pp.268 - 277. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 569, pp.118594. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2019.01.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2019.118594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02995629v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02995602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cardiolipin-Based Lipopolyplex Platform for the Delivery of Diverse Nucleic Acids into Gram-Negative Bacteria</w:t>
               </w:r>
@@ -3287,1076 +3287,1076 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent Trends in Multifunctional Liposomal Nanocarriers for Enhanced Tumor Targeting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vladimir Torchilin</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir P Torchilin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Drug Delivery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 2013, pp.1-32. </w:t>
+              <w:t xml:space="preserve">, 2013, 2013, pp.1 - 32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1155/2013/705265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02130868v1</w:t>
+                <w:t xml:space="preserve">hal-02995820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Octa-arginine-modified pegylated liposomal doxorubicin: An effective treatment strategy for non-small cell lung cancer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pranali P Deshpande</w:t>
+                <w:t xml:space="preserve">Enhanced anticancer activity of nanopreparation containing an MMP2-sensitive PEG-drug conjugate and cell-penetrating moiety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lin Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Taigind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Torchilin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.canlet.2013.02.020⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (42), pp.17047-17052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1304987110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02995795v1</w:t>
+                <w:t xml:space="preserve">hal-02130803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced anticancer activity of nanopreparation containing an MMP2-sensitive PEG-drug conjugate and cell-penetrating moiety</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tao Wang</w:t>
+                <w:t xml:space="preserve">Octa-arginine-modified pegylated liposomal doxorubicin: An effective treatment strategy for non-small cell lung cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swati Biswas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pranali P Deshpande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Namita S Dodwadkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shailendra D Sane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 110 (42), pp.17047-17052. </w:t>
+              <w:t xml:space="preserve">Cancer Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 335 (1), pp.191 - 200. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1304987110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.canlet.2013.02.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130803v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02995795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent Trends in Multifunctional Liposomal Nanocarriers for Enhanced Tumor Targeting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vladimir P Torchilin</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Torchilin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Drug Delivery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 2013, pp.1 - 32. </w:t>
+              <w:t xml:space="preserve">, 2013, 2013, pp.1-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1155/2013/705265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02995820v1</w:t>
+                <w:t xml:space="preserve">hal-02130868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced anticancer activity of nanopreparation containing an MMP2-sensitive PEG-drug conjugate and cell-penetrating moiety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lin Zhu</w:t>
+                <w:t xml:space="preserve">Octa-arginine-modified pegylated liposomal doxorubicin: An effective treatment strategy for non-small cell lung cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swati Biswas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pranali Deshpande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vladimir P Torchilin</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Namita Dodwadkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shailendra Sane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 110 (42), pp.17047 - 17052. </w:t>
+              <w:t xml:space="preserve">Cancer Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 335 (1), pp.191-200. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1304987110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.canlet.2013.02.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02995791v1</w:t>
+                <w:t xml:space="preserve">hal-02130808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Octa-arginine-modified pegylated liposomal doxorubicin: An effective treatment strategy for non-small cell lung cancer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pranali Deshpande</w:t>
+                <w:t xml:space="preserve">Enhanced anticancer activity of nanopreparation containing an MMP2-sensitive PEG-drug conjugate and cell-penetrating moiety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lin Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Shailendra Sane</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Taigind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir P Torchilin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.canlet.2013.02.020⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (42), pp.17047 - 17052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1304987110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130808v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02995791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accumulation and toxicity of antibody-targeted doxorubicin-loaded PEG–PE micelles in ovarian cancer cell spheroid model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vladimir P Torchilin</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niravkumar Patel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Torchilin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Controlled Release</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 164 (1), pp.95 - 102. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+              <w:t xml:space="preserve">, 2012, 164 (1), pp.95-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jconrel.2012.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02995799v1</w:t>
+                <w:t xml:space="preserve">hal-02130810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gene transfer by histidylated lipopolyplexes: A dehydration method allowing preservation of their physicochemical parameters and transfection efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Lambert</w:t>
+                <w:t xml:space="preserve">Mathieu Berchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Alain Jaffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 423 (1), pp.144 - 150. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2011.04.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2011.04.009⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02995807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accumulation and toxicity of antibody-targeted doxorubicin-loaded PEG–PE micelles in ovarian cancer cell spheroid model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vladimir Torchilin</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nirav Patel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir P Torchilin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Controlled Release</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 164 (1), pp.95-102. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+              <w:t xml:space="preserve">, 2012, 164 (1), pp.95 - 102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jconrel.2012.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130810v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02995799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cancer cell spheroids as a model to evaluate chemotherapy protocols</w:t>
               </w:r>
@@ -4427,307 +4427,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02995802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective gene delivery in dendritic cells with mannosylated and histidylated lipopolyplexes.</w:t>
+                <w:t xml:space="preserve">Enhancement of dendritic cells transfection in vivo and of vaccination against B16F10 melanoma with mannosylated histidylated lipopolyplexes loaded with tumor antigen messenger RNA.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Gosset</w:t>
+                <w:t xml:space="preserve">Thierry Benvegnu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Berchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Mével</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Yaouanc</w:t>
+                <w:t xml:space="preserve">Loic Lebegue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Drug Targeting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3109/1061186X.2010.504262⟩</w:t>
+              <w:t xml:space="preserve">Nanomedicine: Nanotechnology, Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (4), pp.445-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nano.2010.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00753554v1</w:t>
+                <w:t xml:space="preserve">hal-00754373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancement of dendritic cells transfection in vivo and of vaccination against B16F10 melanoma with mannosylated histidylated lipopolyplexes loaded with tumor antigen messenger RNA.</w:t>
+                <w:t xml:space="preserve">Selective gene delivery in dendritic cells with mannosylated and histidylated lipopolyplexes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Benvegnu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Berchel</w:t>
+                <w:t xml:space="preserve">Mathieu Mével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Lebegue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chantal Pichon</w:t>
+                <w:t xml:space="preserve">Marie-Laure Miramon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Yaouanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomedicine: Nanotechnology, Biology and Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nano.2010.12.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Drug Targeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 19 (5), pp.315-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3109/1061186X.2010.504262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00754373v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00753554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5652,51 +5652,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984847v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ngalle Loth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Maroquenne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Medjmedj" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Coste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bizien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.01.010" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727652v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ngalle-Loth" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Clemen&#231;on" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Hamacek" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pichon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12142446" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727647v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Casas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Perche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Midoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Malinge" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtn.2022.06.012" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995814v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Uchida" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Cabral" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.0c00618" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553030v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinpin Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Logeart-Avramoglou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petite" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristine Gon&#231;alves" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2020.03.045" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553031v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Elleuch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baril" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Barkallah" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Abdelkafi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21051719" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995602v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2019.118594" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995629v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Yi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun Jin Kim" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Zheng" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Mi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuru Naito" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.01.006" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172973v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Le Gall" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Montier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph12020081" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321815v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Schulze" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ebensen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Guzman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtn.2019.07.014" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01889829v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin van Der Jeught" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefaan de Koker" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Bialkowski" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Heirman" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tjok Joe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b00966" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130712v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Akiba" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chin-Yu Lin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaru Ikegami" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1567205013666161108110031" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995717v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazunori Kataoka" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2016.06.001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZPKN1QW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130718v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130728v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hespel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dirisala" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2016.02.027" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RCM1CB02-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130872v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swati Biswas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niravkumar Patel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Torchilin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-3148-4_12" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995714v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995789v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Salzano" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Riehle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Rosa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.P. P Torchilin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riehle Rdrhielde" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2013.09.037" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130786v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Navarro" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130734v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mussi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupa Sawant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica Oliveira" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Azevedo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-013-1290-2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130742v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Zhu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2014.01.060" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130753v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Biswas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zhu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Torchilin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201308368" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995779v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Taigind" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir P Torchilin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995777v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel V Mussi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica C Oliveira" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo B Azevedo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130868v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/705265" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995795v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranali P Deshpande" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namita S Dodwadkar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shailendra D Sane" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2013.02.020" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130803v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1304987110" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995820v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995791v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130808v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranali Deshpande" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namita Dodwadkar" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shailendra Sane" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995799v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirav Patel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2012.09.003" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995807v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Berchel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Alain Jaffres" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2011.04.009" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1QZGV6FP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130810v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995802v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cbt.21353" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753554v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gosset" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M&#233;vel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Miramon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Yaouanc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/1061186X.2010.504262" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00754373v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Benvegnu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lebegue" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2010.12.010" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VCSH2V8X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668422v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Laroui" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delehedde" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Goncalves" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Godin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668439v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Clemen&#231;on" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Schulze" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ebesen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668438v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Logeart" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pigeon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130886v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130900v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130892v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984847v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ngalle Loth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Maroquenne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Medjmedj" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Coste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bizien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.01.010" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727652v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ngalle-Loth" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Clemen&#231;on" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Hamacek" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pichon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12142446" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727647v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Casas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Perche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Midoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Malinge" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtn.2022.06.012" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995814v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Uchida" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Cabral" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.0c00618" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553030v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinpin Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Logeart-Avramoglou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petite" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristine Gon&#231;alves" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2020.03.045" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553031v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Elleuch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baril" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Barkallah" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Abdelkafi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21051719" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995629v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Yi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun Jin Kim" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Zheng" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Mi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuru Naito" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.01.006" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995602v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2019.118594" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172973v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Le Gall" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Montier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph12020081" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321815v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Schulze" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ebensen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Guzman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtn.2019.07.014" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01889829v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin van Der Jeught" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefaan de Koker" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Bialkowski" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Heirman" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tjok Joe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b00966" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130712v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Akiba" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chin-Yu Lin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaru Ikegami" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1567205013666161108110031" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995717v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazunori Kataoka" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2016.06.001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZPKN1QW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130718v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130728v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hespel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dirisala" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2016.02.027" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RCM1CB02-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130872v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swati Biswas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niravkumar Patel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Torchilin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-3148-4_12" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995714v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995789v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Salzano" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Riehle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Rosa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.P. P Torchilin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riehle Rdrhielde" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2013.09.037" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130786v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Navarro" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130734v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mussi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupa Sawant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica Oliveira" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Azevedo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-013-1290-2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130742v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Zhu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2014.01.060" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130753v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Biswas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zhu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Torchilin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201308368" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995779v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Taigind" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir P Torchilin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995777v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel V Mussi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica C Oliveira" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo B Azevedo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995820v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/705265" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130803v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1304987110" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995795v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranali P Deshpande" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namita S Dodwadkar" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shailendra D Sane" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2013.02.020" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130868v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130808v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranali Deshpande" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namita Dodwadkar" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shailendra Sane" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995791v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130810v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2012.09.003" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995807v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Berchel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Alain Jaffres" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2011.04.009" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1QZGV6FP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995799v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirav Patel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995802v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cbt.21353" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00754373v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Benvegnu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lebegue" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2010.12.010" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VCSH2V8X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753554v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gosset" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M&#233;vel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Miramon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Yaouanc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/1061186X.2010.504262" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668422v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Laroui" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delehedde" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Goncalves" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Godin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668439v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Clemen&#231;on" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Schulze" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ebesen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668438v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Logeart" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pigeon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130886v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130900v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130892v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>