--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:81.510416666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fedoua KASMI </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fedoua-kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5159-0264</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My research combines two disciplinary approaches of territorial economics and spatial and urban planning to analyze sustainable innovation trajectories in territories. My work examines the role of circular economy and industrial ecology in the transition of territories towards new socio-economic models combining competitiveness, innovation and sustainable development. I study the impact of their implementation on the diversification of local economic activities and the development of innovation ecosystems (attractiveness and new entrepreneurial dynamics, eco-innovation, development of innovation networks...). I am also interested in the role played by innovation spaces/collaborative spaces (Living Labs, FabLab, Makerspaces...) in supporting the deployment of circular economy in territories.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Together in Front of the Mirror: Collective Reflexivity as a Portraying Tool of Responsible Research and Innovation (RRI) in a French University Innovation Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Medina-Tabares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferney Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanny Arbelaez Garces</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Engineering Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-23. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EMR.2025.3567836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Do-It-Together” and Innovation: Transforming European Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland J. Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 40 (1), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.040.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing Do-It-Together: The Cross-fertilization of Do-It-Yourself and Open Manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 40 (1), pp.13-38. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.pr1.0122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03650445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing responsible innovation: an illustrative application to the case of the Research Network on Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (3), </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2022.0847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03793998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Spaces as Drivers of Eco-innovations Supporting the Circular Economy: A Systematic Literature Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferney Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauricio Camargo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (39), pp.173-214. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.pr1.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03590438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et évaluation du développement territorial durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n°40 (1), pp.187. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.040.0187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrial Symbiosis and Territorial Development: The Cross-Fertilization of Proximity Dynamics and the Role of Information and Knowledge Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Knowledge Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13132-020-00631-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02540404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Systems: Multi-Scale Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 30 (3), pp.239-244. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.030.0239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le milieu « éco-innovateur » Écologie industrielle et diversification de l’économie territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Processus collectifs d’innovation, 18 (3), </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2018.0238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écologie industrielle, milieu innovateur et gouvernance territoriale : Le cas de Dunkerque (Nord- France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Merlin-Brogniart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antje Burmeister</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Regional Science / Revue canadienne des sciences régionales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40 (2), pp.103-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03704309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie industrielle, milieu innovateur et gouvernance territoriale, revue canadienne des sciences régionales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Merlin-Brogniart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antje Burmeister</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Regional Science / Revue canadienne des sciences régionales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Revue Canadienne des sciences regionales, 40 (2), pp.103-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaling up Urban Production: Definitions and Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humberto Rujano Quintero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Innovation 2025 - Economics, management and engineering of innovation: trajectories and perspectives of systemic innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Puteaux, France. pp.152-152, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.hs1.2025.0152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05344779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation responsiveness perception of Fablabs’ managers and users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Medina Tabares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferney Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanny Arbelaez Garces</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Elisa Balen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brave Smart World: Capabilities and Ecosystems for Innovation - Proceedings of the 32nd IAMOT Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Porto Alegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing the systemic approach supporting territorial resilience: the case of the 'Toile' tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Schwob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Vereecke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Guidat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE 28th International Conference on Engineering, Technology and Innovation (ICE/ITMC) &amp; 31st International Association For Management of Technology (IAMOT) Joint Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Laboratroire ERPI, Jun 2022, Nancy, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICE/ITMC-IAMOT55089.2022.10033276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche en communication persuasive des organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Genvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Grasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordy Pleyers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre de l'École thématique d’excellence – Faire de la recherche en communication persuasive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Européen de Recherche en Economie Financière et Gestion des Entreprises (Université de Lorraine), Nov 2021, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a systemic decision-making tool of territorial resilience based on multicriteria methodologies: The case of the DHDA Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Enjolras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Engineering, Technology and Innovation (ICE/ITMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Cardiff, United Kingdom. pp.1-11, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICE/ITMC52061.2021.9570118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03590433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment l'université peut-elle soutenir les stratégies d'économie circulaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ndrianjara Andriamanantena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Veyssière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Innovation 2021"Enseignement Supérieur et Recherche : vecteur d’Innovations Responsables"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau de Recherche sur l’Innovation, Jun 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From technological demonstrator to sustainable supply chain demonstrator: a conceptual framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio A. Cruz Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spring of Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Santiago de Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation spaces as enablers of the circular economy within territories: a systematic literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferney Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Innovation and Circular Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Research Network on Innovation; USC-ICEDE, Mar 2020, Santiago de Compostela, Spain. pp.78-81, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.4725594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Do-It-Together” and Alternative Innovations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Roland Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (40), pp.280, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04905393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires en transition et innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauricio Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 35, pp.308, 2024, Business and Innovation, 9783034348973. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b21978⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1 (Main Themes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Uzunidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Adatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wiley - ISTE, 2021, Innovation, Entrepreneurship and Management, 978-1-786-30456-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2 : Special Themes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Uzunidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Adatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Editions Ltd; Wiley, 2, 336p., 2021, 9781786307019. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119832522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1 : Main Themes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Uzunidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Adatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Editions Ltd; Wiley, 1, 464p., 2021, 9781786304568. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119832492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2 (Special Themes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Uzunidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Adatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wiley, 2021, 9781786307019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 9 : Évaluation multicritère de la résilience territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Enjolras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fedoua Kasmi; Mauricio Camargo; Laurent Dupont. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires en transition et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, pp.275-298, 2024, Business and Innovation, 9783034348966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 6 : Planification urbaine collaborative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Enjolras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fedoua Kasmi; Mauricio Camargo; Laurent Dupont. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires en transition et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, pp.169-209, 2024, Business and Innovation, 9783034348966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 2 : Souveraineté alimentaire et gouvernance locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Guidat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fedoua Kasmi; Mauricio Camargo; Laurent Dupont. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires en transition et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, pp.57-83, 2024, Business and Innovation, 9783034348966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do-It-Together”: Towards the Factories of the Future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland J. Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José Ramos; Sharon Ede; Michel Bauwens; James Gien Wong. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cosmo-Local Reader</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Futures Lab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.52-59, 2021, 978-0-9953546-3-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milieu – Innovative Milieu: The Strength of Proximity Ties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2 (Special Themes)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The “Eco-innovative” Milieu: Industrial Ecology and Diversification of Territorial Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collective Innovation Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Wiley &amp; Sons, Inc., pp.131-157, 2018, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119557883.ch7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La symbiose industrielle : un milieu innovateur « durable » ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutillier, Sophie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneuriat et innovation Contextes et concept</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, Peter Lang B, 2017, Business and Innovation, 9782807602267. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b10697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires en transition écologique : innover en chœur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauricio Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04832446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do-It-Together et transition vers l’Industrie 5.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland J. Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Réseau de Recherche sur l'Innovation, acteur de l'innovation responsable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03788738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presentation of the special issue of Journal of Innovation Economics & Management n° 40, vol. 40, no. 1, 2023: “Do-It-Together” and Alternative Innovations” [Webinaire]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland J. Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Do-It-Together” and innovation, towards the Factories of the Future (FoF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland J. Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie industrielle et développement territorial durable : le role des services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antje Burmeister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Merlin-Brogniart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of the INEDIT deployed demonstrator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio A. Cruz Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Caceres Mendoza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 4.4, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2023, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A user guide to design an Open Manufacturing Demonstration Facilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio A. Cruz Sanchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 4.5, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2023, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Printing of recycled plastic demonstrator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio A. Cruz Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Caceres Mendoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Gabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 6.4, Université de Lorraine; European Union’s Horizon 2020 research and innovation programme. 2023, pp.60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04371315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specifications for Open Manufacturing Demonstration Facilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 4.2, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2022, pp.111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and assessment of the demonstrator’s deployment based on the framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 4.3, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2022, pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of the Do It Together approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 2.2, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2021, pp.85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic database supporting the observation and data gathering for each physical demonstrator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio A. Cruz Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 4.1, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2021, pp.77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écologie industrielle, milieu éco-innovateur et diversification de l'économie territoriale : le cas du complexe industrialo-portuaire de Dunkerque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economies et finances. Université du littoral Côte d'Opale - ULCO; Laboratoire de Recherche sur l'Industrie et l'Innovation - Lab. RII, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018DUNK0488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04558966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écologie industrielle, milieu éco-innovateur et diversification de l'économie territoriale : le cas du complexe industrialo-portuaire de Dunkerque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economies et finances. Université du Littoral Côte d'Opale, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018DUNK0488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01998218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId116"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:81.510416666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fedoua KASMI </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fedoua-kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5159-0264</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My research combines two disciplinary approaches of territorial economics and spatial and urban planning to analyze sustainable innovation trajectories in territories. My work examines the role of circular economy and industrial ecology in the transition of territories towards new socio-economic models combining competitiveness, innovation and sustainable development. I study the impact of their implementation on the diversification of local economic activities and the development of innovation ecosystems (attractiveness and new entrepreneurial dynamics, eco-innovation, development of innovation networks...). I am also interested in the role played by innovation spaces/collaborative spaces (Living Labs, FabLab, Makerspaces...) in supporting the deployment of circular economy in territories.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Together in Front of the Mirror: Collective Reflexivity as a Portraying Tool of Responsible Research and Innovation (RRI) in a French University Innovation Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Medina-Tabares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferney Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanny Arbelaez Garces</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Engineering Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-23. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EMR.2025.3567836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Do-It-Together” and Innovation: Transforming European Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland J. Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 40 (1), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.040.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing Do-It-Together: The Cross-fertilization of Do-It-Yourself and Open Manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 40 (1), pp.13-38. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.pr1.0122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03650445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing responsible innovation: an illustrative application to the case of the Research Network on Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (3), </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2022.0847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03793998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Spaces as Drivers of Eco-innovations Supporting the Circular Economy: A Systematic Literature Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferney Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauricio Camargo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (39), pp.173-214. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.pr1.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03590438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et évaluation du développement territorial durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations – Revue d'analyse stratégique = Market &amp; Organizations – Journal of Strategic Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n°40 (1), pp.187. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.040.0187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrial Symbiosis and Territorial Development: The Cross-Fertilization of Proximity Dynamics and the Role of Information and Knowledge Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Knowledge Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13132-020-00631-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02540404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Systems: Multi-Scale Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 30 (3), pp.239-244. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.030.0239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le milieu « éco-innovateur » Écologie industrielle et diversification de l’économie territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Processus collectifs d’innovation, 18 (3), </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2018.0238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie industrielle, milieu innovateur et gouvernance territoriale, revue canadienne des sciences régionales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Merlin-Brogniart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antje Burmeister</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Regional Science / Revue canadienne des sciences régionales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Revue Canadienne des sciences regionales, 40 (2), pp.103-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écologie industrielle, milieu innovateur et gouvernance territoriale : Le cas de Dunkerque (Nord- France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Merlin-Brogniart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antje Burmeister</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Regional Science / Revue canadienne des sciences régionales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40 (2), pp.103-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03704309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaling up Urban Production: Definitions and Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humberto Rujano Quintero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Innovation 2025 - Economics, management and engineering of innovation: trajectories and perspectives of systemic innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Puteaux, France. pp.152-152, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.hs1.2025.0152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05344779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation responsiveness perception of Fablabs’ managers and users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Medina Tabares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferney Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanny Arbelaez Garces</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Elisa Balen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brave Smart World: Capabilities and Ecosystems for Innovation - Proceedings of the 32nd IAMOT Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Porto Alegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing the systemic approach supporting territorial resilience: the case of the 'Toile' tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Schwob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Vereecke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Guidat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE 28th International Conference on Engineering, Technology and Innovation (ICE/ITMC) &amp; 31st International Association For Management of Technology (IAMOT) Joint Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Laboratroire ERPI, Jun 2022, Nancy, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICE/ITMC-IAMOT55089.2022.10033276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a systemic decision-making tool of territorial resilience based on multicriteria methodologies: The case of the DHDA Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Enjolras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Engineering, Technology and Innovation (ICE/ITMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Cardiff, United Kingdom. pp.1-11, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICE/ITMC52061.2021.9570118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03590433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche en communication persuasive des organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Genvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Grasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordy Pleyers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre de l'École thématique d’excellence – Faire de la recherche en communication persuasive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Européen de Recherche en Economie Financière et Gestion des Entreprises (Université de Lorraine), Nov 2021, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03472038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment l'université peut-elle soutenir les stratégies d'économie circulaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Ndrianjara Andriamanantena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Veyssière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Innovation 2021"Enseignement Supérieur et Recherche : vecteur d’Innovations Responsables"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau de Recherche sur l’Innovation, Jun 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From technological demonstrator to sustainable supply chain demonstrator: a conceptual framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio A. Cruz Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spring of Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Santiago de Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation spaces as enablers of the circular economy within territories: a systematic literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferney Osorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Innovation and Circular Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Research Network on Innovation; USC-ICEDE, Mar 2020, Santiago de Compostela, Spain. pp.78-81, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.4725594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Do-It-Together” and Alternative Innovations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Roland Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (40), pp.280, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04905393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires en transition et innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauricio Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 35, pp.308, 2024, Business and Innovation, 9783034348973. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b21978⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2 : Special Themes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Uzunidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Adatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Editions Ltd; Wiley, 2, 336p., 2021, 9781786307019. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119832522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1 : Main Themes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Uzunidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Adatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Editions Ltd; Wiley, 1, 464p., 2021, 9781786304568. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119832492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1 (Main Themes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Uzunidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Adatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wiley - ISTE, 2021, Innovation, Entrepreneurship and Management, 978-1-786-30456-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2 (Special Themes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Uzunidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Adatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wiley, 2021, 9781786307019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 9 : Évaluation multicritère de la résilience territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Enjolras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fedoua Kasmi; Mauricio Camargo; Laurent Dupont. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires en transition et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, pp.275-298, 2024, Business and Innovation, 9783034348966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 6 : Planification urbaine collaborative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Enjolras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fedoua Kasmi; Mauricio Camargo; Laurent Dupont. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires en transition et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, pp.169-209, 2024, Business and Innovation, 9783034348966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 2 : Souveraineté alimentaire et gouvernance locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Guidat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fedoua Kasmi; Mauricio Camargo; Laurent Dupont. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires en transition et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, pp.57-83, 2024, Business and Innovation, 9783034348966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do-It-Together”: Towards the Factories of the Future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland J. Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José Ramos; Sharon Ede; Michel Bauwens; James Gien Wong. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cosmo-Local Reader</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Futures Lab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.52-59, 2021, 978-0-9953546-3-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milieu – Innovative Milieu: The Strength of Proximity Ties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2 (Special Themes)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The “Eco-innovative” Milieu: Industrial Ecology and Diversification of Territorial Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Collective Innovation Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Wiley &amp; Sons, Inc., pp.131-157, 2018, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119557883.ch7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La symbiose industrielle : un milieu innovateur « durable » ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutillier, Sophie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrepreneuriat et innovation Contextes et concept</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, Peter Lang B, 2017, Business and Innovation, 9782807602267. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b10697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires en transition écologique : innover en chœur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauricio Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04832446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do-It-Together et transition vers l’Industrie 5.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland J. Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Réseau de Recherche sur l'Innovation, acteur de l'innovation responsable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03788738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presentation of the special issue of Journal of Innovation Economics & Management n° 40, vol. 40, no. 1, 2023: “Do-It-Together” and Alternative Innovations” [Webinaire]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland J. Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Do-It-Together” and innovation, towards the Factories of the Future (FoF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Pearce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland J. Ortt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie industrielle et développement territorial durable : le role des services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antje Burmeister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Merlin-Brogniart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of the INEDIT deployed demonstrator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio A. Cruz Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Caceres Mendoza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 4.4, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2023, pp.70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A user guide to design an Open Manufacturing Demonstration Facilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio A. Cruz Sanchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 4.5, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2023, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D Printing of recycled plastic demonstrator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio A. Cruz Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Caceres Mendoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Gabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 6.4, Université de Lorraine; European Union’s Horizon 2020 research and innovation programme. 2023, pp.60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04371315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and assessment of the demonstrator’s deployment based on the framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 4.3, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2022, pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specifications for Open Manufacturing Demonstration Facilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Mayer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 4.2, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2022, pp.111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of the Do It Together approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 2.2, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2021, pp.85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generic database supporting the observation and data gathering for each physical demonstrator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunelle Marche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fedoua Kasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio A. Cruz Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INEDIT Project - Deliverable 4.1, European Union’s Horizon 2020 research and innovation programme; Université de Lorraine. 2021, pp.77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écologie industrielle, milieu éco-innovateur et diversification de l'économie territoriale : le cas du complexe industrialo-portuaire de Dunkerque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economies et finances. Université du littoral Côte d'Opale - ULCO; Laboratoire de Recherche sur l'Industrie et l'Innovation - Lab. RII, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018DUNK0488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04558966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écologie industrielle, milieu éco-innovateur et diversification de l'économie territoriale : le cas du complexe industrialo-portuaire de Dunkerque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédoua Kasmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economies et finances. Université du Littoral Côte d'Opale, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018DUNK0488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01998218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId116"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1B767814"/>
+    <w:nsid w:val="FBAAF581"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fedoua-kasmi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5159-0264" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063234v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Medina-Tabares" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferney Osorio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanny Arbelaez Garces" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;doua Kasmi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMR.2025.3567836" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944841v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fedoua Kasmi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua M. Pearce" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland J. Ortt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.040.0001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650445v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunelle Marche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Mayer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.pr1.0122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03793998v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2022.0847" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590438v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Camargo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.pr1.0113" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186866v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.040.0187" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540404v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13132-020-00631-7" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186688v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.030.0239" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186734v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0238" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03704309v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Laperche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Merlin-Brogniart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Burmeister" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186719v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05344779v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Rujano Quintero" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.hs1.2025.0152" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156286v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Medina Tabares" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Elisa Balen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783530v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Schwob" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Vereecke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Guidat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICE/ITMC-IAMOT55089.2022.10033276" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03472038v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Genvo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grasser" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordy Pleyers" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590433v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Enjolras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Morel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICE/ITMC52061.2021.9570118" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628240v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Ndrianjara Andriamanantena" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500528v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio A. Cruz Sanchez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640883v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4725594" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04905393v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Pearce" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roland Ortt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04728098v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1431509" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21978" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628217v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Uzunidis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Adatto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333335v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119832522" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333339v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119832492" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628219v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766511v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04728590v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chery" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766505v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Lemonnier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03506100v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/s/64q6fn18wz4ewtt/CL_Reader.pdf?dl=0" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628225v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186694v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119557883.ch7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186730v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b10697" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04832446v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04003465v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03788738v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04249511v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03024062v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189748v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04256981v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Caceres Mendoza" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04256958v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371315v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Gabriel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04257027v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04257012v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04257057v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pallot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04257044v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04558966v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018DUNK0488" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01998218v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fedoua-kasmi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5159-0264" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063234v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Medina-Tabares" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferney Osorio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanny Arbelaez Garces" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;doua Kasmi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMR.2025.3567836" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944841v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fedoua Kasmi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua M. Pearce" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland J. Ortt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.040.0001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650445v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunelle Marche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Mayer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.pr1.0122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03793998v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2022.0847" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590438v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Camargo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.pr1.0113" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186866v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.040.0187" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540404v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13132-020-00631-7" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186688v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.030.0239" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186734v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0238" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186719v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Laperche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Merlin-Brogniart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Burmeister" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03704309v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05344779v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Rujano Quintero" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.hs1.2025.0152" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156286v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Medina Tabares" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Elisa Balen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783530v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Schwob" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Vereecke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Guidat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICE/ITMC-IAMOT55089.2022.10033276" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590433v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Enjolras" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Morel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICE/ITMC52061.2021.9570118" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03472038v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Genvo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grasser" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordy Pleyers" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628240v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Ndrianjara Andriamanantena" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500528v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio A. Cruz Sanchez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640883v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4725594" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04905393v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Pearce" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roland Ortt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04728098v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1431509" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21978" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333335v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Uzunidis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Adatto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119832522" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333339v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119832492" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628217v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628219v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766511v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04728590v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chery" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766505v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Lemonnier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03506100v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/s/64q6fn18wz4ewtt/CL_Reader.pdf?dl=0" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628225v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186694v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119557883.ch7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03186730v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b10697" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04832446v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04003465v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03788738v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04249511v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03024062v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189748v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04256981v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Caceres Mendoza" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04256958v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371315v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Gabriel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04257012v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04257027v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04257057v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pallot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04257044v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04558966v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018DUNK0488" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01998218v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>