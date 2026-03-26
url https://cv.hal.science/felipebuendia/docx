--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,1611 +66,1611 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unraveling particle breakage in high-pressure homogenization: a novel focus on suspensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma Bonilla-Omil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Buendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge López-Beceiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramón Artiaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fostering the Transition to Sustainable Food Systems: Embracing Novelty and Overcoming Challenges (EFFoST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Porto, Portugal, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05404582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coupling between flow, heat transfer and rheological properties of starch suspensions in a tubular heat exchanger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Varela-Feijoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Plana-Fattori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Flick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Buendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICEF-14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nantes (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing predictive models for steam gasification: A comparative study of stoichiometric, equilibrium, data-driven, and hybrid approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martha Cobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martha Cobo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nestor Sánchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 210, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rser.2024.115151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05315740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Sustainable Processing Of Municipal Household Organic Waste: The Role Of Energy Mix Grids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ottini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Yannou-Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systems and Control Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, ESCAPE 35 - European Symposium on Computer Aided Process Engineering Ghent, Belgium. 6-9 July 2025, 4, pp.1975 - 1980. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.69997/sct.198612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05185981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degradation and environmental assessment of compostable packaging mixed with biowaste in full-scale industrial composting conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gastaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Greuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zineb Benbrahim Bouchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anir Benihya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioresource Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 400, pp.130670. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biortech.2024.130670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04541361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data on behavior and environmental impact of compostable packaging materials in full-scale industrial composting conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gastaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Greuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data in Brief</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 57, pp.111102. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.dib.2024.111102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04803763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emballage alimentaire et durabilité : L’engagement de la Chaire CoPack dans la Stratégie 3R</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ejsi Hasanbelliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gastaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Yannou-Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAA La revue des industries agroalimentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 87, pp.36-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04543871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Framework for choosing energy efficient mixing equipment whatever motions it induces: Example of application for planetary and helical ribbon mixers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Delaplace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao Dong Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Research and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 198, pp.173 - 183. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cherd.2023.08.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04217079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fermentation of cellulose pyrolysis oil by a Clostridial bacterium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Greenhalf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Barbiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Guedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Briens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomass and Bioenergy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 143, pp.105884. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biombioe.2020.105884⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Importance of lignin removal in enhancing biomass hydrolysis in hot-compressed water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bing Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia-Kandia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yun Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongwei Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioresource Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 288, pp.121522. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biortech.2019.121522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02170547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrothermal conversion of wood, organosolv and chlorite pulps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia-Kandia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillain Mauviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Rondags</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomass Conversion and Biorefinery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (1), pp.1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s13399-019-00395-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02125963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decomposition of cellulose in hot-compressed water: detailed analysis of the products and effect of operating conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia-Kandia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillain Mauviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Guedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Rondags</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.7b02994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01651273v1</w:t>
-              </w:r>
-[...276 lines deleted...]
-                <w:t xml:space="preserve">hal-04521303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1688,90 +1688,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Sustainable Household Organic Waste Management: Modeling and Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ottini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Yannou-Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFPG 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Génie de Procédés, Oct 2024, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1796,103 +1796,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellulose valorization in biorefinery: integration of fast pyrolysis and fermentation for building blocks production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Greenhalf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franco Berruti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Briens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Guedon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pyroliq 2019: Pyrolysis and Liquefaction of Biomass and Wastes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Cork, Ireland</w:t>
@@ -1921,90 +1921,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Depolymerization of fractionated wood by hydrothermal liquefaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauviel Guillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pyroliq 2019: Pyrolysis and Liquefaction of Biomass and Wastes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Franco Berruti, Jun 2019, Cork, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2396,51 +2396,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315740v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Moreno" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Cobo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Buendia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nestor S&#225;nchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2024.115151" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185981v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ottini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Yannou-Le Bris" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Domenek" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69997/sct.198612" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541361v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gastaldi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Greuet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Benbrahim Bouchou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anir Benihya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2024.130670" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803763v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.111102" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543871v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ejsi Hasanbelliu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217079v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delaplace" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Xiao" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jeantet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Dong Chen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2023.08.042" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518916v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Greenhalf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Barbiero" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guedon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Briens" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2020.105884" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02170547v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Song" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Buendia-Kandia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Yu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dufour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Wu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2019.121522" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02125963v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brosse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Petitjean" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillain Mauviel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rondags" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13399-019-00395-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651273v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.7b02994" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404582v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Bonilla-Omil" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge L&#243;pez-Beceiro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Artiaga" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Menut" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521303v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Varela-Feijoo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Plana-Fattori" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Flick" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Menut" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518909v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Berruti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518900v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauviel Guillain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230647v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buendia-Kandia Felipe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billaud Francis" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01920888v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LORR0082" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404582v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Bonilla-Omil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Buendia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge L&#243;pez-Beceiro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Artiaga" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Menut" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521303v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Varela-Feijoo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Plana-Fattori" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Flick" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Menut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315740v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Moreno" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Cobo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nestor S&#225;nchez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2024.115151" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185981v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ottini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Yannou-Le Bris" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Domenek" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69997/sct.198612" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541361v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gastaldi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Greuet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Benbrahim Bouchou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anir Benihya" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2024.130670" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803763v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.111102" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543871v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ejsi Hasanbelliu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217079v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delaplace" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Xiao" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jeantet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Dong Chen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2023.08.042" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518916v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Greenhalf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Barbiero" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guedon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Briens" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2020.105884" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02170547v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Song" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Buendia-Kandia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Yu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dufour" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Wu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2019.121522" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02125963v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brosse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Petitjean" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillain Mauviel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rondags" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13399-019-00395-4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651273v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.7b02994" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518909v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Berruti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518900v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauviel Guillain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230647v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buendia-Kandia Felipe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billaud Francis" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01920888v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LORR0082" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>