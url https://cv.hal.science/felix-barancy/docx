--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -294,183 +294,183 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Penser d’ailleurs » en classe de philosophie ? L’exemple de l’enseignement des philosophies asiatiques dans le cadre de la réforme du programme du baccalauréat (2019)</w:t>
+                <w:t xml:space="preserve">Becoming philosophe: constructing academic and professional legitimacy in early 19th-Century France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Barancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La pensée d'ailleurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7, </w:t>
+              <w:t xml:space="preserve">Polietica Revista de Ética e Filosofia Política</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (2), pp.30-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.57086/lpa.1161⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23925/politica.v13i2.74564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05325745v1</w:t>
+                <w:t xml:space="preserve">hal-05447926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Becoming philosophe: constructing academic and professional legitimacy in early 19th-Century France</w:t>
+                <w:t xml:space="preserve">« Penser d’ailleurs » en classe de philosophie ? L’exemple de l’enseignement des philosophies asiatiques dans le cadre de la réforme du programme du baccalauréat (2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Barancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polietica Revista de Ética e Filosofia Política</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13 (2), pp.30-56. </w:t>
+              <w:t xml:space="preserve">La pensée d'ailleurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23925/politica.v13i2.74564⟩</w:t>
+                <w:t xml:space="preserve">⟨10.57086/lpa.1161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05447926v1</w:t>
+                <w:t xml:space="preserve">hal-05325745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des auteurs aux autorités. Refondation philosophique et invention du canon dans la France postrévolutionnaire</w:t>
               </w:r>
@@ -1492,51 +1492,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="86A403CE"/>
+    <w:nsid w:val="899C0A4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1723,51 +1723,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/felix-barancy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-8720-6303" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03935427v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Barancy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ENSL0028" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325745v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57086/lpa.1161" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05447926v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23925/politica.v13i2.74564" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044045v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.251.0063" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872715v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17764-7" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267616v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14osh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229932v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229937v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.234.0459" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130624v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.7927" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130732v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cbp.385" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130632v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.7827" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132113v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bernard-Granger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/product/victor-cousin-9780198866268?cc=fr&amp;amp;lang=en&amp;#" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222194v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132110v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivescontemporaines.com/collections/28" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.2294" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/felix-barancy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-8720-6303" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03935427v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Barancy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ENSL0028" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05447926v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23925/politica.v13i2.74564" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325745v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57086/lpa.1161" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044045v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.251.0063" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872715v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17764-7" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267616v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14osh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229932v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229937v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.234.0459" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130624v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.7927" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130732v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cbp.385" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130632v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.7827" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132113v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bernard-Granger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/product/victor-cousin-9780198866268?cc=fr&amp;amp;lang=en&amp;#" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222194v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132110v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivescontemporaines.com/collections/28" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.2294" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>