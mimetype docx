--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -190,159 +190,159 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05336295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protocole de validation scientifique des données d'occurrence de taxons de tortues marines du SINP Mayotte</w:t>
+                <w:t xml:space="preserve">Elaboration d'un protocole de suivi aérien (ULM) pour la détermination de l'abondance des tortues marines en alimentation sur le linéaire côtier de Mayotte Rapport de mission -[Phase I]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Elie Paute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Oulanga na Nyamba. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466534v1</w:t>
+                <w:t xml:space="preserve">hal-04467225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration d'un protocole de suivi aérien (ULM) pour la détermination de l'abondance des tortues marines en alimentation sur le linéaire côtier de Mayotte Rapport de mission -[Phase I]</w:t>
+                <w:t xml:space="preserve">Protocole de validation scientifique des données d'occurrence de taxons de tortues marines du SINP Mayotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Elie Paute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Oulanga na Nyamba. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
+              <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04467225v1</w:t>
+                <w:t xml:space="preserve">hal-04466534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi par photo-identification des populations de tortues marines de la Vasière des Badamiers - Mayotte. Année 2021.</w:t>
               </w:r>
@@ -826,273 +826,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tortues marines de Mayotte : Bilan régional. 4 e Colloque du GTMF - 2022</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atelier n°2 - Plans d'action en faveur des tortues marines : La Réunion - Mayotte - Îles Eparses. 4e colloque du GTMF.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Emmanuelle Landes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Ballorain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Amy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Elie Paute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Liétar</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe Tortues Marines France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MNHN, Nov 2022, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04467357v1</w:t>
+                <w:t xml:space="preserve">hal-04467434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atelier n°2 - Plans d'action en faveur des tortues marines : La Réunion - Mayotte - Îles Eparses. 4e colloque du GTMF.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Emmanuelle Landes</w:t>
+                <w:t xml:space="preserve">Les tortues marines de Mayotte : Bilan régional. 4 e Colloque du GTMF - 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Elie Paute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Ballorain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Quillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Amy</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Sophie Morisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Liétar</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe Tortues Marines France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MNHN, Nov 2022, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04467434v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04467357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaz'a Nyamba : Centre de soins et de découverte des tortues marines à Mayotte 4 e colloque du GTMF -Grande Motte, 2022.</w:t>
               </w:r>
@@ -1160,51 +1160,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques morphologiques saisonnières des plages de ponte et espace de nidification des tortues vertes (Chelonia mydas) sur l'île de Mayotte.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Morisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1657,51 +1657,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336295v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Elie Paute" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;au Despeyroux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466534v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467225v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467308v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466482v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467297v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467331v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Guillermin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466430v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Ballorain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Duffaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467159v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Quillard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467357v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisseau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Li&#233;tar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467434v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Landes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Amy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467478v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Wagner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467711v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solana Viel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467406v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Regnier-brisson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467416v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Arsicaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336295v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Elie Paute" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;au Despeyroux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467225v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466534v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467308v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466482v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467297v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467331v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Guillermin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466430v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Ballorain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Duffaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467159v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Quillard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467434v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Landes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Amy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Li&#233;tar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467357v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisseau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467478v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Wagner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467711v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solana Viel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467406v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Regnier-brisson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467416v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Arsicaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>