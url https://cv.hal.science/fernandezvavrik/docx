--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -906,165 +906,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01945301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mostrar y decir la etnicidad: reglas prácticas, indígenas y campesinos en una universidad argentina</w:t>
+                <w:t xml:space="preserve">L’expérience et l’identité. Comment parler de l’appartenance à un collectif ?.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germán Dario Fernández-Vavrik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cuadernos Interculturales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 8 (14), pp.185-195</w:t>
+              <w:t xml:space="preserve">Émulations : Revue de sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 8, pp.73-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01945297v1</w:t>
+                <w:t xml:space="preserve">hal-01945299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’expérience et l’identité. Comment parler de l’appartenance à un collectif ?.</w:t>
+                <w:t xml:space="preserve">Mostrar y decir la etnicidad: reglas prácticas, indígenas y campesinos en una universidad argentina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germán Dario Fernández-Vavrik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Émulations : Revue de sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 8, pp.73-86</w:t>
+              <w:t xml:space="preserve">Cuadernos Interculturales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 8 (14), pp.185-195</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01945299v1</w:t>
+                <w:t xml:space="preserve">hal-01945297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extrañamiento: una inmersión en el mundo de la vida</w:t>
               </w:r>
@@ -2148,51 +2148,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304640v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Pirone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Dario Fern&#225;ndez-Vavrik" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295757v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505917v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5840/schutz2019114" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01942903v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s van Zanten" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03399617v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/raised.022.0019" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01942928v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01942969v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945295v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14507/epaa.v22.1883" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945300v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945301v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945297v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945299v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945302v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Bustos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748241v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Valente" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bettendorff" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fabre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Pelletier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Derobert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902767v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lucy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Vacher" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Racana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Valente" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223369v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01943702v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945291v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01943681v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Dictionnaire_de_l%C3%A9ducation" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01943706v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ediunc.uncu.edu.ar/catalogo/ficha/619" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945296v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945298v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304640v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Pirone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Dario Fern&#225;ndez-Vavrik" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295757v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505917v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5840/schutz2019114" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01942903v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s van Zanten" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03399617v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/raised.022.0019" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01942928v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01942969v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945295v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14507/epaa.v22.1883" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945300v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945301v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945299v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945297v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945302v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Bustos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748241v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Valente" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bettendorff" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fabre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Pelletier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Derobert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902767v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lucy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Vacher" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Racana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Valente" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223369v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01943702v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945291v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01943681v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Dictionnaire_de_l%C3%A9ducation" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01943706v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ediunc.uncu.edu.ar/catalogo/ficha/619" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945296v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01945298v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>