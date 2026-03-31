--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -395,217 +395,217 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réenchanter le développement territorial : quelles perspectives pour renouveler la formation des ingénieurs en école en sciences du vivant ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apprendre des territoires/Enseigner les territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ferrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Cot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Ferrieux</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy-El-Karim Berthomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIST2023 - Apprendre des territoires / Enseigner les territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Nov 2023, Aubervilliers, Campus Condorcet, centre des Colloques, France. pp.432-435</w:t>
+              <w:t xml:space="preserve">6ème colloque international du CIST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège international des sciences territoriales, Nov 2023, Paris-Condorcet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04426925v1</w:t>
+                <w:t xml:space="preserve">hal-04146626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprendre des territoires/Enseigner les territoires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Réenchanter le développement territorial : quelles perspectives pour renouveler la formation des ingénieurs en école en sciences du vivant ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Cot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ferrieux</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème colloque international du CIST</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collège international des sciences territoriales, Nov 2023, Paris-Condorcet, France</w:t>
+              <w:t xml:space="preserve">CIST2023 - Apprendre des territoires / Enseigner les territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Nov 2023, Aubervilliers, Campus Condorcet, centre des Colloques, France. pp.432-435</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04146626v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La territorialisation marque-t-elle la fin des ordres sectoriels ? L’exemple de la politique de gestion des risques dans la « Vallée de la Chimie ».</w:t>
               </w:r>
@@ -790,646 +790,646 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02125588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La résilience territoriale comme principe et comme volonté Réflexions à partir de la question de la pollution des sols dans des territoires (dés) industrialisés.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Jean-Philippe Pierron, Cyrille Harpet et Philippe Billet, Justice et injustices environnementales »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02115774v1</w:t>
-[...237 lines deleted...]
-                <w:t xml:space="preserve">hal-01515861v1</w:t>
+                <w:t xml:space="preserve">hal-02125693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Jean-Philippe Pierron, Cyrille Harpet et Philippe Billet, Justice et injustices environnementales »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Visibilité et invisibilité de la pollution des sols dans les territoires (post)industriels : de nouvelles perspectives sur la résilience et la justice environnementale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zanetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02125693v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Morel Journel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geocarrefour.11289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01988684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visibilité et invisibilité de la pollution des sols dans les territoires (post)industriels : de nouvelles perspectives sur la résilience et la justice environnementale ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Zanetti</w:t>
+                <w:t xml:space="preserve">Make the valley green again : la gestion des sols pollués au cœur de la réhabilitation de la basse vallée de Swansea (Pays de Galles).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Georges Gay</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Lenoan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geocarrefour.11749⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02115778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le succès paradoxal d’un dispositif partenarial de concertation sur les risques et pollutions industriels. Le moment fondateur du SPIRAL (1990-1993)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ferrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sds.5748⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02115770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La résilience territoriale comme principe et comme volonté Réflexions à partir de la question de la pollution des sols dans des territoires (dés) industrialisés.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Morel Journel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ferrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/vertigo.19172⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02115774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01988684v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Scénarios de transition énergétique en ville. Acteurs, régulations, technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ferrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métropoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01515861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1441,185 +1441,185 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyser la conduite des dispositifs de concertation sur les risques industriels pour proposer des améliorations. Les cas de Sud de Lyon et de Pont-de-Claix,</w:t>
+                <w:t xml:space="preserve">Elision mais inexorabilité des risques, programme de recherche « Risque, décision, territoire » du Ministère de l’Ecologie, du Développement Durable et de l’Energie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] FONSCI. 2017</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Morel Journel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Ministère de l'Ecologie, du Développement Durable et de l'Energie. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02125705v1</w:t>
+                <w:t xml:space="preserve">hal-02125701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elision mais inexorabilité des risques, programme de recherche « Risque, décision, territoire » du Ministère de l’Ecologie, du Développement Durable et de l’Energie.</w:t>
+                <w:t xml:space="preserve">Analyser la conduite des dispositifs de concertation sur les risques industriels pour proposer des améliorations. Les cas de Sud de Lyon et de Pont-de-Claix,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] FONSCI. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Gay</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-02125701v1</w:t>
+                <w:t xml:space="preserve">hal-02125705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les CLIC en Rhône-Alpes. Bilan et perspectives</w:t>
               </w:r>
@@ -1969,51 +1969,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04892917v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferrieux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gardon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gautier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Naour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/320/9782759239726/approches-interdisciplinaires-en-sante-animale" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01459345v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01459342v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426925v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04146626v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-El-Karim Berthom&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lelli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115820v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125547v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125588v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115774v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Morel Journel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gay" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.19172" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115770v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.5748" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115778v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lenoan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.11749" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01515861v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125693v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988684v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zanetti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.11289" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125705v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125701v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00575557v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martinais" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03586440v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LYO20091" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04892917v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferrieux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gardon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gautier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Naour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/320/9782759239726/approches-interdisciplinaires-en-sante-animale" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01459345v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01459342v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04146626v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-El-Karim Berthom&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lelli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426925v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115820v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125547v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125588v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125693v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988684v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zanetti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Morel Journel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.11289" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115778v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lenoan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.11749" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115770v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.5748" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115774v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.19172" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01515861v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125701v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gay" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125705v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00575557v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martinais" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03586440v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LYO20091" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>