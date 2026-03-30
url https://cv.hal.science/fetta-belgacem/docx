--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -380,372 +380,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04956773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Storytelling politique et riposte transmédiatique citoyenne : quand les États hégémoniques s'emparent du film &amp;quot;Barbie</w:t>
+                <w:t xml:space="preserve">Activist lawyers, journalists and militants : collaborative citizen mobilization in authoritarian context.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fetta Belgacem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biennale du transmédia : transmédialité et politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IMSIC; BABEL; Observatoire des mondes imaginaires, Dec 2023, Toulon, France</w:t>
+              <w:t xml:space="preserve">The International ResearchForum organizedby the DepartmentofElectronicMedia andMass Communication, PondicherryUniversity, India incollaboration withUFR Ingémédia,Universityof Toulon,France.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Toulon - Pondicherry, Mar 2023, Toulon - Pondicherry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04394568v1</w:t>
+                <w:t xml:space="preserve">hal-04039095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activist lawyers, journalists and militants : collaborative citizen mobilization in authoritarian context.</w:t>
+                <w:t xml:space="preserve">Storytelling politique et riposte transmédiatique citoyenne : quand les États hégémoniques s'emparent du film &amp;quot;Barbie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fetta Belgacem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International ResearchForum organizedby the DepartmentofElectronicMedia andMass Communication, PondicherryUniversity, India incollaboration withUFR Ingémédia,Universityof Toulon,France.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Toulon - Pondicherry, Mar 2023, Toulon - Pondicherry, France</w:t>
+              <w:t xml:space="preserve">Biennale du transmédia : transmédialité et politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMSIC; BABEL; Observatoire des mondes imaginaires, Dec 2023, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04039095v1</w:t>
+                <w:t xml:space="preserve">hal-04394568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Militants berbères : Entre légitimité épistémologique d’un « champ » et enquête en terrain « sensible »</w:t>
+                <w:t xml:space="preserve">L’activisme numérique et l’action collective en Méditerranée : le cas de la Kabylie et la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fetta Belgacem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doctoriades- IMSIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Toulon, France</w:t>
+              <w:t xml:space="preserve">Séminaire Amazighs- Tamazight/ Berbère (s). IREMAM- MMSH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Aix en provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03519040v1</w:t>
+                <w:t xml:space="preserve">hal-03519047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’activisme numérique et l’action collective en Méditerranée : le cas de la Kabylie et la France</w:t>
+                <w:t xml:space="preserve">Militants berbères : Entre légitimité épistémologique d’un « champ » et enquête en terrain « sensible »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fetta Belgacem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Amazighs- Tamazight/ Berbère (s). IREMAM- MMSH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Aix en provence, France</w:t>
+              <w:t xml:space="preserve">Doctoriades- IMSIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03519047v1</w:t>
+                <w:t xml:space="preserve">hal-03519040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement médiatique du printemps berbère</w:t>
+                <w:t xml:space="preserve">Les nouvelles voies/ voix politiques à l’ère d’Internet en Algérie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fetta Belgacem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intervention- table ronde</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">6e Colloque international du Réseau Discours d’Afrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03519112v1</w:t>
+                <w:t xml:space="preserve">hal-03519024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le médiactivisme kabyle à l’ère du web</w:t>
               </w:r>
@@ -794,96 +794,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03519106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les nouvelles voies/ voix politiques à l’ère d’Internet en Algérie.</w:t>
+                <w:t xml:space="preserve">Traitement médiatique du printemps berbère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fetta Belgacem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6e Colloque international du Réseau Discours d’Afrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Besançon, France</w:t>
+              <w:t xml:space="preserve">Intervention- table ronde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03519024v1</w:t>
+                <w:t xml:space="preserve">hal-03519112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1409,51 +1409,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956725v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fetta Belgacem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tanti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935656v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.12368" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956773v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394568v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039095v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519040v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519047v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519112v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519106v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519024v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049203v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186933v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189624v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04187927v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956725v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fetta Belgacem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tanti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935656v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.12368" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956773v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039095v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394568v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519047v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519040v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519024v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519106v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519112v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049203v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186933v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189624v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04187927v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>