--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2412,243 +2412,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant harvesting Variability during the Neolithic analyzed through texture analysis of sickle gloss</w:t>
+                <w:t xml:space="preserve">Exploring the variability of cereal harvesting gloss using confocal microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan José Ibañez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia C. Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia M. Anderson</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Niccolo Mazzucco</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiona Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th Annual Meeting of the European Association of Archaeologists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">Rock and Roll: 13th International Symposium on Knappable Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Tarragona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03368479v1</w:t>
+                <w:t xml:space="preserve">hal-03368486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the variability of cereal harvesting gloss using confocal microscopy</w:t>
+                <w:t xml:space="preserve">Plant harvesting Variability during the Neolithic analyzed through texture analysis of sickle gloss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan José Ibañez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patricia C. Anderson</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia M. Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niccolo Mazzucco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Pichon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Niccolo Mazzucco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rock and Roll: 13th International Symposium on Knappable Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Tarragona, Spain</w:t>
+              <w:t xml:space="preserve">27th Annual Meeting of the European Association of Archaeologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03368486v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03368479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Late Bronze Age lithic industries of Ras Shamra-Ougarit: assesment, contextualization and new approaches — 40 years of renewed studies</w:t>
               </w:r>
@@ -2837,51 +2837,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Francesco Gibaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niccolo Mazzucco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st conference of the Early Neolithic of Europe (ENE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3772,202 +3772,202 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Ghassanian Techno-Complex</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">2023. Khashabiyeh : découverte de structures rituelles néolithiques exceptionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wael Abu-Azizeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Tarawneh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Barge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Crassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...53 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabela Oltra-Carrió</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tracking the Neolithic in the Near East. Lithic Perspectives on Its Origins, Development and Dispersals. The Proceedings of the 9th International Conference on the PNN Chipped and Ground Stone Industries of the Near East, Tokyo, 12th-16th November 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sidestone Press, pp.327-339, 2022, 978-94-6426-080-9</w:t>
+              <w:t xml:space="preserve">50 histoires mondiales de la MOM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MOM Éditions, pp.169-172, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03685561v1</w:t>
+                <w:t xml:space="preserve">hal-05530614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Ghassanian Techno-Complex: Late PPNB lithic industries from the Ghassanian techno-complex: occupation sites related to the use of desert kites in Jibal al-Khashabiyeh, south-eastern Jordan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Crassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4026,292 +4026,417 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yoshihiro Nishiaki, Osamu Maeda &amp; Makoto Arimura. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tracking the Neolithic in the Near East: Lithic Perspectives on Its Origins, Development and Dispersals.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sidestone Press, pp.327-340, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arrows and archery during the PPNB, an experimental approach: points production and use</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Ghassanian Techno-Complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Crassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Antonio Sánchez Priego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Abbès</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wael Abu-Azizeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Tarawneh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yoshihiro Nishiaki; Osamu Maeda; Makoto Arimura. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tracking the Neolithic in the Near East: Lithic Perspectives on Its Origins, Development and Dispersals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sidestone Press, pp.33-47, 2022</w:t>
+              <w:t xml:space="preserve">Tracking the Neolithic in the Near East. Lithic Perspectives on Its Origins, Development and Dispersals. The Proceedings of the 9th International Conference on the PNN Chipped and Ground Stone Industries of the Near East, Tokyo, 12th-16th November 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone Press, pp.327-339, 2022, 978-94-6426-080-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05161017v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’industrie lithique de Ras-Shamra-Ougarit au Bronze Récent : bilan, mise en contexte et nouvelles approches, 40 années d’études renouvelées</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arrows and archery during the PPNB, an experimental approach: points production and use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Pichon</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Abbès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yoshihiro Nishiaki; Osamu Maeda; Makoto Arimura. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matoïan V. (éd.) 2021, Ougarit, un anniversaire. Bilans et recherches en cours, Ras Shamra – Ougarit XXVIII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Tracking the Neolithic in the Near East: Lithic Perspectives on Its Origins, Development and Dispersals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone Press, pp.33-47, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03526874v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05161017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’industrie lithique de Ras-Shamra-Ougarit au Bronze Récent : bilan, mise en contexte et nouvelles approches, 40 années d’études renouvelées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Coqueugniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matoïan V. (éd.) 2021, Ougarit, un anniversaire. Bilans et recherches en cours, Ras Shamra – Ougarit XXVIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03526874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d’outils en silex pour l’exploitation alimentaire et artisanale des végétaux à Dja’de el-Mughara durant le PPNB ancien (Syrie, 9ème millénaire).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Astruc L., McCartney C., Briois F., Kassianidou L. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Near Eastern Lithic Technologies on the move. Interactions and Contexts in the Neolithic Traditions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 150, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4321,270 +4446,270 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shining Light on Dark Matter: Advancing Functional Analysis of Obsidian Tools with Confocal Scanning Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan José Ibáñez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astruc Laurence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelia del Carmen Rodríguez Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.14311720⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'agriculture néolithique à la loupe (série Past and Curious)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Rueff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Debels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03864566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4594,151 +4719,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques territoriales en Mésopotamie du nord, du Paléolithique à l’époque modern. Rapport MAFGS 2018. 99p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aliette Pot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonulari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Ministère des Affaires étrangères et du développement international. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02407978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4748,114 +4873,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traditions culturelles dans les premières communautés villageoises du Levant Nord : l’analyse fonctionnelle de l’outillage en silex de Dja’de el-Mughara (Syrie, PPNB ancien, 9ème millénaire).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archéologie et Préhistoire. Université Paris IV Sorbonne, 2017. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017PA040176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04558959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId121"/>
+      <w:footerReference w:type="default" r:id="rId123"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5002,51 +5127,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490840v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Tarawneh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barge" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques &#201;lie Brochier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl A Makarewicz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-026-02409-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419677v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Pichon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Ib&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Anderson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Vega Ca&#241;amares" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Pecharrom&#225;n" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/150wb" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160987v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Mazzucco" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104962" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960646v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Ib&#225;&#241;ez Estevez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Astruc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gassin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Rodr&#237;guez Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-025-09700-0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161026v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdana Mili&#263;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105280" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419666v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Iba&#241;ez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Abb&#232;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2025.106446" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160980v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osamu Maeda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Ib&#225;&#241;ez Est&#233;vez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.13108" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218006v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Tsuneki" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0290537" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363363v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Ib&#225;&#241;ez-Estevez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyne Douch&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Coqueugniot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102807" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406802v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia C. Anderson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaia Arranz-Otaeogui" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Emilio Gonzalez Urquijo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne J&#246;rgensen-Lindahl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2021.105502" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526885v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498856v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.FOOD.5.126402" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610742v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giraud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baldi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonilauri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lem&#233;e" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.702" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03950297v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Baldi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lem&#233;e" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368403v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363371v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2016.01.064" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454176v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866643v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio S&#225;nchez Priego" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Reina" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Oltra Carrio" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900990v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Abu-Azizeh" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368474v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368479v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia M. Anderson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Mazzucco" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368486v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368462v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coqueugniot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368464v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368459v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francesco Gibaja" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368470v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tarawneh" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104179v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Alarashi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368447v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368450v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368445v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994225v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368473v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368455v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368437v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685561v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863463v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161017v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526874v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368387v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863440v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astruc Laurence" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia del Carmen Rodr&#237;guez Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14311720" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864566v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Rueff" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Jean" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Debels" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Beaulieu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407978v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aliette Pot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Murat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonulari" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04558959v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA040176" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490840v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Tarawneh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barge" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques &#201;lie Brochier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl A Makarewicz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-026-02409-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419677v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Pichon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Ib&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Anderson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Vega Ca&#241;amares" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Pecharrom&#225;n" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/150wb" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160987v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Mazzucco" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104962" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960646v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Ib&#225;&#241;ez Estevez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Astruc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gassin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Rodr&#237;guez Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-025-09700-0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161026v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdana Mili&#263;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105280" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419666v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Iba&#241;ez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Abb&#232;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2025.106446" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160980v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osamu Maeda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Ib&#225;&#241;ez Est&#233;vez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.13108" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218006v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Tsuneki" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0290537" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363363v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Ib&#225;&#241;ez-Estevez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyne Douch&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Coqueugniot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102807" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406802v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia C. Anderson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaia Arranz-Otaeogui" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Emilio Gonzalez Urquijo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne J&#246;rgensen-Lindahl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2021.105502" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526885v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498856v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.FOOD.5.126402" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610742v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giraud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baldi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonilauri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lem&#233;e" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.702" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03950297v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Baldi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lem&#233;e" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368403v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363371v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2016.01.064" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454176v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866643v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio S&#225;nchez Priego" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Reina" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Oltra Carrio" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900990v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Abu-Azizeh" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368474v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368486v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Mazzucco" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368479v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia M. Anderson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368462v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coqueugniot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368464v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368459v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Francesco Gibaja" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368470v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tarawneh" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104179v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Alarashi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368447v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368450v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368445v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994225v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368473v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368455v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368437v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530614v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Oltra-Carri&#243;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863463v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685561v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161017v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526874v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368387v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863440v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astruc Laurence" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia del Carmen Rodr&#237;guez Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14311720" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864566v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Rueff" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Jean" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Debels" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Beaulieu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407978v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aliette Pot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Murat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonulari" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04558959v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA040176" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>