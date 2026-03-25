--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -116,51 +116,51 @@
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DomainesHistoire et anthropologie</w:t>
+        <w:t xml:space="preserve">DomainesAnthropologie et histoire</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ThématiquesTaïwan, politique culturelle et patrimoine, religion populaire, religion et modernité, constructions identitaires, démocratisation et culture électorale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
@@ -225,51 +225,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiorella Allio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Ethnographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, Scènes et cultures du monde : représentations, enjeux et limites, 10, pp.en ligne. </w:t>
+              <w:t xml:space="preserve">, 2025, Scènes et cultures du monde : représentations, enjeux et limites, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.56698/ethnographie.1657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -2419,51 +2419,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3B05EEE0"/>
+    <w:nsid w:val="F01E9252"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>