--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2578,50 +2578,54 @@
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10, pp.148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fendo.2019.00148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02362523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>