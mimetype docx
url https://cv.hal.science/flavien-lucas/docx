--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -425,365 +425,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The on-demand bus routing problem with real-time traffic information</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ying Lian</w:t>
+                <w:t xml:space="preserve">Fully Individualized Curriculum with Decaying Knowledge, a New Hard Problem: Investigation and Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Lebis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kenneth Sörensen</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vermeulen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multimodal Transportation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.multra.2023.100093⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Artificial Intelligence in Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40593-023-00376-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04221320v1</w:t>
+                <w:t xml:space="preserve">hal-04296931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The electric on-demand bus routing problem with partial charging and nonlinear function</w:t>
+                <w:t xml:space="preserve">The on-demand bus routing problem with real-time traffic information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Lian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Sörensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trc.2023.104368⟩</w:t>
+              <w:t xml:space="preserve">Multimodal Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2 (3), pp.100093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.multra.2023.100093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04447869v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fully Individualized Curriculum with Decaying Knowledge, a New Hard Problem: Investigation and Recommendations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anthony Fleury</w:t>
+                <w:t xml:space="preserve">The electric on-demand bus routing problem with partial charging and nonlinear function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying Lian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Vermeulen</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth Sörensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Artificial Intelligence in Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 157, pp.104368. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40593-023-00376-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.trc.2023.104368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296931v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04447869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comment on “what makes a VRP solution good? The generation of problem-specific knowledge for heuristics”</w:t>
               </w:r>
@@ -1366,243 +1366,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05456343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explainable Pattern Learning in Exploring Robust Characteristics in Metaheuristic Design</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Billot</w:t>
+                <w:t xml:space="preserve">Auction-based Allocation for Urban Freight Transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nasr Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Sevaux</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Doniec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2025 : 26ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ROADEF, Feb 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2025 : 26ème édition du congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Champs sur Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05150909v1</w:t>
+                <w:t xml:space="preserve">hal-04980053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auction-based Allocation for Urban Freight Transport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Nasr Ali</w:t>
+                <w:t xml:space="preserve">Explainable Pattern Learning in Exploring Robust Characteristics in Metaheuristic Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bachtiar Herdianto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Billot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Doniec</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sevaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2025 : 26ème édition du congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2025, Champs sur Marne, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2025 : 26ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ROADEF, Feb 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04980053v1</w:t>
+                <w:t xml:space="preserve">hal-05150909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a Robust Guidance for Metaheuristics: Do certain features significantly influence the Vehicle Routing Problem?</w:t>
               </w:r>
@@ -2900,563 +2900,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03285115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing Space Search in Combinatorial Optimization Using Machine Learning Tools</w:t>
+                <w:t xml:space="preserve">Réduction de l’espace de recherche dans un MNS via l’utilisation de machine learning pour des problèmes de VRP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Billot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sevaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kenneth Sörensen</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth Sorensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LION 2020 : International Conference on Learning and Intelligent Optimization</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2020 : 21ème Congrès Annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03020704v1</w:t>
+                <w:t xml:space="preserve">hal-02508447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction de l’espace de recherche dans un MNS via l’utilisation de machine learning pour des problèmes de VRP</w:t>
+                <w:t xml:space="preserve">Reducing Space Search in Combinatorial Optimization Using Machine Learning Tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Billot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sevaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kenneth Sorensen</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth Sörensen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2020 : 21ème Congrès Annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">LION 2020 : International Conference on Learning and Intelligent Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Athens, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-53552-0_15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508447v1</w:t>
+                <w:t xml:space="preserve">hal-03020704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GRASP and Multiple Neighborhood Search for real vehicle routing problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiple solve approaches applied to the Heterogeneous Vehicle Routing Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Lucas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sevaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURO 2019 - 30th European Conference on Operational Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">Workshop of the EURO Working Group on Vehicle Routing and Logistics optimization (VeRoLog)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Seville, Spain. pp.158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02162957v1</w:t>
+                <w:t xml:space="preserve">hal-02147400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration de la résolution d’un problème de tournées de véhicules hétérogènes multi-attributs par des méthodes de machine learning</w:t>
+                <w:t xml:space="preserve">GRASP and Multiple Neighborhood Search for real vehicle routing problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Billot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sevaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF: Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t>
+              <w:t xml:space="preserve">EURO 2019 - 30th European Conference on Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02084324v1</w:t>
+                <w:t xml:space="preserve">hal-02162957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple solve approaches applied to the Heterogeneous Vehicle Routing Problem</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amélioration de la résolution d’un problème de tournées de véhicules hétérogènes multi-attributs par des méthodes de machine learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Billot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sevaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop of the EURO Working Group on Vehicle Routing and Logistics optimization (VeRoLog)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Seville, Spain. pp.158</w:t>
+              <w:t xml:space="preserve">ROADEF: Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02147400v1</w:t>
+                <w:t xml:space="preserve">hal-02084324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tournées de véhicules hétérogènes avec zones de circulation restreinte et trafic prédictif en milieu urbain</w:t>
               </w:r>
@@ -4017,51 +4017,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422169v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachtiar Herdianto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Billot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Lucas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sevaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2025.12.029" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504887v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michell Queiroz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth S&#246;rensen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2024.03.006" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221331v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Lian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2023.07.006" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221320v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.multra.2023.100093" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447869v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2023.104368" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296931v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Humeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vermeulen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40593-023-00376-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143916v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2019.05.025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534838v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bahir" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Amine Abdous" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bearee" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528255v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahir Hind" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdous Mohammed-Amine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Flavien" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duviella Eric" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bearee Richard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150925v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456343v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nasr Ali" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Doniec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI66417.2025.00070" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150909v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980053v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150852v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663575v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62922-8_8" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586409v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586400v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125866v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446714v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C Bauer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kurscheid" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15488/15254" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125851v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220804v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Martino" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lacomme" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732218v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595401v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336995v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lissa Melis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285115v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020704v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-53552-0_15" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508447v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Sorensen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162957v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Rault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084324v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147400v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083933v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517300v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delavernhe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663574v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03324375v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LORIS569" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422169v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachtiar Herdianto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Billot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Lucas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sevaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2025.12.029" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504887v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michell Queiroz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth S&#246;rensen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2024.03.006" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221331v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Lian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2023.07.006" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296931v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Humeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vermeulen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40593-023-00376-9" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221320v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.multra.2023.100093" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447869v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2023.104368" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143916v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2019.05.025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534838v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bahir" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Amine Abdous" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bearee" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528255v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahir Hind" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdous Mohammed-Amine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Flavien" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duviella Eric" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bearee Richard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150925v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456343v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nasr Ali" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Doniec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI66417.2025.00070" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980053v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150909v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150852v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663575v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62922-8_8" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586409v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586400v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125866v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446714v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C Bauer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kurscheid" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15488/15254" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125851v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220804v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Martino" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lacomme" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732218v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595401v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336995v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lissa Melis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285115v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508447v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Sorensen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020704v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-53552-0_15" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147400v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Rault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162957v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084324v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083933v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517300v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delavernhe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663574v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03324375v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LORIS569" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>