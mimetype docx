--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -408,50 +408,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04364714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les CAE aux prises avec les enjeux de protection sociale : interview avec Flora Bajard et Maya Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1, pp.41-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La protection sociale en Coopératives d’Activités et d’Emploi (CAE) : les effets de la culture politique et organisationnelle sur l’accès aux droits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -460,139 +542,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers méditerranéens du LIRISS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2, pp.38-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03555348v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03555354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’atelier à la cuisine chez les céramistes : arrangements de couple et inégalités de genre dans un métier indépendant « égalitariste »</w:t>
               </w:r>
@@ -810,274 +810,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03547697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Unfinished Artification of Ceramics in France: Reversing Stigma and Creating a New Artistic Norm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultural Sociology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (3), pp.276-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1749975519852828⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devenir entrepreneur(e) en coopérative d’activité et d’emploi. Les 1001 visages de l'émancipation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal des anthropologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 158-159, pp.151-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/jda.8834⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Artistic Ceramists, « Satellites » of the Artistic Field.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 4, [En ligne] : https://revue.biens-symboliques.net/324. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bssg.324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02172205v1</w:t>
-              </w:r>
-[...167 lines deleted...]
-                <w:t xml:space="preserve">hal-02428149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages « sauvages » de l’image. Retours sur une expérience profane de la sociologie visuelle</w:t>
               </w:r>
@@ -1204,265 +1204,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01377724v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Enquêter en milieu familier.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Implications ethnographiques, 1 (90), pp.7-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gen.090.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01379955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Recension de l'ouvrage « Sens politiques du travail », [I. Sainsaulieu, M. Surdez (dir.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 36 (1), pp.137-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02926130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Ça n’a pas de prix »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Perrenoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociétés contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Rétributions, 3 (91), pp.93-116. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.091.0093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/soco.091.0093⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-01377048v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-01379955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du travail d'atelier au collectif : l'inscription professionnelle ambivalente des « céramistes-créateurs »</w:t>
               </w:r>
@@ -1552,50 +1552,132 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Utopie et contention sociale : saisir la performativité des représentations sur les (dés)ordres du monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha El Miri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le regard à l’ère de la société carnavalisée – L’image comme dénominateur commun</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LESA - InMediasRes, Nov 2025, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05378455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Redonner leur pouvoir aux mots, repolitiser les relations sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1604,139 +1686,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Université Populaire de Marseille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UPOP13, Jan 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04923545v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-05378455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquêter sur une utopie insoupçonnée : les rêves de la jeunesse africaine en mobilité</w:t>
               </w:r>
@@ -2113,50 +2113,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04488798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Travail indépendant et émancipation : que faire des critiques des alternatives ? Quelques explorations méthodologiques en méthodes qualitatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Politiques préfiguratives, utopies réelles et transformations sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laurent Jeanpierre, Feb 2023, Paris EHESS, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03973224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sonder les rêves de la jeunesse africaine en mobilité. Au-delà de l’Eldorado, le rêve en acte d’un droit de circuler décolonisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2165,868 +2234,799 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reading African Societies: Texts, Gestures, Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UM6P, Dec 2023, Ben Guerir, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04348369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travail et utopies au prisme des sciences sociales : désenchantement de l’analyse critique et leviers pour l’espérance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Université populaire de Marseille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UPOP 13, Nov 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04327927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ceux que nous appelons &amp;quot;enquêtés&amp;quot; : construire, vivre et analyser le terrain comme tissu relationnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'études internationales - MIJMA La Migration Internationale des Jeunes et Mineurs Africains vers l’Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Mohammedia, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04081275v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Flora Bajard</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usage et recomposition(s) de la protection sociale : le cas des Coopératives d'Activité et d'Emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leclercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Politiques préfiguratives, utopies réelles et transformations sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laurent Jeanpierre, Feb 2023, Paris EHESS, France</w:t>
+              <w:t xml:space="preserve">Travail de plateforme et usages de la protection sociale - Table ronde 2 : Usage et recomposition(s) de la protection sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DARES/DREES, Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03818359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les coopératives d’Activité et d’Emploi en France comme nouvelle forme d’organisation collective des travailleurs indépendants au XXIe siècle. Portée et enjeux d’une protection sociale encastrée dans le contrat de travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Labour History Network Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Saint-Louis, Dec 2022, Saint-Louis, Sénégal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03922363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages sociaux de l’atelier : production de soi et production du groupe dans les lieux de création</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité, renouveau et impact du lieu et du poste de travail sur la création contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Isabelle Mayaud et Marie Lalevée, Dec 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03922348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychanalyse et monde du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Café psycho</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation des travailleurs autonomes en coopératives d'activité et d'emploi (CAE). Un continuum d'apprentissages entre informalité des collectifs de travail et recours formel aux droits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3èmes Journées Vincent Merle - L’entreprise formatrice dans tous ses états</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protection sociale, rapport au travail et à la subordination en coopérative. Un état des lieux au sein des CAE et des Scop &amp;quot;classiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas van Melle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travailleurs des plateformes : directive europeenne ou coopérative ? le salariat et le modele uber à la croisée des chemins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Maya Leclercq</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discussion du panel &amp;quot;Chinese Migrants, Digital Entrepreneurship, and Aspirations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Labour History Network Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Saint-Louis, Dec 2022, Saint-Louis, Sénégal</w:t>
+              <w:t xml:space="preserve">« When virtual and physical spaces meet : the mobility, activism, care and entrepreneurship of migrants, developed online and offline »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...102 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Logiques internes, regard de l'observatrice : comment tracer les frontières de son objet ? Retour sur les cuisines d'une enquête sur le métier de céramiste d’art »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Interroger les catégories sociales » du Master Civilisations, Cultures et Sociétés (sociologie/histoire) de l'Université de Perpignan.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03466448v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03367611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité des formes d'emploi et uberisation. Problématiques en France et en Europe.</w:t>
               </w:r>
@@ -3696,165 +3696,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01973435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les alternatives politiques au (et par) le travail indépendant : quelques pistes depuis les artisans d'art jusqu'aux collectifs de travail dans les zones grises de l'emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication au séminaire invité du LISE-CNAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Paris CNAM, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les potiers, c'est des gens qui sont assez dans le partage&amp;quot;. Pratiques et discours genrés inégalitaires dans un métier indépendant égalitariste.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le travail de l'art. La production artistique du point de vue du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, J. Sinigaglia et O. Roueff, Jan 2017, Paris, Site Pouchet du CNRS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01418449v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01668069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre demande d’État et logiques d’auto-organisation : un groupe professionnel en tension</w:t>
               </w:r>
@@ -4004,212 +4004,212 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Professionnalisation(s) et État : une sociologie politique des groupes professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Crunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Frau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires du Septentrion, pp.322, 2018, Espaces politiques, 978-2-7574-2077-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01860605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les céramistes d'art en France. Sens du travail et styles de vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PUR</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.282, 2018, Le Sens social, 978-2-7535-7395-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01806453v1</w:t>
-              </w:r>
-[...112 lines deleted...]
-                <w:t xml:space="preserve">halshs-01860605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4441,316 +4441,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04106820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quand des céramistes d’art transforment les territoires de l’art et de l’artisanat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fait main ? Artisanat : l’ordinaire et le remarquable, Rendez-vous ethnologiques de Salagon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée de Salagon, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01958754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction générale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Crunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Frau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérénice Crunel</w:t>
+                <w:t xml:space="preserve">Frédéric Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bajard, Flora; Crunel, Bérénice; Frau, Caroline; Nicolas, Frédéric; Parent, Fanny. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Professionnalisation(s) et État. Une sociologie politique des groupes professionnels.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.9-22, 2018, Espaces politiques, 978-2-7574-2077-5. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.21046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.septentrion.21046⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-04836682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les céramistes d’art contre « l’État » : la confrontation comme troisième voie de professionnalisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bajard Flora, Crunel Bérénice, Frau Caroline, Nicolas Frédéric, Parent Fanny. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Professionnalisation(s) et État. Une sociologie politique des groupes professionnels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires du Septentrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.239-265, 2018, 17643716</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses Universitaires du Septentrion</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01810710v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01958754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S'assurer contre les risques de la vie : l'initiative des céramistes d'art</w:t>
               </w:r>
@@ -4812,212 +4812,212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01377760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Comuna da Terra. La commune du 17 avril au Brésil »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Gaudichaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Terrié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Amériques Latines, Emancipations en construction. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amériques Latines, Émancipations en construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Syllepses, pp.63-72, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Comuna da Terra: la experiencia de la «Comuna del 17 de abril» en Fortaleza, Brasil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Terrié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Altos Estudios Nacionales del Ecuador. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emancipaciones en América Latina</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.73-81, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02926145v1</w:t>
-              </w:r>
-[...97 lines deleted...]
-                <w:t xml:space="preserve">hal-02926141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5029,963 +5029,963 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Entrevista cruzada en torno a las palabras “Naturaleza/medioambiente”, proyecto &amp;quot;Circulación de enfoques latinoamericanos y franceses en las ciencias sociales del trabajo&amp;quot;. Vidéo asociado al proyecto &amp;quot;Circulación de enfoques latinoamericanos y franceses en las ciencias sociales del trabajo: entrevistas cruzadas sobre conceptos centrales o emergentes&amp;quot; (trabatraba.hypotheses.org/132/2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Frédéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Manky Bonilla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05015151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interview croisée autour des notions de “subsistance&amp;quot; et &amp;quot;persistance”, projet &amp;quot;Circulation des approches françaises et latino-américaines dans les sciences sociales du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Lissett Pérez Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05438242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entrevista cruzada en torno a la palabra &amp;quot;Precariedad”, proyecto &amp;quot;Circulación de enfoques latinoamericanos y franceses en las ciencias sociales del trabajo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cingolani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dasten Julián Véjar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Interview croisée autour du mot “Migration”, projet &amp;quot;Circulation des approches françaises et latino-américaines dans les sciences sociales du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha El Miri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Emilia Tijoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05015132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entrevista cruzada en torno a la noción &amp;quot;Subsistencia/persistencia”, proyecto &amp;quot;Circulación de enfoques latinoamericanos y franceses en las ciencias sociales del trabajo&amp;quot;. Vidéo asociado al proyecto &amp;quot;Circulación de enfoques latinoamericanos y franceses en las ciencias sociales del trabajo: entrevistas cruzadas sobre conceptos centrales o emergentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Lissett Pérez Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05438229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entrevista cruzada en torno a la palabra “Migracion”, proyecto &amp;quot;Circulación de enfoques latinoamericanos y franceses en las ciencias sociales del trabajo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha El Miri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Emilia Tijoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05015090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interview croisée autour de la notion de “Travail forcé”, projet &amp;quot;Circulation des approches françaises et latino-américaines dans les sciences sociales du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Revilla Orías</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Stanziani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entrevista cruzada en torno a la noción &amp;quot;Trabajo forzoso”, proyecto &amp;quot;Circulación de enfoques latinoamericanos y franceses en las ciencias sociales del trabajo&amp;quot;. Vidéo asociado al proyecto &amp;quot;Circulación de enfoques latinoamericanos y franceses en las ciencias sociales del trabajo: entrevistas cruzadas sobre conceptos centrales o emergentes&amp;quot; (trabatraba.hypotheses.org/2043/2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Revilla Orías</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Stanziani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interview croisée autour du mot “Précarité”, projet &amp;quot;Circulation des approches françaises et latino-américaines dans les sciences sociales du travail&amp;quot;. Vidéo associée au projet &amp;quot;Circulation des approches françaises et latino-américaines dans les sciences sociales du travail&amp;quot; (https://trabatraba.hypotheses.org)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cingolani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dasten Julián Véjar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interview croisée autour des mots “Nature/Environnement”, projet &amp;quot;Circulation des approches françaises et latino-américaines dans les sciences sociales du travail&amp;quot;. Vidéo associée au projet &amp;quot;Circulation des approches françaises et latino-américaines dans les sciences sociales du travail&amp;quot; . (https://trabatraba.hypotheses.org)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Emilia Tijoux</w:t>
+                <w:t xml:space="preserve">Nicolas Frédéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Manky Bonilla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Entrevista cruzada en torno a la noción &amp;quot;Subsistencia/persistencia”, proyecto &amp;quot;Circulación de enfoques latinoamericanos y franceses en las ciencias sociales del trabajo&amp;quot;. Vidéo asociado al proyecto &amp;quot;Circulación de enfoques latinoamericanos y franceses en las ciencias sociales del trabajo: entrevistas cruzadas sobre conceptos centrales o emergentes</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05015146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esquisses et trouvailles&amp;quot; - Livret conclusif des journées de recherche-action CAE et protection sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andrea Lissett Pérez Fonseca</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...791 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas van Melle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6029,151 +6029,151 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Texto del proyecto &amp;quot;Circulación de enfoques latinoamericanos y franceses en las ciencias sociales del trabajo. Entrevistas cruzadas en torno a nociones centrales y emergentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04961092v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Argumentaire du projet &amp;quot;Circulation des approches latino-américaines et françaises dans les sciences sociales du travail. Entretiens croisés autour de notions centrales et émergentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bajard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04961074v2</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-04961092v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’artification inachevée de la céramique d’art en France : retournement du stigmate et production de la norme artistique</w:t>
               </w:r>
@@ -6501,51 +6501,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864221v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Bajard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1118827ar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364714v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Leclercq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555348v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555354v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209513v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.9831" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632563v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsoc.2020.00036" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547697v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.613.0465" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172205v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.324" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428145v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1749975519852828" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428149v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.8834" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01476165v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377724v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.1526" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926130v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377048v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perrenoud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.091.0093" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379955v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.090.0007" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159987v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soart.021.0043" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923545v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha El Miri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378455v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671342v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437678v5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864230v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819527v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488798v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348369v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327927v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081275v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973224v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922348v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818383v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818381v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818371v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas van Melle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922363v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818359v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466448v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367611v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466447v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466445v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209537v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03031245v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118199v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118196v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428152v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288577v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118195v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973435v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01418449v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668069v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778937v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377800v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806453v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org.inshs.bib.cnrs.fr/pur/151097" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860605v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Crunel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Frau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nicolas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Parent" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864243v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lacroiseedeschemins.ma/produit/lire-les-societes-africaines-textes-gestes-techniquesreading-african-societies-texts-gestures-techniques/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106820v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Comer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bleuwenn Lechaux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rouxel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/ouvrage/le-travail-ethique-dans-les-professions-independantes/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04836682v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.21046" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810710v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100838120&amp;amp;fa=author&amp;amp;person_ID=14729" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958754v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377760v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wkf.fr/fiche-produit/lamy/social-rh/1235-le-travail-independant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926145v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Terri&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926141v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gaudichaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015132v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Emilia Tijoux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438229v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lissett P&#233;rez Fonseca" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pruvost" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438242v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041410v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cingolani" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dasten Juli&#225;n V&#233;jar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015090v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051338v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Revilla Or&#237;as" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Stanziani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051324v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041405v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015146v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Manky Bonilla" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015151v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550759v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961074v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961092v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377794v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453700v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864221v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Bajard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1118827ar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364714v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Leclercq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555354v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555348v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209513v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.9831" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632563v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsoc.2020.00036" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547697v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.613.0465" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428145v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1749975519852828" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428149v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.8834" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172205v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.324" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01476165v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377724v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.1526" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379955v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.090.0007" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926130v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377048v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perrenoud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.091.0093" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159987v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soart.021.0043" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378455v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha El Miri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923545v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671342v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437678v5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864230v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819527v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488798v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973224v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348369v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327927v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081275v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818359v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922363v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922348v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818383v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818381v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818371v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas van Melle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367611v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466448v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466447v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466445v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209537v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03031245v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118199v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118196v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428152v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288577v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118195v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973435v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668069v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01418449v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778937v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377800v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860605v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Crunel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Frau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nicolas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Parent" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806453v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org.inshs.bib.cnrs.fr/pur/151097" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864243v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lacroiseedeschemins.ma/produit/lire-les-societes-africaines-textes-gestes-techniquesreading-african-societies-texts-gestures-techniques/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106820v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Comer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bleuwenn Lechaux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rouxel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/ouvrage/le-travail-ethique-dans-les-professions-independantes/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958754v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04836682v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.21046" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810710v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100838120&amp;amp;fa=author&amp;amp;person_ID=14729" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377760v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wkf.fr/fiche-produit/lamy/social-rh/1235-le-travail-independant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926141v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gaudichaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Terri&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926145v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015151v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Manky Bonilla" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438242v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lissett P&#233;rez Fonseca" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pruvost" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041410v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cingolani" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dasten Juli&#225;n V&#233;jar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015132v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Emilia Tijoux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438229v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015090v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051324v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Revilla Or&#237;as" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Stanziani" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051338v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041405v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015146v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550759v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961092v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961074v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377794v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453700v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>