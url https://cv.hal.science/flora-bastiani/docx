--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -187,178 +187,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Entretien : &amp;quot;Les soins critiques remettent en question la manière de penser la relation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bastiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Garré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le quotidien du médecin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, p. 30-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04722435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les « entre » de l’éthique dans les soins critiques pédiatriatriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bastiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de la puéricultrice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître, n°381</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04719601v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">halshs-04722435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réflexion sur la production d’images dans la relation de soin</w:t>
               </w:r>
@@ -407,300 +407,300 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04274240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À l’heure du malade – temporalité et altérité dans le soin psychique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Flora Bastiani</w:t>
+                <w:t xml:space="preserve">Temporalités et incertitudes dans le travail de relation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bastiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Coppens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Libois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Politiques Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 2023/3-4 (3), pp.21-32. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/lps.233.0021⟩</w:t>
+              <w:t xml:space="preserve">, 2023, N° 3-4 (3), pp.4-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lps.233.0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04272857v1</w:t>
-[...67 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">halshs-04322653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">Joëlle Libois</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce qui se rétablit ? Réflexion sur la place de la perception, du temps et de la norme dans la notion de rétablissement en santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bastiani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche en soins infirmiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (154), pp.6-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rsi.154.0006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04322637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À l’heure du malade – temporalité et altérité dans le soin psychique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bastiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Politiques Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, N° 3-4 (3), pp.4-8. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/lps.233.0004⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 2023/3-4 (3), pp.21-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lps.233.0021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...58 lines deleted...]
-                <w:t xml:space="preserve">halshs-04322637v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04272857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regard philosophique sur le don d’organes du vivant et les particularités du don croisé</w:t>
               </w:r>
@@ -1926,312 +1926,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04722485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’éthique du soin critique paramédical entre attentes institutionnelles et implication personnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bastiani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophie et économie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Toulouse School of Economics, May 2024, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04722483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Que signifie prendre soin ou accompagner ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bastiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine de l'éthique RESO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Réso Résilience Occitanie, Nov 2024, Saint-Jean, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04722479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’éthique du soin critique paramédical entre attentes institutionnelles et implication personnelle</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le regard clinique à l’épreuve de la fin de vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bastiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophie et économie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Toulouse School of Economics, May 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Accompagnement en fin de vie dans le champ du cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut national du Cancer (InCa), Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04776975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le nouement des corps dans les gestes du soin critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bastiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vulnérabilité en santé : penser le corps et le temps du soin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Flora Bastiani; Charlotte Piarulli; Élisa Calvet, Mar 2024, Toulouse, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.60527/j50y-f121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.60527/j50y-f121⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04654968v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04776975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que signifie soigner ?</w:t>
               </w:r>
@@ -2625,165 +2625,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04722476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sur la notion d’“ici en deux” : la tenue de l’un dans l’irruption de l’autre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bastiani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Liberté et destin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-François Rey, May 2022, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04722474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Caring for death : A case of care in the coordination of organ and tissue donation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bastiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Levinas and care : ethical perspectives of health care practices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Flora Bastiani, Jul 2022, Kaunas, Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04722473v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-04722474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The &amp;quot;intermediary realm&amp;quot;, the nursing look and the suffering body in intensive care unit</w:t>
               </w:r>
@@ -3159,77 +3159,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporalités et incertitudes dans le travail de la relation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bastiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Coppens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Libois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Berton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Politiques Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4028,173 +4028,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04719608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Préface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Bastiani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sophie Guglielmoni. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mineurs isolés et psychotraumatisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'harmattan, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04722459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Où trouver le sens dans le quotidien soignant ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Bastiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Bataille-Hembert; S. Clément; T. Voinchet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé des professionnels de santé en France : destination 2050</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions LEH, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04722463v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-04722459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éthique et le temps. Confrontation du concept d’Œuvre de Levinas à la situation du don d’organes et de tissus dans la pratique infirmière</w:t>
               </w:r>
@@ -6108,51 +6108,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EAA2B560"/>
+    <w:nsid w:val="EDD7D078"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6339,51 +6339,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/flora-bastiani" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3273-2700" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/145105482" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719601v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Bastiani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722435v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Garr&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274240v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272857v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lps.233.0021" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322653v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Berton" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coppens" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Libois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lps.233.0004" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322637v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.154.0006" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270639v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jibes.342.0153" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04349871v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722454v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Hansel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270632v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.114.0051" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274264v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.12.002" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270634v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.096.0175" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272848v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322819v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.088.0287" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322730v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672559.2012.714263" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272846v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322801v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-514900" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270841v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-381839" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776978v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776946v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722467v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet Van Hove" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722485v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722479v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722483v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654968v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/j50y-f121" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776975v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722480v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722487v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722489v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776965v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722486v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722476v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722473v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722474v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722472v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722495v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776936v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776954v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722477v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274231v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274666v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777014v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Calvet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Piarulli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591530v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270847v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270831v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270848v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Grohmann" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270798v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Saint-Jean" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270844v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Sholokhova" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270642v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719608v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722463v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722459v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272874v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272880v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270835v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322677v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272882v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322689v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274969v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322684v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270637v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.youne.2016.01.0377" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274989v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322699v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272862v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322703v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274697v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322705v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274270v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776993v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776985v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776998v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272867v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272870v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272861v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04270780v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719547v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmony Lefevre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dufau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/flora-bastiani" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3273-2700" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/145105482" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722435v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Bastiani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Garr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719601v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274240v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322653v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Berton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coppens" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Libois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lps.233.0004" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322637v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.154.0006" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272857v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lps.233.0021" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270639v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jibes.342.0153" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04349871v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722454v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Hansel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270632v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.114.0051" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274264v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.12.002" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270634v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.096.0175" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272848v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322819v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.088.0287" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322730v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672559.2012.714263" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272846v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322801v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-514900" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270841v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-381839" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776978v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776946v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722467v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet Van Hove" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722485v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722483v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722479v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776975v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654968v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/j50y-f121" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722480v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722487v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722489v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776965v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722486v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722476v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722474v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722473v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722472v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722495v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776936v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776954v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722477v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274231v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274666v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777014v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Calvet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Piarulli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591530v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270847v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270831v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270848v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Grohmann" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270798v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Saint-Jean" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270844v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Sholokhova" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270642v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719608v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722459v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04722463v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272874v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272880v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270835v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322677v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272882v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322689v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274969v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322684v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04270637v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.youne.2016.01.0377" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274989v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322699v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272862v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322703v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274697v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04322705v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04274270v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776993v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776985v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776998v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272867v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272870v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04272861v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04270780v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719547v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmony Lefevre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dufau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>